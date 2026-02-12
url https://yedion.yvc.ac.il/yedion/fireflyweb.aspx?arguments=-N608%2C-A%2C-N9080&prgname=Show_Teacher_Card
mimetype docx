--- v0 (2025-10-30)
+++ v1 (2026-02-12)
@@ -1,3601 +1,4688 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="414CA1FE" w14:textId="77777777" w:rsidR="00833916" w:rsidRDefault="00833916"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+    <w:p w14:paraId="1D2FFE16" w14:textId="13EF2BEE" w:rsidR="00C9509F" w:rsidRPr="00C9509F" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Name:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ravit Scheyer, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ph.D</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Date:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2/12/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55335C18" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:rtl/>
-          <w:lang w:eastAsia="he-IL"/>
-[...8 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>CURRICULUM VITAE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59EAC040" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DDE3271" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Personal Details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7041CEB2" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27A384F7" w14:textId="1106FECC" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Permanent Home Address:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C9509F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hashkedim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> St., Kiryat Tivon, 36067</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, Israel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4730CCC6" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="362CA7FD" w14:textId="70700D52" w:rsidR="00C9509F" w:rsidRPr="00C9509F" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Home Telephone Number:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C9509F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+972-4-8344770 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A356980" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09207729" w14:textId="264AFB1F" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cellular Phone:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C9509F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>+972-52-4577940</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B2314E" w14:textId="472E0B8C" w:rsidR="00C9509F" w:rsidRPr="00C9509F" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Electronic Address:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C9509F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="003450A4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>ravitr@yvc.ac.il</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00C9509F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>ravit.scheyer@gmail.com</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="571A4E2F" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01138B82" w14:textId="77777777" w:rsidR="006A775C" w:rsidRPr="00505F13" w:rsidRDefault="006A775C" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27363A8A" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Higher Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66709553" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="166A58E5" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00CA3BDF">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="717"/>
+        <w:outlineLvl w:val="4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...81 lines deleted...]
-        <w:t>21</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+        <w:t>Undergraduate and Graduate Studies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7767879A" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
-[...283 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="08E10942" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:bidi/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="4317" w:firstLine="3"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2393"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1653"/>
+        <w:gridCol w:w="1626"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="3700"/>
+        <w:gridCol w:w="1683"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00951CC5" w:rsidRPr="00951CC5" w14:paraId="3C8B7A14" w14:textId="77777777" w:rsidTr="006F7226">
+      <w:tr w:rsidR="00C9509F" w:rsidRPr="00505F13" w14:paraId="258BBEE5" w14:textId="77777777" w:rsidTr="002254F0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00878419" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="006F7226">
+          <w:p w14:paraId="3C2CE811" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="002254F0">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00951CC5">
-              <w:rPr>
+            <w:r w:rsidRPr="00505F13">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Year of Approval of Degree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69E362F5" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="006F7226">
+          <w:p w14:paraId="21CFABC5" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="002254F0">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00951CC5">
-              <w:rPr>
+            <w:r w:rsidRPr="00505F13">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Degree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcW w:w="3700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="535853D4" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="006F7226">
+          <w:p w14:paraId="36FD6501" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="002254F0">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00951CC5">
-[...1 lines deleted...]
-                <w:rFonts w:hint="cs"/>
+            <w:r w:rsidRPr="00505F13">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-              <w:t>N</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name of Institution</w:t>
             </w:r>
-            <w:r w:rsidRPr="00951CC5">
-              <w:rPr>
+          </w:p>
+          <w:p w14:paraId="3218B94C" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="002254F0">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...10 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00505F13">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>and Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F03B6E0" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="006F7226">
+          <w:p w14:paraId="79895B98" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="002254F0">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00951CC5">
-              <w:rPr>
+            <w:r w:rsidRPr="00505F13">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Period of Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00951CC5" w:rsidRPr="00951CC5" w14:paraId="7CFF95D1" w14:textId="77777777" w:rsidTr="006F7226">
+      <w:tr w:rsidR="00C9509F" w:rsidRPr="00505F13" w14:paraId="33E38DE3" w14:textId="77777777" w:rsidTr="002254F0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DD72EC7" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00D85675" w:rsidRDefault="006F7226" w:rsidP="006F7226">
+          <w:p w14:paraId="7D272796" w14:textId="0670074F" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="005513AD" w:rsidP="002254F0">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85675">
-[...1 lines deleted...]
-                <w:rFonts w:hint="cs"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>2003</w:t>
+              <w:t>2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="532A5625" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="006F7226" w:rsidP="006F7226">
+          <w:p w14:paraId="6226A1DF" w14:textId="1C603C3C" w:rsidR="00C9509F" w:rsidRPr="005513AD" w:rsidRDefault="005513AD" w:rsidP="002254F0">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32A7D">
-              <w:t>B.Sc.,</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ph.D.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcW w:w="3700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A3798B8" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="006F7226" w:rsidRDefault="006F7226" w:rsidP="00D85675">
+          <w:p w14:paraId="7F1CD5EE" w14:textId="4F13AD5A" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="002254F0" w:rsidP="002254F0">
             <w:pPr>
-              <w:spacing w:after="200"/>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32A7D">
-              <w:t>Computer Science and Psychology, Haifa University, Israel</w:t>
+            <w:r w:rsidRPr="00DA5CD4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Psychology, University of Haifa, Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61EA8510" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="006F7226" w:rsidP="006F7226">
+          <w:p w14:paraId="1047F736" w14:textId="2182A670" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="002254F0" w:rsidP="002254F0">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32A7D">
-              <w:t>2000-2003</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2007-2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7226" w:rsidRPr="00951CC5" w14:paraId="71D4463F" w14:textId="77777777" w:rsidTr="006F7226">
+      <w:tr w:rsidR="00C9509F" w:rsidRPr="00505F13" w14:paraId="2353E77F" w14:textId="77777777" w:rsidTr="002254F0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74237F6A" w14:textId="77777777" w:rsidR="006F7226" w:rsidRPr="00D85675" w:rsidRDefault="006F7226" w:rsidP="006F7226">
+          <w:p w14:paraId="3BC70AF1" w14:textId="37CBD58E" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="005513AD" w:rsidP="002254F0">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D85675">
-[...1 lines deleted...]
-                <w:rFonts w:hint="cs"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>2005</w:t>
+              <w:t>2007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10DBF587" w14:textId="77777777" w:rsidR="006F7226" w:rsidRPr="00B32A7D" w:rsidRDefault="006F7226" w:rsidP="006F7226">
+          <w:p w14:paraId="5DFB9258" w14:textId="19DF6CB4" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="002254F0">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32A7D">
-              <w:t>M.Sc</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00505F13">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
+            <w:r w:rsidR="005513AD">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>M.A.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcW w:w="3700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="616704CC" w14:textId="77777777" w:rsidR="006F7226" w:rsidRPr="006F7226" w:rsidRDefault="006F7226" w:rsidP="00D85675">
+          <w:p w14:paraId="172A2F29" w14:textId="2CB9D965" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="002254F0" w:rsidP="002254F0">
             <w:pPr>
-              <w:bidi w:val="0"/>
-              <w:ind w:left="540" w:hanging="540"/>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="720"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32A7D">
-[...3 lines deleted...]
-              <w:t>l Engineering, Technion.</w:t>
+            <w:r w:rsidRPr="00DA5CD4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Clinical Neuropsychology, University of Haifa, Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="482FEE42" w14:textId="77777777" w:rsidR="006F7226" w:rsidRPr="00B32A7D" w:rsidRDefault="006F7226" w:rsidP="006F7226">
+          <w:p w14:paraId="485FEEAB" w14:textId="02CE723B" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="002254F0" w:rsidP="002254F0">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32A7D">
-              <w:t>2003-2005</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2005-2007</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7226" w:rsidRPr="00951CC5" w14:paraId="5E761E5E" w14:textId="77777777" w:rsidTr="006F7226">
+      <w:tr w:rsidR="005513AD" w:rsidRPr="00505F13" w14:paraId="3816447A" w14:textId="77777777" w:rsidTr="002254F0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7797CAC8" w14:textId="77777777" w:rsidR="006F7226" w:rsidRPr="006F7226" w:rsidRDefault="006F7226" w:rsidP="006F7226">
+          <w:p w14:paraId="12504E63" w14:textId="593A182B" w:rsidR="005513AD" w:rsidRPr="00505F13" w:rsidRDefault="005513AD" w:rsidP="002254F0">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>2007</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="154B4A14" w14:textId="77777777" w:rsidR="006F7226" w:rsidRPr="00B32A7D" w:rsidRDefault="006F7226" w:rsidP="006F7226">
+          <w:p w14:paraId="2DDBE6B6" w14:textId="78F183CF" w:rsidR="005513AD" w:rsidRPr="00505F13" w:rsidRDefault="005513AD" w:rsidP="002254F0">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>M.A.</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>M.Sc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcW w:w="3700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="046598A4" w14:textId="77777777" w:rsidR="006F7226" w:rsidRPr="00B32A7D" w:rsidRDefault="006F7226" w:rsidP="00D85675">
+          <w:p w14:paraId="682E972D" w14:textId="2B45D68B" w:rsidR="005513AD" w:rsidRPr="00505F13" w:rsidRDefault="002254F0" w:rsidP="002254F0">
             <w:pPr>
-              <w:spacing w:after="200"/>
-              <w:jc w:val="center"/>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32A7D">
-              <w:t>Clinical Neuropsychology, Haifa University, Israel.</w:t>
+            <w:r w:rsidRPr="00DA5CD4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Industrial Psychology, Faculty of Industrial Engineering, Technion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="489D87F8" w14:textId="77777777" w:rsidR="006F7226" w:rsidRPr="00B32A7D" w:rsidRDefault="006F7226" w:rsidP="006F7226">
+          <w:p w14:paraId="5E6A88FD" w14:textId="6D214D96" w:rsidR="005513AD" w:rsidRPr="00505F13" w:rsidRDefault="002254F0" w:rsidP="002254F0">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...2 lines deleted...]
-              <w:t>2005-2007</w:t>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2003-2005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7226" w:rsidRPr="00951CC5" w14:paraId="09A18CE3" w14:textId="77777777" w:rsidTr="006F7226">
+      <w:tr w:rsidR="005513AD" w:rsidRPr="00505F13" w14:paraId="6255B4E1" w14:textId="77777777" w:rsidTr="002254F0">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2442" w:type="dxa"/>
+            <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7477DDDA" w14:textId="77777777" w:rsidR="006F7226" w:rsidRDefault="00F907F0" w:rsidP="006F7226">
+          <w:p w14:paraId="494DCBBE" w14:textId="10AF6E6C" w:rsidR="005513AD" w:rsidRPr="00505F13" w:rsidRDefault="005513AD" w:rsidP="002254F0">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>2011</w:t>
+              <w:t>2003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1577" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3586EF01" w14:textId="77777777" w:rsidR="006F7226" w:rsidRDefault="00F907F0" w:rsidP="00F907F0">
+          <w:p w14:paraId="488E268B" w14:textId="40033D71" w:rsidR="005513AD" w:rsidRPr="00505F13" w:rsidRDefault="005513AD" w:rsidP="002254F0">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...4 lines deleted...]
-              <w:t>h.D</w:t>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>B.Sc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcW w:w="3700" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="148BC81E" w14:textId="77777777" w:rsidR="006F7226" w:rsidRPr="00B32A7D" w:rsidRDefault="006F7226" w:rsidP="00F907F0">
+          <w:p w14:paraId="10697944" w14:textId="642CD4B1" w:rsidR="005513AD" w:rsidRPr="00505F13" w:rsidRDefault="002254F0" w:rsidP="002254F0">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32A7D">
-[...3 lines deleted...]
-              <w:t>sychology, Haifa University</w:t>
+            <w:r w:rsidRPr="00DA5CD4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Computer Science and Psychology, University of Haifa, Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5188D6B4" w14:textId="77777777" w:rsidR="006F7226" w:rsidRDefault="006F7226" w:rsidP="006F7226">
+          <w:p w14:paraId="395DE638" w14:textId="72595BD9" w:rsidR="005513AD" w:rsidRPr="00505F13" w:rsidRDefault="002254F0" w:rsidP="002254F0">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:hint="cs"/>
-[...2 lines deleted...]
-              <w:t>2007-2010</w:t>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2000-2003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15A69D9C" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="006F7226" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
-      <w:pPr>
+    <w:p w14:paraId="64E4B0A7" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:bidi/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33F9258A" w14:textId="77777777" w:rsidR="00FE27A1" w:rsidRDefault="00FE27A1" w:rsidP="00951CC5">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4FE800D0" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37DA419B" w14:textId="77777777" w:rsidR="006A775C" w:rsidRDefault="006A775C" w:rsidP="006A775C">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EEA002E" w14:textId="77777777" w:rsidR="006A775C" w:rsidRPr="00505F13" w:rsidRDefault="006A775C" w:rsidP="006A775C">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="090E45F0" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="he-IL"/>
-[...21 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>Academic Ranks and Tenure in Institutes of Higher Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="039DB779" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...16 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="8460" w:type="dxa"/>
+        <w:tblInd w:w="560" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2591"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2588"/>
+        <w:gridCol w:w="2629"/>
+        <w:gridCol w:w="3994"/>
+        <w:gridCol w:w="1837"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00951CC5" w:rsidRPr="00951CC5" w14:paraId="03DDAA3B" w14:textId="77777777" w:rsidTr="00536FA1">
+      <w:tr w:rsidR="00C9509F" w:rsidRPr="00505F13" w14:paraId="397C7333" w14:textId="77777777" w:rsidTr="006A775C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77907DEB" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
+          <w:p w14:paraId="0F4B2A92" w14:textId="73B6041A" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="000E504F">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-              <w:rPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00951CC5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+            <w:r w:rsidRPr="00505F13">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rank/Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3179" w:type="dxa"/>
+            <w:tcW w:w="3994" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D3B8898" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
+          <w:p w14:paraId="51ACCDD3" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="000E504F">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-              <w:rPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00951CC5">
-              <w:rPr>
+            <w:r w:rsidRPr="00505F13">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of Institution and Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:tcW w:w="1837" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF42288" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
+          <w:p w14:paraId="6D60E6A0" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="000E504F">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-              <w:rPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00951CC5">
-              <w:rPr>
+            <w:r w:rsidRPr="00505F13">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00951CC5" w:rsidRPr="00951CC5" w14:paraId="61DF5FA7" w14:textId="77777777" w:rsidTr="00536FA1">
+      <w:tr w:rsidR="000E504F" w:rsidRPr="00505F13" w14:paraId="7478796B" w14:textId="77777777" w:rsidTr="006A775C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2629" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69D83F6C" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00E26AC4" w:rsidRDefault="00523B6A" w:rsidP="00E26AC4">
+          <w:p w14:paraId="765C34BB" w14:textId="5AAB07B5" w:rsidR="000E504F" w:rsidRPr="00505F13" w:rsidRDefault="000E504F" w:rsidP="000E504F">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Teacher</w:t>
+              <w:t>Lecturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3179" w:type="dxa"/>
+            <w:tcW w:w="3994" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2805EF99" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00E26AC4" w:rsidRDefault="00E26AC4" w:rsidP="00E26AC4">
+          <w:p w14:paraId="4A5FD588" w14:textId="65DBE555" w:rsidR="000E504F" w:rsidRPr="00505F13" w:rsidRDefault="000E504F" w:rsidP="000E504F">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-              <w:rPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32A7D">
-              <w:t>Academic College, Emek Izrael.</w:t>
+            <w:r>
+              <w:t xml:space="preserve">The Max Stern </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Yezreel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Valley College, Dept. of Human Services, Criminology, and Social Work.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:tcW w:w="1837" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06C58080" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00E26AC4" w:rsidRDefault="00E26AC4" w:rsidP="00E26AC4">
+          <w:p w14:paraId="598F95F3" w14:textId="15014DAB" w:rsidR="000E504F" w:rsidRPr="00505F13" w:rsidRDefault="000E504F" w:rsidP="000E504F">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Teach</w:t>
-[...102 lines deleted...]
-              <w:t>7</w:t>
+              <w:t>2003–Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1E00B8E2" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00E26AC4" w:rsidRDefault="00951CC5" w:rsidP="00E26AC4">
-      <w:pPr>
+    <w:p w14:paraId="1B04BDA1" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:bidi/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CC16B14" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
-[...15 lines deleted...]
-    <w:p w14:paraId="4335A1DA" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00863584" w:rsidRDefault="00951CC5" w:rsidP="00863584">
+    <w:p w14:paraId="127AE1F9" w14:textId="2B479F85" w:rsidR="00C9509F" w:rsidRPr="00CA3BDF" w:rsidRDefault="00C9509F" w:rsidP="00CA3BDF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="8"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00863584">
-        <w:rPr>
+      <w:r w:rsidRPr="00CA3BDF">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Scholarships, Awards and Prizes</w:t>
+        <w:t>Teaching</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B8EFBE3" w14:textId="77777777" w:rsidR="00523B6A" w:rsidRPr="00B32A7D" w:rsidRDefault="00523B6A" w:rsidP="00523B6A">
-[...9 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="0F3BC488" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="360"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="37622F8C" w14:textId="77777777" w:rsidR="00523B6A" w:rsidRPr="00B32A7D" w:rsidRDefault="00523B6A" w:rsidP="00523B6A">
-[...32 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="02EF5C4B" w14:textId="77777777" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00CA3BDF">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="360"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+        <w:t>Courses Taught in Recent Years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B625352" w14:textId="77777777" w:rsidR="00CA3BDF" w:rsidRDefault="00CA3BDF" w:rsidP="00C9509F">
+      <w:pPr>
+        <w:keepNext/>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="360"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56457388" w14:textId="02C50520" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="00CA3BDF">
+      <w:pPr>
+        <w:keepNext/>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="360"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00951CC5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                     </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">                                                                                                       </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
-        <w:tblW w:w="8448" w:type="dxa"/>
-        <w:tblInd w:w="533" w:type="dxa"/>
+        <w:tblW w:w="8940" w:type="dxa"/>
+        <w:tblInd w:w="80" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="993"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1636"/>
+        <w:gridCol w:w="1716"/>
+        <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="2409"/>
+        <w:gridCol w:w="2121"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00012A39" w:rsidRPr="00951CC5" w14:paraId="4293139E" w14:textId="77777777" w:rsidTr="00012A39">
+      <w:tr w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w14:paraId="15B819F6" w14:textId="77777777" w:rsidTr="006A775C">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="409C0502" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00951CC5" w:rsidRDefault="00012A39" w:rsidP="00951CC5">
+          <w:p w14:paraId="37EB136F" w14:textId="77777777" w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-              <w:rPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00951CC5">
-              <w:rPr>
+            <w:r w:rsidRPr="00505F13">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Degree</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C78FE76" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00951CC5" w:rsidRDefault="00012A39" w:rsidP="00951CC5">
+          <w:p w14:paraId="50555C92" w14:textId="77777777" w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3762" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08C6BB74" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00951CC5" w:rsidRDefault="00012A39" w:rsidP="00951CC5">
+          <w:p w14:paraId="75CD1F4F" w14:textId="130D4212" w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-              <w:rPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00951CC5">
-[...1 lines deleted...]
-                <w:rFonts w:hint="cs"/>
+            <w:r w:rsidRPr="00505F13">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-              <w:t>T</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Type of Course</w:t>
             </w:r>
-            <w:r w:rsidRPr="00951CC5">
-              <w:rPr>
+          </w:p>
+          <w:p w14:paraId="59370479" w14:textId="77777777" w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00505F13">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lecture/Seminar/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DE32C17" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00951CC5" w:rsidRDefault="00012A39" w:rsidP="00951CC5">
+          <w:p w14:paraId="2EB369A7" w14:textId="7EAC77D7" w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-              <w:rPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00951CC5">
-              <w:rPr>
+            <w:r w:rsidRPr="00505F13">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Workshop/High Learn Course/ Introduction Course (Mandatory) </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Workshop/High Learn Course/ Introduction Course (Mandatory)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F1F2906" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00951CC5" w:rsidRDefault="00012A39" w:rsidP="00951CC5">
+          <w:p w14:paraId="33E90163" w14:textId="77777777" w:rsidR="00CA3BDF" w:rsidRPr="00FC14B3" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-              <w:rPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00951CC5">
-              <w:rPr>
+            <w:r w:rsidRPr="00FC14B3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of Course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1636" w:type="dxa"/>
+            <w:tcW w:w="2121" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4975ADA3" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00951CC5" w:rsidRDefault="00012A39" w:rsidP="00951CC5">
+          <w:p w14:paraId="0CE70504" w14:textId="77777777" w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-              <w:rPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00951CC5">
-              <w:rPr>
+            <w:r w:rsidRPr="00505F13">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012A39" w:rsidRPr="00951CC5" w14:paraId="704F877E" w14:textId="77777777" w:rsidTr="00012A39">
+      <w:tr w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w14:paraId="0ABFF632" w14:textId="77777777" w:rsidTr="006A775C">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F64603A" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="777AD688" w14:textId="5623C751" w:rsidR="00CA3BDF" w:rsidRPr="00CA3BDF" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
-              <w:spacing w:after="200"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
-[...3 lines deleted...]
-              <w:t>BA</w:t>
+            <w:r w:rsidRPr="00CA3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adjunct Lecturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3762" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68CC6404" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="3E852681" w14:textId="2DADE8E2" w:rsidR="00CA3BDF" w:rsidRPr="00EB2DAB" w:rsidRDefault="00CA3BDF" w:rsidP="00EB2DAB">
             <w:pPr>
-              <w:spacing w:after="200"/>
-              <w:jc w:val="right"/>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
-[...79 lines deleted...]
-            <w:r w:rsidRPr="00012A39">
+            <w:r w:rsidRPr="00EB2DAB">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A419AA8" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00B32A7D" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="1522E986" w14:textId="0BBF2138" w:rsidR="00CA3BDF" w:rsidRPr="00FC14B3" w:rsidRDefault="00CA3BDF" w:rsidP="00EB2DAB">
             <w:pPr>
-              <w:spacing w:after="200"/>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32A7D">
-              <w:t>Organizational Behavior</w:t>
+            <w:r w:rsidRPr="00FC14B3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Personality Theories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1636" w:type="dxa"/>
+            <w:tcW w:w="2121" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41D71E7C" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="7765782B" w14:textId="579DE0F0" w:rsidR="00CA3BDF" w:rsidRPr="00CA3BDF" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rtl/>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
-[...4 lines deleted...]
-              <w:t>2003-2005</w:t>
+            <w:r w:rsidRPr="00CA3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012A39" w:rsidRPr="00951CC5" w14:paraId="66F89677" w14:textId="77777777" w:rsidTr="00012A39">
+      <w:tr w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w14:paraId="65040FF1" w14:textId="77777777" w:rsidTr="006A775C">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04D21BF4" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="5C5D675F" w14:textId="66A5DC28" w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
-              <w:spacing w:after="200"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
-[...3 lines deleted...]
-              <w:t>BA</w:t>
+            <w:r w:rsidRPr="00CA3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adjunct Lecturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3762" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B86FFA3" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="06538660" w14:textId="3D37A2D6" w:rsidR="00CA3BDF" w:rsidRPr="00EB2DAB" w:rsidRDefault="00CA3BDF" w:rsidP="00EB2DAB">
             <w:pPr>
-              <w:spacing w:after="200"/>
-              <w:jc w:val="right"/>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
+            <w:r w:rsidRPr="00EB2DAB">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5509D932" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00B32A7D" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="4D56C2B4" w14:textId="7D1490E2" w:rsidR="00CA3BDF" w:rsidRPr="00FC14B3" w:rsidRDefault="00CA3BDF" w:rsidP="00EB2DAB">
             <w:pPr>
-              <w:spacing w:after="200"/>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32A7D">
-              <w:t>Computer Applications</w:t>
+            <w:r>
+              <w:t>Descriptive and Inferential Statistics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1636" w:type="dxa"/>
+            <w:tcW w:w="2121" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75DE29DA" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="14784537" w14:textId="4A9B5ACC" w:rsidR="00CA3BDF" w:rsidRPr="00CA3BDF" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
-[...4 lines deleted...]
-              <w:t>2003-2006</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2008 - Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012A39" w:rsidRPr="00951CC5" w14:paraId="2F33B6DB" w14:textId="77777777" w:rsidTr="00012A39">
+      <w:tr w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w14:paraId="44407A1C" w14:textId="77777777" w:rsidTr="006A775C">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69B14040" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="1E8C122A" w14:textId="03FBD54F" w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
-              <w:spacing w:after="200"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
-[...3 lines deleted...]
-              <w:t>BA</w:t>
+            <w:r w:rsidRPr="00CA3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adjunct Lecturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3762" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFABC1A" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="7EA19B9D" w14:textId="7ACB866D" w:rsidR="00CA3BDF" w:rsidRPr="00EB2DAB" w:rsidRDefault="00CA3BDF" w:rsidP="00EB2DAB">
             <w:pPr>
-              <w:spacing w:after="200"/>
-[...42 lines deleted...]
-              <w:bidi w:val="0"/>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
-[...38 lines deleted...]
-            <w:r w:rsidRPr="00012A39">
+            <w:r w:rsidRPr="00EB2DAB">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D0E5A46" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="18DBC562" w14:textId="42E45F88" w:rsidR="00CA3BDF" w:rsidRPr="00FC14B3" w:rsidRDefault="00CA3BDF" w:rsidP="00EB2DAB">
             <w:pPr>
-              <w:spacing w:after="200"/>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Research Methods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1636" w:type="dxa"/>
+            <w:tcW w:w="2121" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AA9F8DD" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="422FF115" w14:textId="6AEFBB84" w:rsidR="00CA3BDF" w:rsidRPr="00CA3BDF" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
-              <w:t>2003-Today</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2008 - Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012A39" w:rsidRPr="00951CC5" w14:paraId="700E9E28" w14:textId="77777777" w:rsidTr="00012A39">
+      <w:tr w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w14:paraId="17BE5A20" w14:textId="77777777" w:rsidTr="006A775C">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B6C2EFF" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="305C17E2" w14:textId="6F32E4F4" w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
-              <w:spacing w:after="200"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
-[...4 lines deleted...]
-              <w:t>BA</w:t>
+            <w:r w:rsidRPr="00CA3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adjunct Lecturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3762" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4053B58B" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="580CF844" w14:textId="38FBDBB3" w:rsidR="00CA3BDF" w:rsidRPr="00EB2DAB" w:rsidRDefault="00CA3BDF" w:rsidP="00EB2DAB">
             <w:pPr>
-              <w:spacing w:after="200"/>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB2DAB">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Seminar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="049D2744" w14:textId="74EA0645" w:rsidR="00CA3BDF" w:rsidRPr="00FC14B3" w:rsidRDefault="00CA3BDF" w:rsidP="00EB2DAB">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research Seminar: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005818C9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Community Integration of Individuals with Mental Health Conditions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF81806" w14:textId="7F800FD2" w:rsidR="00CA3BDF" w:rsidRPr="00CA3BDF" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2024 - 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w14:paraId="6AD83CBB" w14:textId="77777777" w:rsidTr="006A775C">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72ECBB3C" w14:textId="0E8659C2" w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adjunct Lecturer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED7D40B" w14:textId="597EE657" w:rsidR="00CA3BDF" w:rsidRPr="00EB2DAB" w:rsidRDefault="00CA3BDF" w:rsidP="00EB2DAB">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB2DAB">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Seminar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38EEB5E3" w14:textId="5424EAB4" w:rsidR="00CA3BDF" w:rsidRPr="00EB2DAB" w:rsidRDefault="00CA3BDF" w:rsidP="00EB2DAB">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Research Seminar: Call Centres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – The Challenge of Employee Retention</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2121" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C4A41A" w14:textId="37ED5FA2" w:rsidR="00CA3BDF" w:rsidRPr="00CA3BDF" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2009 - 2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w14:paraId="1EC66367" w14:textId="77777777" w:rsidTr="006A775C">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1716" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D7552D" w14:textId="532E175B" w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adjunct Lecturer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DEB76DE" w14:textId="5E6856DB" w:rsidR="00CA3BDF" w:rsidRPr="00EB2DAB" w:rsidRDefault="00CA3BDF" w:rsidP="00EB2DAB">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Lecture</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66686538" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="6D3BDC1E" w14:textId="58F1DCF4" w:rsidR="00CA3BDF" w:rsidRPr="00FC14B3" w:rsidRDefault="00CA3BDF" w:rsidP="00EB2DAB">
             <w:pPr>
-              <w:spacing w:after="200"/>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32A7D">
-              <w:t>Introduction to psychology</w:t>
+            <w:r w:rsidRPr="00DA5CD4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Introduction to Psychology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1636" w:type="dxa"/>
+            <w:tcW w:w="2121" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DFFF95F" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="666C5917" w14:textId="63C5F485" w:rsidR="00CA3BDF" w:rsidRPr="00CA3BDF" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
-              <w:t>2007-Today</w:t>
+            <w:r w:rsidRPr="00CA3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2016-2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C7850F4" w14:textId="1D91335E" w:rsidR="00CA3BDF" w:rsidRPr="00CA3BDF" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2011-2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00012A39" w:rsidRPr="00951CC5" w14:paraId="482B62EF" w14:textId="77777777" w:rsidTr="00012A39">
+      <w:tr w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w14:paraId="5FBA7A45" w14:textId="77777777" w:rsidTr="006A775C">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD64CE7" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="2BAF9BB1" w14:textId="2A42DA86" w:rsidR="00CA3BDF" w:rsidRPr="00505F13" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
-              <w:spacing w:after="200"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
-[...3 lines deleted...]
-              <w:t>BA</w:t>
+            <w:r w:rsidRPr="00CA3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Adjunct Lecturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3762" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67513B2B" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="0AF49897" w14:textId="4B842E63" w:rsidR="00CA3BDF" w:rsidRPr="00EB2DAB" w:rsidRDefault="00CA3BDF" w:rsidP="00EB2DAB">
             <w:pPr>
-              <w:spacing w:after="200"/>
-              <w:jc w:val="right"/>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
-[...6 lines deleted...]
-              <w:t>esearch Seminar</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Workshop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2057" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3257C733" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="648E90AD" w14:textId="77836965" w:rsidR="00CA3BDF" w:rsidRPr="00FC14B3" w:rsidRDefault="00CA3BDF" w:rsidP="00EB2DAB">
             <w:pPr>
-              <w:spacing w:after="200"/>
+              <w:bidi/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00DA5CD4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Computer Applications</w:t>
+            </w:r>
             <w:r>
-              <w:t>Call Centers</w:t>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA5CD4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>SPSS</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1636" w:type="dxa"/>
+            <w:tcW w:w="2121" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C81BC8D" w14:textId="77777777" w:rsidR="00012A39" w:rsidRPr="00012A39" w:rsidRDefault="00012A39" w:rsidP="00012A39">
+          <w:p w14:paraId="4C51230D" w14:textId="0F0A72C0" w:rsidR="00CA3BDF" w:rsidRPr="00CA3BDF" w:rsidRDefault="00CA3BDF" w:rsidP="00CA3BDF">
             <w:pPr>
+              <w:bidi/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00012A39">
-[...160 lines deleted...]
-              <w:t>-Today</w:t>
+            <w:r w:rsidRPr="00CA3BDF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2017-2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="51DBCBB1" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
+    <w:p w14:paraId="72B62D73" w14:textId="19D6DAE5" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00C9509F" w:rsidP="006A775C">
       <w:pPr>
         <w:keepNext/>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="360"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7822304C" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
+    <w:p w14:paraId="0C8658E0" w14:textId="76628396" w:rsidR="00C9509F" w:rsidRPr="00505F13" w:rsidRDefault="00CA3BDF" w:rsidP="00C9509F">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9509F" w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00951CC5" w:rsidRPr="00951CC5">
-        <w:rPr>
+      <w:r w:rsidR="00C9509F" w:rsidRPr="00505F13">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Professional Experience</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="251E959C" w14:textId="77777777" w:rsidR="00523B6A" w:rsidRDefault="00523B6A" w:rsidP="008E09ED">
-[...14 lines deleted...]
-        <w:t>Internship in clinical Psychology – Machon Tamuz – counseling, assessment and psychotherapy. 10th Shoshanat Hacarmel st., Haifa.</w:t>
+    <w:p w14:paraId="68B9308E" w14:textId="10281A31" w:rsidR="00DA5CD4" w:rsidRPr="00CA3BDF" w:rsidRDefault="00DA5CD4" w:rsidP="00DA5CD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2015–Present – Licensed Clinical Psychologist, Private Clinic, Kiryat Tivon</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3BDF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="215E48A2" w14:textId="77777777" w:rsidR="00523B6A" w:rsidRDefault="00523B6A" w:rsidP="008E09ED">
-[...11 lines deleted...]
-        <w:t>2014-2015: Internship in clinical psychology - the psychiatry ward in "Haemek" hospital, Afula.</w:t>
+    <w:p w14:paraId="2388B46B" w14:textId="6D818D62" w:rsidR="00DA5CD4" w:rsidRPr="00DA5CD4" w:rsidRDefault="00DA5CD4" w:rsidP="00DA5CD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2014–2015 – Clinical Internship, Psychiatry Ward, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Haemek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hospital, Afula</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3BDF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="391522DA" w14:textId="7E215160" w:rsidR="00523B6A" w:rsidRPr="00B32A7D" w:rsidRDefault="00523B6A" w:rsidP="00897A9F">
-[...16 lines deleted...]
-      <w:r w:rsidR="000D33D1">
+    <w:p w14:paraId="4E7E37E0" w14:textId="1E19E2AA" w:rsidR="00DA5CD4" w:rsidRDefault="00DA5CD4" w:rsidP="00DA5CD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA5CD4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2009–2014 – Clinical Internship, Machon Tamuz, Haifa (Counseling, Assessment, Psychotherapy)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3BDF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE6E147" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+    <w:p w14:paraId="3304CBA3" w14:textId="77777777" w:rsidR="001A5ED1" w:rsidRPr="00301FC3" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...31 lines deleted...]
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>PUBLICATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4B04DC" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
+    <w:p w14:paraId="23DC38E6" w14:textId="77777777" w:rsidR="001A5ED1" w:rsidRPr="004A52A2" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="426"/>
-[...4 lines deleted...]
-          <w:rtl/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F06411D" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
-[...25 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="6E9A3182" w14:textId="77777777" w:rsidR="001A5ED1" w:rsidRPr="001D3605" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DFCE389" w14:textId="77777777" w:rsidR="00523B6A" w:rsidRPr="00B32A7D" w:rsidRDefault="00523B6A" w:rsidP="00523B6A">
-[...89 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="2C6A33AD" w14:textId="77777777" w:rsidR="001A5ED1" w:rsidRPr="00301FC3" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...4 lines deleted...]
-        <w:t>Scheyer, R. Koren, D., Reznik, N., Adres, M., Apter, A., Seidman, L.J (2014). "Metacognition in Non-psychotic Help-seeking Adolescents: Associations with Prodromal Symptoms, Distress, and Psychosocial Deterioration". Israeli Journal of Psychiatry and Related Sciences, 2014; 51: 34-43.</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Ph.D. Dissertation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F699E95" w14:textId="77777777" w:rsidR="00897A9F" w:rsidRPr="00416F39" w:rsidRDefault="00897A9F" w:rsidP="00D85675">
+    <w:p w14:paraId="014D399C" w14:textId="77777777" w:rsidR="001A5ED1" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FCE5207" w14:textId="41A877C1" w:rsidR="001A5ED1" w:rsidRPr="001A5ED1" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Scheyer, R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2011). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Early detection in psychosis: Cognitive and Metacognitive deficits as potential </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>prepsychotic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> risk factors.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00044A2F" w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>University of Haifa.</w:t>
+      </w:r>
+      <w:r w:rsidR="00044A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00044A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dvisor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00044A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Prof. Danny Koren. Written in English. 159 Pages. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="721BBC38" w14:textId="77777777" w:rsidR="001A5ED1" w:rsidRPr="001A5ED1" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AA7CD46" w14:textId="77777777" w:rsidR="001A5ED1" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-97"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">שם העבודה, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>תאריך</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">, מספר עמודים, שפת כתיבתה, האוניברסיטה בה הוגשה, שם המנחה/ים. אם העבודה פורסמה - יש </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>להפנות</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> לפריט המתאים ברשימת הפרסומים. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="136E1AF6" w14:textId="77777777" w:rsidR="001A5ED1" w:rsidRPr="00155A82" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="020D1A60" w14:textId="61F04B7E" w:rsidR="001A5ED1" w:rsidRPr="00301FC3" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00044A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Articles in Refereed Journals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E49807E" w14:textId="3A2244AE" w:rsidR="001A5ED1" w:rsidRPr="00A0308D" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A0308D">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">H-index = </w:t>
+      </w:r>
+      <w:r w:rsidR="00044A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0308D">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Total number of citations = </w:t>
+      </w:r>
+      <w:r w:rsidR="00044A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>481</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A0308D">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (from Google Scholar)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7663A47B" w14:textId="77777777" w:rsidR="001A5ED1" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DBD1F11" w14:textId="77777777" w:rsidR="00606B75" w:rsidRPr="00CE4C74" w:rsidRDefault="001A5ED1" w:rsidP="00300BEE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...12 lines deleted...]
-        <w:rPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Koren, D., Reznick, N., Adres, M., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Scheyer, R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Apter, A., Steinberg, T., &amp; Parnas, J. (2010). Disorders of the basic self as a marker of vulnerability for schizophrenia: Preliminary empirical support from non-psychotic help-seeking adolescents. Schizophrenia Research, 117(2), 203.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B8E8EAE" w14:textId="393702B9" w:rsidR="00606B75" w:rsidRPr="00CE4C74" w:rsidRDefault="00606B75" w:rsidP="00606B75">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1014"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI:https://scholar.google.com/citations?view_op=view_citation&amp;hl=iw&amp;user=6KYHqvYAAAAJ&amp;citation_for_view=6KYHqvYAAAAJ:Tyk-4Ss8FVUC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1BAEAEA3" w14:textId="56B0E6AE" w:rsidR="00300BEE" w:rsidRPr="00CE4C74" w:rsidRDefault="001A5ED1" w:rsidP="00606B75">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1014"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Role in the publication: </w:t>
+      </w:r>
+      <w:r w:rsidR="00300BEE" w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I have initiated the study, contributed to the conceptualization of the study, development of the research design and methods, data curation and resources, data analysis, and review of the literature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D44ABAD" w14:textId="77777777" w:rsidR="00300BEE" w:rsidRPr="001A5ED1" w:rsidRDefault="00300BEE" w:rsidP="00300BEE">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="558962AA" w14:textId="36CE5878" w:rsidR="00606B75" w:rsidRPr="00CE4C74" w:rsidRDefault="001A5ED1" w:rsidP="00606B75">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rafaeli, A., Erez, A., Ravid, S., Derfler-Rozin, R., Treister, D. E., &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Scheyer, R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2012). When customers exhibit verbal aggression, employees pay cognitive costs. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="222222"/>
-[...12 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Journal of Applied Psychology, 97</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>(5), 931–943.</w:t>
+      </w:r>
+      <w:r w:rsidR="00300BEE" w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43360308" w14:textId="016323E9" w:rsidR="001A5ED1" w:rsidRPr="001A5ED1" w:rsidRDefault="00606B75" w:rsidP="00606B75">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1014"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>https://scholar.google.com/citations?view_op=view_citation&amp;hl=iw&amp;user=6KYHqvYAAAAJ&amp;citation_for_view=6KYHqvYAAAAJ:u-x6o8ySG0sC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>IF / Q / Citations:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>342.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Role in the publication:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I was involved in all phases of the research, including writing the paper.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CBF5C75" w14:textId="77777777" w:rsidR="00C26E97" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Koren, D., Reznik, N., Adres, M., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Scheyer, R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Apter, A., &amp; Parnas, J. (2012, October). Disturbances of the basic self as a core marker of vulnerability to schizophrenia: Preliminary results from a 2-year follow-up study among non-psychotic help-seeking adolescents. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="222222"/>
-[...9 lines deleted...]
-        <w:t>(117), 203.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Early Intervention in Psychiatry, 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>, 119.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71F5A786" w14:textId="77777777" w:rsidR="00897A9F" w:rsidRPr="00416F39" w:rsidRDefault="00897A9F" w:rsidP="00897A9F">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="68B0BC4A" w14:textId="676ACA08" w:rsidR="001A5ED1" w:rsidRPr="001A5ED1" w:rsidRDefault="001A5ED1" w:rsidP="00C26E97">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1014"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r w:rsidR="00606B75" w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>https://scholar.google.com/citations?view_op=view_citation&amp;hl=iw&amp;user=6KYHqvYAAAAJ&amp;citation_for_view=6KYHqvYAAAAJ:UeHWp8X0CEIC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Role in the publication:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4C74" w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I have contributed to the conceptualization of the study, development of the research design and methods, data curation and resources, data analysis, and review of the literature</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7343A8C8" w14:textId="21B57774" w:rsidR="001A5ED1" w:rsidRPr="001A5ED1" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...11 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Koren, D., Reznik, N., Adres, M., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Scheyer, R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Apter, A., Steinberg, T., &amp; Parnas, J. (2012). Poster #62: Disturbances of the basic self and prodromal symptoms among non-psychotic help-seeking adolescents. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="222222"/>
-[...9 lines deleted...]
-        <w:t>, (136), S207-S208.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Schizophrenia Research, 136</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>(Suppl.), S207–S208.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00CE4C74" w:rsidRPr="006F7C92">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-IL"/>
+          </w:rPr>
+          <w:t>https://scholar.google.com/citations?view_op=view_citation&amp;hl=iw&amp;user=6KYHqvYAAAAJ&amp;citation_for_view=6KYHqvYAAAAJ:9yKSN-GCB0IC</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Role in the publication:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4C74" w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I have contributed to the conceptualization of the study, development of the research design and methods, data curation and resources, data analysis, and review of the literature</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7828A102" w14:textId="77777777" w:rsidR="00D85675" w:rsidRPr="00416F39" w:rsidRDefault="00D85675" w:rsidP="00897A9F">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="7CC252CB" w14:textId="77777777" w:rsidR="00E31425" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...4 lines deleted...]
-        <w:t>Koren, D., Reznick, N., Adres, M., Scheyer, R., Apter, A., Steinberg, T., Parnas, J. (2012). Disturbances of the Basic Self and Prodromal Symptoms among Non-psychotic Helpseeking Adolescents. Psychological Medicine.</w:t>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Koren, D., Reznik, N., Adres, M., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Scheyer, R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Steinberg, T., Apter, A., &amp; Parnas, J. (2013). Disturbances of basic self and prodromal symptoms among non-psychotic help-seeking adolescents. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Psychological Medicine, 43</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>(7), 1365–1376.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49B5C821" w14:textId="77777777" w:rsidR="00897A9F" w:rsidRPr="00416F39" w:rsidRDefault="00897A9F" w:rsidP="00D85675">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="219C1978" w14:textId="0106CBBA" w:rsidR="001A5ED1" w:rsidRPr="001A5ED1" w:rsidRDefault="001A5ED1" w:rsidP="00E31425">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1014"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r w:rsidR="00606B75" w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>https://scholar.google.com/citations?view_op=view_citation&amp;hl=iw&amp;user=6KYHqvYAAAAJ&amp;citation_for_view=6KYHqvYAAAAJ:u-x6o8ySG0sC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Role in the publication:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4C74" w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I have contributed to the conceptualization of the study, development of the research design and methods, data curation and resources, data analysis, and review of the literature</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C2558DB" w14:textId="45EF26BD" w:rsidR="001A5ED1" w:rsidRPr="001A5ED1" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...11 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Scheyer, R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Koren, D., Reznik, N., Adres, M., Apter, A., &amp; Seidman, L. J. (2014). Metacognition in non-psychotic help-seeking adolescents: Associations with prodromal symptoms, distress, and psychosocial deterioration. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="222222"/>
-[...12 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Israeli Journal of Psychiatry and Related Sciences, 51</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>, 34–43.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E31425">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00CE4C74" w:rsidRPr="006F7C92">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-IL"/>
+          </w:rPr>
+          <w:t>https://pubmed.ncbi.nlm.nih.gov/24858633/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Role in the publication:</w:t>
+      </w:r>
+      <w:r w:rsidR="00300BEE" w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I was involved in all phases of the research, including </w:t>
+      </w:r>
+      <w:r w:rsidR="00300BEE" w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>writing the paper.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69949892" w14:textId="4A519CE7" w:rsidR="00E31425" w:rsidRPr="00E31425" w:rsidRDefault="001A5ED1" w:rsidP="00E31425">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E31425">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Koren, D., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E31425">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Scheyer, R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E31425">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Reznik, N., Adres, M., Apter, A., Parnas, J., &amp; Seidman, L. J. (2019). Basic self-disturbance, neurocognition and metacognition: A pilot study among help-seeking adolescents with and without attenuated psychosis syndrome. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E31425">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="222222"/>
-[...9 lines deleted...]
-        <w:t>(5), 931.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Early Intervention in Psychiatry, 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E31425">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>(3), 434–442.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E31425">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4C74" w:rsidRPr="00CE4C74">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00E31425" w:rsidRPr="00655FD9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://pubmed.ncbi.nlm.nih.gov/29052951/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E31425" w:rsidRPr="00E31425">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E31425" w:rsidRPr="00E31425">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Role in the publication:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31425" w:rsidRPr="00E31425">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I was involved in all phases of the research, including writing the paper.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31425" w:rsidRPr="00E31425">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DCB844F" w14:textId="77777777" w:rsidR="00D85675" w:rsidRDefault="00D85675" w:rsidP="00897A9F">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="422B18A7" w14:textId="77777777" w:rsidR="00E31425" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...26 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Koren, D., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Scheyer, R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Stern, Y., Adres, M., Reznik, N., Apter, A., &amp; Seidman, L. J. (2019). Metacognition strengthens the association between neurocognition and attenuated psychosis syndrome: Preliminary evidence from a pilot study among treatment-seeking versus healthy adolescents. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="222222"/>
-[...25 lines deleted...]
-        <w:t>(7), 1365.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Schizophrenia Research, 210</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>, 207–214.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C50247" w14:textId="77777777" w:rsidR="00416F39" w:rsidRPr="00416F39" w:rsidRDefault="00416F39" w:rsidP="00416F39">
+    <w:p w14:paraId="5DD87002" w14:textId="0F2CBBBE" w:rsidR="001A5ED1" w:rsidRPr="001A5ED1" w:rsidRDefault="001A5ED1" w:rsidP="00E31425">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1014"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E31425" w:rsidRPr="00E31425">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>https://scholar.google.com/citations?view_op=view_citation&amp;hl=iw&amp;user=6KYHqvYAAAAJ&amp;citation_for_view=6KYHqvYAAAAJ:qjMakFHDy7sC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E31425">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A5ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Role in the publication:</w:t>
+      </w:r>
+      <w:r w:rsidR="00300BEE" w:rsidRPr="00CE4C74">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I was involved in all phases of the research, including writing the paper.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D78CEF7" w14:textId="77777777" w:rsidR="001A5ED1" w:rsidRPr="001A5ED1" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:bidi w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+          <w:rtl/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A428B1A" w14:textId="77777777" w:rsidR="001A5ED1" w:rsidRPr="007D1676" w:rsidRDefault="001A5ED1" w:rsidP="001A5ED1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69538D4B" w14:textId="77777777" w:rsidR="007A5E01" w:rsidRPr="007A5E01" w:rsidRDefault="007A5E01" w:rsidP="007A5E01">
+      <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...23 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AF50B59" w14:textId="77777777" w:rsidR="00416F39" w:rsidRPr="00416F39" w:rsidRDefault="00416F39" w:rsidP="00416F39">
-[...208 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="007A5E01" w:rsidRPr="007A5E01">
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:bidi/>
-      <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C9AA1B6" w14:textId="77777777" w:rsidR="00D02D99" w:rsidRDefault="00D02D99" w:rsidP="00FE27A1">
+    <w:p w14:paraId="1739CCF7" w14:textId="77777777" w:rsidR="00C87F4B" w:rsidRDefault="00C87F4B" w:rsidP="00924C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="480952AE" w14:textId="77777777" w:rsidR="00D02D99" w:rsidRDefault="00D02D99" w:rsidP="00FE27A1">
+    <w:p w14:paraId="7AD25856" w14:textId="77777777" w:rsidR="00C87F4B" w:rsidRDefault="00C87F4B" w:rsidP="00924C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Guttman Yad-Brush">
-    <w:altName w:val="Segoe UI Semilight"/>
     <w:panose1 w:val="02010401010101010101"/>
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000801" w:usb1="40000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000020" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria Math">
-[...12 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...173 lines deleted...]
-  <w:p w14:paraId="05FE69D2" w14:textId="77777777" w:rsidR="00FE27A1" w:rsidRDefault="00FE27A1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0C47FB72" w14:textId="7ECDFEE8" w:rsidR="00924C1A" w:rsidRPr="008815D1" w:rsidRDefault="00924C1A" w:rsidP="00924C1A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9"/>
+      </w:pBdr>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008815D1">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="008815D1">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="008815D1">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008815D1">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="cs"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:rtl/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="008815D1">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="008815D1">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>|</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="cs"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:rtl/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="008815D1">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="cs"/>
+        <w:color w:val="7F7F7F"/>
+        <w:spacing w:val="60"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:rtl/>
+      </w:rPr>
+      <w:t>עמוד</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4085F558" w14:textId="77777777" w:rsidR="00924C1A" w:rsidRPr="00155A82" w:rsidRDefault="00924C1A" w:rsidP="00924C1A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="4023DCA8" w14:textId="4714AA17" w:rsidR="00924C1A" w:rsidRDefault="00924C1A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="395D404E" w14:textId="77777777" w:rsidR="00924C1A" w:rsidRDefault="00924C1A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E9D8A39" w14:textId="77777777" w:rsidR="00D02D99" w:rsidRDefault="00D02D99" w:rsidP="00FE27A1">
+    <w:p w14:paraId="29CBF23A" w14:textId="77777777" w:rsidR="00C87F4B" w:rsidRDefault="00C87F4B" w:rsidP="00924C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="509F9495" w14:textId="77777777" w:rsidR="00D02D99" w:rsidRDefault="00D02D99" w:rsidP="00FE27A1">
+    <w:p w14:paraId="15555FCD" w14:textId="77777777" w:rsidR="00C87F4B" w:rsidRDefault="00C87F4B" w:rsidP="00924C1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...54 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03B5756E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="445C0CA0"/>
     <w:lvl w:ilvl="0" w:tplc="30F6953A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3644,365 +4731,288 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="082B1512"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:nsid w:val="0D51071C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B7FCC220"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...25 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...25 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F6A044C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C89801DE"/>
     <w:lvl w:ilvl="0" w:tplc="877C2410">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1210" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="950" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="1670" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2390" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3110" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="3830" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="4550" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5270" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="5990" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1AF25F0F"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CA31FAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5388D30"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4047,51 +5057,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EE37D62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B10C880"/>
     <w:lvl w:ilvl="0" w:tplc="62AE4A3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1437" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4136,283 +5146,295 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5037" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5757" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6477" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="30B267DB"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B1555E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0512C466"/>
-[...15 lines deleted...]
-      <w:lvlText w:val="o"/>
+    <w:tmpl w:val="0FF208FA"/>
+    <w:lvl w:ilvl="0" w:tplc="3774DAA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="*%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pt-PT"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...120 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1800" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F053153"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="15F6CED6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6120"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="6120" w:hanging="180"/>
-      </w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52B8122F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="36B64502"/>
     <w:lvl w:ilvl="0" w:tplc="CC046430">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4459,51 +5481,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="530C46B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0234E2AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1110" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BE58AFDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1830" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Guttman Yad-Brush" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4548,164 +5570,611 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5430" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6150" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6870" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0409000D">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F697DDB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="18D4E5D0"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62C321E3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="708075C0"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B1148E4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3A08A3BE"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D6F0917"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B922F16A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1014"/>
+        </w:tabs>
+        <w:ind w:left="1014" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1734"/>
+        </w:tabs>
+        <w:ind w:left="1734" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2454"/>
+        </w:tabs>
+        <w:ind w:left="2454" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3174"/>
+        </w:tabs>
+        <w:ind w:left="3174" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3894"/>
+        </w:tabs>
+        <w:ind w:left="3894" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4614"/>
+        </w:tabs>
+        <w:ind w:left="4614" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5334"/>
+        </w:tabs>
+        <w:ind w:left="5334" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6054"/>
+        </w:tabs>
+        <w:ind w:left="6054" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6774"/>
+        </w:tabs>
+        <w:ind w:left="6774" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E561EB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C16A89DA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4774,51 +6243,200 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E8B14ED"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D756780C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="742F7361"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E926D316"/>
     <w:lvl w:ilvl="0" w:tplc="9092DAA0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4863,1045 +6481,318 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-[...8 lines deleted...]
-      <w:pPr>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7BCC0446"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="581822A6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="231088314">
+  <w:num w:numId="1" w16cid:durableId="1879201446">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1440296507">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1412923140">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1623147660">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1927612348">
+  <w:num w:numId="5" w16cid:durableId="77489047">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="497890951">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1988244455">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1696030288">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="180437144">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1240407898">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="651761594">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2022661821">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="760953458">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="746805142">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="14" w16cid:durableId="477495555">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="224609907">
-[...5 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="189143812">
+  <w:num w:numId="15" w16cid:durableId="342391565">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1222326940">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="16" w16cid:durableId="1283339436">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="114258273">
-[...18 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="17" w16cid:durableId="416441940">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00951CC5"/>
-[...28 lines deleted...]
-    <w:rsid w:val="00FE27A1"/>
+    <w:rsidRoot w:val="00DA5CD4"/>
+    <w:rsid w:val="000158A6"/>
+    <w:rsid w:val="00044A2F"/>
+    <w:rsid w:val="000930F9"/>
+    <w:rsid w:val="000E504F"/>
+    <w:rsid w:val="001A3D7B"/>
+    <w:rsid w:val="001A5ED1"/>
+    <w:rsid w:val="002254F0"/>
+    <w:rsid w:val="00300BEE"/>
+    <w:rsid w:val="00314C57"/>
+    <w:rsid w:val="004A3A57"/>
+    <w:rsid w:val="005513AD"/>
+    <w:rsid w:val="005818C9"/>
+    <w:rsid w:val="0059580B"/>
+    <w:rsid w:val="00606B75"/>
+    <w:rsid w:val="006A775C"/>
+    <w:rsid w:val="007A5E01"/>
+    <w:rsid w:val="00924C1A"/>
+    <w:rsid w:val="009734B6"/>
+    <w:rsid w:val="00A57876"/>
+    <w:rsid w:val="00AA3163"/>
+    <w:rsid w:val="00B760A1"/>
+    <w:rsid w:val="00C26E97"/>
+    <w:rsid w:val="00C87F4B"/>
+    <w:rsid w:val="00C9509F"/>
+    <w:rsid w:val="00CA3BDF"/>
+    <w:rsid w:val="00CE4C74"/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rsid w:val="00E31425"/>
+    <w:rsid w:val="00E7336D"/>
+    <w:rsid w:val="00EB2DAB"/>
+    <w:rsid w:val="00FC14B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
+  <w:themeFontLang w:val="en-IL" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="209D50AF"/>
-  <w15:docId w15:val="{955A6E5C-AF8A-445F-9B17-5FC9EF09BC33}"/>
+  <w14:docId w14:val="26501D41"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{4FEC9770-FA8C-4586-9E49-3E9037711245}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...738 lines deleted...]
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
+        <w:lang w:val="en-IL" w:eastAsia="en-US" w:bidi="he-IL"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5967,96 +6858,100 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -6238,411 +7133,1020 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
     <w:pPr>
-      <w:bidi/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="631E1907A09B4F3A89B7FA1C52A74306">
-[...1 lines deleted...]
-    <w:rsid w:val="008848F5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
     <w:pPr>
-      <w:bidi/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DA5CD4"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C9509F"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C9509F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00924C1A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00924C1A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00924C1A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00924C1A"/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="306672560">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="816074305">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1616475139">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2064282432">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\ravit\Documents\&#1511;&#1493;&#1512;&#1505;&#1497;&#1501;%20&#1489;&#1502;&#1499;&#1500;&#1500;&#1492;\ravit.scheyer@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ravitr@yvc.ac.il" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/29052951/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/24858633/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/citations?view_op=view_citation&amp;hl=iw&amp;user=6KYHqvYAAAAJ&amp;citation_for_view=6KYHqvYAAAAJ:9yKSN-GCB0IC" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ערכת נושא Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>953</Words>
-  <Characters>5438</Characters>
+  <Words>1214</Words>
+  <Characters>6246</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>249</Lines>
+  <Paragraphs>126</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>המכללה האקדמית עמק יזרעאל ע"ש מקס שטרן</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6379</CharactersWithSpaces>
+  <CharactersWithSpaces>7334</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>המכללה האקדמית עמק יזרעאל ע"ש מקס שטרן</dc:title>
-  <dc:creator>Inbal Granov</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Ravit Rozilio</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>