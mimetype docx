--- v0 (2025-12-05)
+++ v1 (2026-02-12)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3ED2AFD5" w14:textId="36136FE3" w:rsidR="007F7119" w:rsidRDefault="00855017">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t>חיים כהן</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22B839C6" w14:textId="4A33F97C" w:rsidR="004A7D1B" w:rsidRPr="004A7D1B" w:rsidRDefault="004A7D1B" w:rsidP="004A7D1B">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rtl/>
         </w:rPr>
@@ -58,75 +58,75 @@
     </w:p>
     <w:p w14:paraId="0CE508A9" w14:textId="154424EA" w:rsidR="007F7119" w:rsidRDefault="00855017">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:bidi/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_u9tnvepwr2il" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t>054-</w:t>
       </w:r>
       <w:r w:rsidR="000D561F">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t>7778054</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4989F35E" w14:textId="2A2AB352" w:rsidR="007F7119" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4989F35E" w14:textId="2A2AB352" w:rsidR="007F7119" w:rsidRDefault="00855017">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:bidi/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:hyperlink r:id="rId5">
-        <w:r w:rsidR="00855017">
+        <w:r>
           <w:rPr>
             <w:color w:val="1155CC"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>haimge194@gmai</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00855017">
+      <w:r>
         <w:rPr>
           <w:color w:val="1155CC"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>l.com</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C4A2AEC" w14:textId="02779DA7" w:rsidR="007F7119" w:rsidRDefault="000D561F">
+    <w:p w14:paraId="4C4A2AEC" w14:textId="3810E25A" w:rsidR="007F7119" w:rsidRDefault="000D561F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:bidi/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="114300" distB="114300" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="36EA2E7F" wp14:editId="51068C23">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-17099</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>352425</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6955200" cy="64800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides" distT="114300" distB="114300" distL="114300" distR="114300"/>
             <wp:docPr id="2" name="image1.jpg"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -142,51 +142,58 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6955200" cy="64800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00855017">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>טירת כרמל</w:t>
+        <w:t>ט</w:t>
+      </w:r>
+      <w:r w:rsidR="0050129E">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>נא עומרים</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D34CC43" w14:textId="261F5CA4" w:rsidR="00855017" w:rsidRPr="00855017" w:rsidRDefault="00855017" w:rsidP="00855017">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:bidi/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_vt3vu8n30eit" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00855017">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">בעל תואר </w:t>
       </w:r>
@@ -260,164 +267,298 @@
       </w:r>
       <w:r w:rsidRPr="00855017">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">סיון נרחב בשיטות אימונולוגיות לזיהוי חלבונים כגון </w:t>
       </w:r>
       <w:r w:rsidRPr="00855017">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Western blot, Immunohistochemistry</w:t>
       </w:r>
       <w:r w:rsidRPr="00855017">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> ועוד</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34637C47" w14:textId="674BD134" w:rsidR="00855017" w:rsidRPr="00855017" w:rsidRDefault="00855017" w:rsidP="00855017">
+    <w:p w14:paraId="0EF597D5" w14:textId="2D58F704" w:rsidR="00ED7CE2" w:rsidRPr="00ED7CE2" w:rsidRDefault="00855017" w:rsidP="00ED7CE2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:bidi/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00855017">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>בעל יכולת עבודה והשתלבות בצוות, תפקוד טוב תחת לחץ ויכולת למידה מהירה</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="039540FE" w14:textId="7FA26825" w:rsidR="00855017" w:rsidRDefault="000D561F" w:rsidP="00855017">
+    <w:p w14:paraId="039540FE" w14:textId="0DB6861F" w:rsidR="00855017" w:rsidRDefault="00ED7CE2" w:rsidP="00ED7CE2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:bidi/>
+        <w:rPr>
+          <w:rtl/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="114300" distB="114300" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="17D32015" wp14:editId="61F1846D">
+          <wp:anchor distT="114300" distB="114300" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="17D32015" wp14:editId="73A95D46">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>8890</wp:posOffset>
+              <wp:posOffset>142240</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>2955925</wp:posOffset>
+              <wp:posOffset>746125</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6955200" cy="64800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides" distT="114300" distB="114300" distL="114300" distR="114300"/>
             <wp:docPr id="3" name="image1.jpg"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6955200" cy="64800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00855017">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t>השכלה</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:bidiVisual/>
         <w:tblW w:w="10920" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4125"/>
         <w:gridCol w:w="6795"/>
       </w:tblGrid>
+      <w:tr w:rsidR="00F5544C" w14:paraId="61135ABD" w14:textId="77777777" w:rsidTr="00F5544C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4125" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="550E59E8" w14:textId="77777777" w:rsidR="00F5544C" w:rsidRPr="00855017" w:rsidRDefault="00F5544C" w:rsidP="00355487">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="5278"/>
+              </w:tabs>
+              <w:bidi/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855017">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>טכניון - המכון הטכנולוגי לישראל</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="229BFD03" w14:textId="172A772B" w:rsidR="00F5544C" w:rsidRDefault="00F5544C" w:rsidP="00355487">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>MD</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55462CDD" w14:textId="5BB707E0" w:rsidR="00F5544C" w:rsidRDefault="00F5544C" w:rsidP="00355487">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>– 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> עד היום</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0033ECC9" w14:textId="77777777" w:rsidR="00F5544C" w:rsidRDefault="00F5544C" w:rsidP="00355487">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C650B7" w14:textId="284A99AA" w:rsidR="00F5544C" w:rsidRDefault="00F5544C" w:rsidP="00355487">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>לימודי רפואה במסלול שש שנתי</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00855017" w14:paraId="0E0D64BD" w14:textId="77777777" w:rsidTr="00574CF4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tblBorders>
+          <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="33412844" w14:textId="77777777" w:rsidR="000D561F" w:rsidRPr="00855017" w:rsidRDefault="000D561F" w:rsidP="000D561F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5278"/>
               </w:tabs>
               <w:bidi/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855017">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
@@ -467,51 +608,50 @@
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>2015 – 2022</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25AE6780" w14:textId="3F54CCCA" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00574CF4">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="48437052" w14:textId="77777777" w:rsidR="000D561F" w:rsidRDefault="000D561F" w:rsidP="000D561F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:bidi/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
@@ -527,61 +667,50 @@
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:bidi/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rtl/>
               </w:rPr>
               <w:t>תואר במסלול עם תזה העוסקת בתחום קרישת דם, ובפרט במחלת ההמופיליה.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D561F" w14:paraId="529E7674" w14:textId="77777777" w:rsidTr="000D561F">
-        <w:tblPrEx>
-[...9 lines deleted...]
-        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4125" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E364173" w14:textId="77777777" w:rsidR="000D561F" w:rsidRDefault="000D561F" w:rsidP="000D561F">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855017">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>אוניברסיטת חיפה</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22799B8A" w14:textId="77777777" w:rsidR="000D561F" w:rsidRDefault="000D561F" w:rsidP="000D561F">
@@ -639,225 +768,958 @@
               <w:t>תואר דו חוגי בביולוגיה ומדעי הרפואה</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B90872B" w14:textId="7BAF2321" w:rsidR="000D561F" w:rsidRDefault="000D561F" w:rsidP="000D561F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:bidi/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="545D8E67" w14:textId="3D9B0883" w:rsidR="007F7119" w:rsidRDefault="000D561F" w:rsidP="00855017">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:bidi/>
+        <w:rPr>
+          <w:rtl/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
         </w:rPr>
         <w:t>ניסיון תעסוקתי</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:bidiVisual/>
         <w:tblW w:w="10920" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4125"/>
         <w:gridCol w:w="6795"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F7119" w14:paraId="6164CDAB" w14:textId="77777777">
+      <w:tr w:rsidR="0017120E" w14:paraId="2E0CE9F5" w14:textId="77777777" w:rsidTr="0017120E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4125" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="02B87E72" w14:textId="77777777" w:rsidR="00855017" w:rsidRDefault="00855017">
+          <w:p w14:paraId="491DC199" w14:textId="72165A1E" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00855017">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>בית ספר לאחיות</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6A1E85E5" w14:textId="061C3920" w:rsidR="007F7119" w:rsidRDefault="00855017" w:rsidP="00855017">
+              <w:t>אוניברסיטת חיפה</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1598DBF5" w14:textId="77777777" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מרצה</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30038BD7" w14:textId="38983863" w:rsidR="007F7119" w:rsidRDefault="00855017">
-[...15 lines deleted...]
-            <w:r w:rsidR="000D561F">
+          <w:p w14:paraId="243B0386" w14:textId="77777777" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>עד היום</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6795" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43402496" w14:textId="6FBAC0D7" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00855017">
+          <w:p w14:paraId="0702E408" w14:textId="550F83FE" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:bidi/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">מרצה בבתי ספר לאחיות בני ציון, הלל יפה, </w:t>
-[...6 lines deleted...]
-              <w:t>לניאדו</w:t>
+              <w:t xml:space="preserve">מרצה </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>בתכנית הרב תחומית לבריאות וחברה קורסים בתחום הסיעוד</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14F2AACD" w14:textId="77777777" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>הכנת חומרי הקורס והמצגות הנלוות</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C8F2E2C" w14:textId="77777777" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>כתיבת מבחנים</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BEB348F" w14:textId="77777777" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>מענה על שאלות סטודנטים</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="694C4556" w14:textId="77777777" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0017120E" w14:paraId="0401849C" w14:textId="77777777" w:rsidTr="0017120E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4125" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72408B34" w14:textId="7A52075D" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>מכללת עמק יזרעאל</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31294AFE" w14:textId="77777777" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>מרצה</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="353646BE" w14:textId="77777777" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>עד היום</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68FFB063" w14:textId="77777777" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18E4F0FB" w14:textId="77777777" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A214767" w14:textId="55A3A0C8" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>מכללת רמת גן</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09BCF6BD" w14:textId="77777777" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>מרצה</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31526C9B" w14:textId="7758F588" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="00577E2E">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1700F0C4" w14:textId="77777777" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D09C295" w14:textId="77777777" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="182ECAEB" w14:textId="23546661" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6795" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="562B4846" w14:textId="4DA60E34" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">מרצה </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>בבית ספר לסיעוד בקורסים כימיה ומיקרוביולוגיה</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55809A64" w14:textId="77777777" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>הכנת חומרי הקורס והמצגות הנלוות</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41AFDCEC" w14:textId="77777777" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>כתיבת מבחנים</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12BB2779" w14:textId="77777777" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>מענה על שאלות סטודנטים</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FCF179D" w14:textId="77777777" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AD97B03" w14:textId="77777777" w:rsidR="0017120E" w:rsidRDefault="0017120E" w:rsidP="00680388">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C296CD4" w14:textId="77777777" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C40F048" w14:textId="60A54FD2" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">מרצה </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>בבתי ספר לסיעוד ומנהל מערכות בריאות בקורסים כימיה מיקרוביולוגיה ופתולוגיה</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="124EF03F" w14:textId="77777777" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>הכנת חומרי הקורס והמצגות הנלוות</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79635E8D" w14:textId="77777777" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>כתיבת מבחנים</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="742F33DE" w14:textId="77777777" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>מענה על שאלות סטודנטים</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30E6095A" w14:textId="77777777" w:rsidR="001C7E74" w:rsidRDefault="001C7E74" w:rsidP="001C7E74">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F7119" w14:paraId="6164CDAB" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tblBorders>
+          <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4125" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02B87E72" w14:textId="77777777" w:rsidR="00855017" w:rsidRDefault="00855017">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00855017">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>בית ספר לאחיות</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A1E85E5" w14:textId="061C3920" w:rsidR="007F7119" w:rsidRDefault="00855017" w:rsidP="00855017">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>מרצה</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30038BD7" w14:textId="38983863" w:rsidR="007F7119" w:rsidRDefault="00855017">
+            <w:pPr>
+              <w:bidi/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r w:rsidR="000D561F">
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>עד היום</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="43402496" w14:textId="40F40EA5" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00855017">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:pBdr>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
+              </w:pBdr>
+              <w:bidi/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>מרצה בבתי ספר לאחיות בני ציון, הלל יפה, לניאדו</w:t>
             </w:r>
             <w:r w:rsidR="005860E3">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>,וולפסון</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="001C7E74">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005860E3">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>וולפסון</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> ואיכילוב (קורסי כימיה, פתולוגיה ומיקרוביולוגיה)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0EC8602B" w14:textId="77777777" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00855017">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:bidi/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
@@ -944,161 +1806,143 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4125"/>
         <w:gridCol w:w="6795"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F7119" w14:paraId="6A538A97" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="076E38B6" w14:textId="7E89A610" w:rsidR="007F7119" w:rsidRDefault="00855017">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:bidi/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_mlj6j48p3xrx" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkStart w:id="3" w:name="_hs4e012p8tn1" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkStart w:id="4" w:name="_fsf3qzso5l5z" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="2"/>
             <w:bookmarkEnd w:id="3"/>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidRPr="00855017">
               <w:rPr>
                 <w:b/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">מכללת </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> לרפואה משלימה</w:t>
+              <w:t>מכללת רידמן לרפואה משלימה</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A8256B1" w14:textId="2A6CA907" w:rsidR="007F7119" w:rsidRDefault="00855017">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מרצה</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65447D18" w14:textId="775F0ACA" w:rsidR="007F7119" w:rsidRDefault="00855017">
+          <w:p w14:paraId="65447D18" w14:textId="5E255AA8" w:rsidR="007F7119" w:rsidRDefault="00855017">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2020</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00577E2E">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>עד היום</w:t>
+              <w:t>2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="787CBD9B" w14:textId="77777777" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00855017">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rtl/>
               </w:rPr>
               <w:t>מרצה ומרצה מלווה בקורסי אנטומיה ופיזיולוגיה בסיסית</w:t>
             </w:r>
           </w:p>
@@ -1178,133 +2022,131 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4125"/>
         <w:gridCol w:w="6795"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F7119" w14:paraId="48546B0C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5D5D5F45" w14:textId="072CCCE2" w:rsidR="007F7119" w:rsidRDefault="00855017">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:bidi/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="6" w:name="_nnx293n7u84k" w:colFirst="0" w:colLast="0"/>
             <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidRPr="00855017">
               <w:rPr>
                 <w:b/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">ישיבת אור אבנר כפר </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>ישיבת אור אבנר כפר סיטרין</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="621CBC39" w14:textId="21B62F76" w:rsidR="007F7119" w:rsidRDefault="00855017">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מורה</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="036DAE9A" w14:textId="3B520B12" w:rsidR="007F7119" w:rsidRDefault="00855017">
+          <w:p w14:paraId="036DAE9A" w14:textId="7FF04130" w:rsidR="007F7119" w:rsidRDefault="00855017">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>2021-2022</w:t>
+              <w:t>2021</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7CE2">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>-2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="27AFB4AB" w14:textId="77777777" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00855017">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rtl/>
               </w:rPr>
               <w:t>מורה ומתגבר למתמטיקה ומדעים</w:t>
             </w:r>
           </w:p>
@@ -1373,124 +2215,121 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4125"/>
         <w:gridCol w:w="6795"/>
       </w:tblGrid>
       <w:tr w:rsidR="00855017" w14:paraId="6E65A135" w14:textId="77777777" w:rsidTr="00574CF4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6781539C" w14:textId="2D07CAFA" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00574CF4">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:bidi/>
               <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:b/>
                 <w:rtl/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>ד"ר עובד כהן</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67718806" w14:textId="332498DE" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00574CF4">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>עוזר רופא</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="097C2DCB" w14:textId="77777777" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00574CF4">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2021-2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4C5184EF" w14:textId="41BB1C5A" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00855017">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00855017">
               <w:rPr>
                 <w:rtl/>
               </w:rPr>
               <w:t>חידוש מרשמי קנאביס לזכאים</w:t>
             </w:r>
           </w:p>
@@ -1515,96 +2354,75 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4125"/>
         <w:gridCol w:w="6795"/>
       </w:tblGrid>
       <w:tr w:rsidR="00855017" w14:paraId="09AE8EC7" w14:textId="77777777" w:rsidTr="00574CF4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="035BBD4F" w14:textId="77777777" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00574CF4">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855017">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">תכנית </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> צעירים לנוער - מד"א</w:t>
+              <w:t>תכנית רפואנים צעירים לנוער - מד"א</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FBDD809" w14:textId="06A8E024" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00855017">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מדריך</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F077BAF" w14:textId="77777777" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00574CF4">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:sz w:val="26"/>
@@ -1676,51 +2494,50 @@
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2017-2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7E980762" w14:textId="3CA882BF" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00855017">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00855017">
               <w:rPr>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">העברת שיעורים </w:t>
             </w:r>
             <w:r w:rsidR="004A7D1B" w:rsidRPr="00855017">
@@ -1843,51 +2660,50 @@
               <w:rPr>
                 <w:rtl/>
               </w:rPr>
               <w:t>ליווי צמוד של סטודנטים במעבדות מעשיות</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59F0E5D9" w14:textId="316620E2" w:rsidR="00855017" w:rsidRPr="00855017" w:rsidRDefault="00855017" w:rsidP="00855017">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5810"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00855017" w14:paraId="228F76B5" w14:textId="77777777" w:rsidTr="00574CF4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59E2EE11" w14:textId="681C7214" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00574CF4">
             <w:pPr>
               <w:bidi/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00855017">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">מחלקת ההדרכה </w:t>
@@ -1935,51 +2751,50 @@
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2013-2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="48E86A8C" w14:textId="77777777" w:rsidR="00855017" w:rsidRDefault="00855017" w:rsidP="00855017">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:bidi/>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rtl/>
               </w:rPr>
               <w:t>העברת תכנים בנושא חינוך לבריאות בבתי ספר</w:t>
             </w:r>
           </w:p>
@@ -2309,106 +3124,219 @@
     </w:p>
     <w:p w14:paraId="351F5CDE" w14:textId="75F0B929" w:rsidR="000D561F" w:rsidRPr="000D561F" w:rsidRDefault="000D561F" w:rsidP="000D561F">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t>*ממליצים יועברו לפי דרישה*</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000D561F" w:rsidRPr="000D561F">
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="306" w:right="476" w:bottom="306" w:left="476" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12836944"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="35403536"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A600145"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="707A982C"/>
     <w:lvl w:ilvl="0" w:tplc="0764DE4A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Arial" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2476,51 +3404,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E532DAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFC0DAB6"/>
     <w:lvl w:ilvl="0" w:tplc="0764DE4A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Arial" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2588,51 +3516,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F920631"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47D426EC"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2701,51 +3629,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45D71737"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8CD427BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
@@ -2814,51 +3742,164 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="557A0149"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DFC41DA0"/>
+    <w:lvl w:ilvl="0" w:tplc="20000001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57407ECA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD2A7364"/>
     <w:lvl w:ilvl="0" w:tplc="0764DE4A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Arial" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2926,51 +3967,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65AB0DE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6CBCDE58"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3039,51 +4080,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66EA5C21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DBA5ED6"/>
     <w:lvl w:ilvl="0" w:tplc="0764DE4A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Arial" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3151,51 +4192,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78C20CF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED187200"/>
     <w:lvl w:ilvl="0" w:tplc="0764DE4A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Arial" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3264,129 +4305,144 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="699936247">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1000159814">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1000159814">
+  <w:num w:numId="3" w16cid:durableId="813108290">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1899974824">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="628974189">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="813108290">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="6" w16cid:durableId="1246189993">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1899974824">
+  <w:num w:numId="7" w16cid:durableId="1810054073">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1417825537">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="537279492">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="628974189">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="10" w16cid:durableId="1034116941">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F7119"/>
     <w:rsid w:val="000D561F"/>
+    <w:rsid w:val="0017120E"/>
+    <w:rsid w:val="001C7E74"/>
     <w:rsid w:val="004A7D1B"/>
+    <w:rsid w:val="0050129E"/>
+    <w:rsid w:val="00577E2E"/>
     <w:rsid w:val="005860E3"/>
     <w:rsid w:val="007F7119"/>
     <w:rsid w:val="00855017"/>
+    <w:rsid w:val="0092370C"/>
     <w:rsid w:val="009405FE"/>
+    <w:rsid w:val="00A35E22"/>
+    <w:rsid w:val="00E91F7C"/>
+    <w:rsid w:val="00ED7CE2"/>
+    <w:rsid w:val="00F5544C"/>
+    <w:rsid w:val="00FA488E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-IL" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="42D7227E"/>
   <w15:docId w15:val="{3977F135-7C37-4B11-8B44-09925FC9C2F2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-IL" w:bidi="he-IL"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3979,51 +5035,51 @@
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00855017"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="160433383">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="196704425">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5377,66 +6433,66 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1679</Characters>
+  <Pages>3</Pages>
+  <Words>381</Words>
+  <Characters>2178</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1970</CharactersWithSpaces>
+  <CharactersWithSpaces>2554</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>yarden abuhassira</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>