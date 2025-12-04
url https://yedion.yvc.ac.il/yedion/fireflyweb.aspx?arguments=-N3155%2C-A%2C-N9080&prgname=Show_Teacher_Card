--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -6,51 +6,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1DB4DEEF" w14:textId="77777777" w:rsidR="00F66134" w:rsidRPr="005E4629" w:rsidRDefault="00DE034B" w:rsidP="00DF350B">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-1045" w:right="-426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E4629">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">קורות חיים: </w:t>
       </w:r>
@@ -146,51 +146,51 @@
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="1C371E70" id="מלבן 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:23.3pt;width:527.25pt;height:3.55pt;flip:y;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBAozGMbAIAAOEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMlu2zAQvRfoPxC815INy4sQOQiSJiiQ&#10;LkC6nGmKkoiSHJakLbtfnyGl2O5yKqoDQXJm3rwZvtHV9UErshfOSzAVnU5ySoThUEvTVvTL5/s3&#10;K0p8YKZmCoyo6FF4er15/eqqt6WYQQeqFo4giPFlbyvahWDLLPO8E5r5CVhh0NiA0yzg0bVZ7ViP&#10;6FplszxfZD242jrgwnu8vRuMdJPwm0bw8LFpvAhEVRS5hbS6tG7jmm2uWNk6ZjvJRxrsH1hoJg0m&#10;PUHdscDIzsk/oLTkDjw0YcJBZ9A0kotUA1YzzX+r5qljVqRasDnentrk/x8s/7B/sp9cpO7tI/Dv&#10;nhi47ZhpxY1z0HeC1ZhuGhuV9daXp4B48BhKtv17qPFp2S5A6sGhcZo0StqvMTBCY53kkJp+PDVd&#10;HALheLlYrBf5sqCEo21e5Ksi5WJlhInB1vnwIECTuKmowzdNoGz/6EOkdXYZX6C+l0oRB+GbDF1q&#10;YsyajB5jhg2xgIUN196121vlyJ6hTKb38/XybiTR+kvvaR6/hPS3kOTKtGZJVUGaMCCiUDEqXUqz&#10;fxg9kPcIkmqImfCqfWGopCH4DBUt5jEcxes5U6J+eYyktVRpTKsM6Su6LmbFwA6UPNl+oZqwEpmY&#10;/9JNy4CjqKSu6GrImBhHBbw19VASk2rYY7AyoySiCuLA+XIL9REVgZ2PnY3/Bdx04H5S0uOMVdT/&#10;2DEnKFHvDDZ/PZ3P41Cmw7xYzvDgLi3bSwszHKEqGij2JW5vwzDIO+tk22GmQWwGblCJjUzaOLMa&#10;yeIcDX0eZj4O6uU5eZ3/TJtnAAAA//8DAFBLAwQUAAYACAAAACEALDenUd0AAAAHAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82YeJOtSgsp3RIDeiMGK+E8dMe2sjvbdBeo/97lpMfJ&#10;e/neN8VytEacafCdYwWPkwQEce10x42C3efbwxyED8gajWNS8EMeluXtTYG5dhf+oHMVGhEh7HNU&#10;0IbQ51L6uiWLfuJ64ph9ucFiiOfQSD3gJcKtkU9JkkmLHceFFntatVQfq5NVkM5l9b3dzDavxu6z&#10;1Vrvtuv3o1L3d+PLAkSgMfyV4aof1aGMTgd3Yu2FURAfCQqmWQbimibpNAVxiOznGciykP/9y18A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQKMxjGwCAADhBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEALDenUd0AAAAHAQAADwAAAAAAAAAAAAAA&#10;AADGBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;" fillcolor="#1f497d">
+              <v:rect w14:anchorId="3D574DFA" id="מלבן 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:23.3pt;width:527.25pt;height:3.55pt;flip:y;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBAozGMbAIAAOEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMlu2zAQvRfoPxC815INy4sQOQiSJiiQ&#10;LkC6nGmKkoiSHJakLbtfnyGl2O5yKqoDQXJm3rwZvtHV9UErshfOSzAVnU5ySoThUEvTVvTL5/s3&#10;K0p8YKZmCoyo6FF4er15/eqqt6WYQQeqFo4giPFlbyvahWDLLPO8E5r5CVhh0NiA0yzg0bVZ7ViP&#10;6FplszxfZD242jrgwnu8vRuMdJPwm0bw8LFpvAhEVRS5hbS6tG7jmm2uWNk6ZjvJRxrsH1hoJg0m&#10;PUHdscDIzsk/oLTkDjw0YcJBZ9A0kotUA1YzzX+r5qljVqRasDnentrk/x8s/7B/sp9cpO7tI/Dv&#10;nhi47ZhpxY1z0HeC1ZhuGhuV9daXp4B48BhKtv17qPFp2S5A6sGhcZo0StqvMTBCY53kkJp+PDVd&#10;HALheLlYrBf5sqCEo21e5Ksi5WJlhInB1vnwIECTuKmowzdNoGz/6EOkdXYZX6C+l0oRB+GbDF1q&#10;YsyajB5jhg2xgIUN196121vlyJ6hTKb38/XybiTR+kvvaR6/hPS3kOTKtGZJVUGaMCCiUDEqXUqz&#10;fxg9kPcIkmqImfCqfWGopCH4DBUt5jEcxes5U6J+eYyktVRpTKsM6Su6LmbFwA6UPNl+oZqwEpmY&#10;/9JNy4CjqKSu6GrImBhHBbw19VASk2rYY7AyoySiCuLA+XIL9REVgZ2PnY3/Bdx04H5S0uOMVdT/&#10;2DEnKFHvDDZ/PZ3P41Cmw7xYzvDgLi3bSwszHKEqGij2JW5vwzDIO+tk22GmQWwGblCJjUzaOLMa&#10;yeIcDX0eZj4O6uU5eZ3/TJtnAAAA//8DAFBLAwQUAAYACAAAACEALDenUd0AAAAHAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82YeJOtSgsp3RIDeiMGK+E8dMe2sjvbdBeo/97lpMfJ&#10;e/neN8VytEacafCdYwWPkwQEce10x42C3efbwxyED8gajWNS8EMeluXtTYG5dhf+oHMVGhEh7HNU&#10;0IbQ51L6uiWLfuJ64ph9ucFiiOfQSD3gJcKtkU9JkkmLHceFFntatVQfq5NVkM5l9b3dzDavxu6z&#10;1Vrvtuv3o1L3d+PLAkSgMfyV4aof1aGMTgd3Yu2FURAfCQqmWQbimibpNAVxiOznGciykP/9y18A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQKMxjGwCAADhBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEALDenUd0AAAAHAQAADwAAAAAAAAAAAAAA&#10;AADGBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;" fillcolor="#1f497d">
                 <v:fill color2="#d2dbe5" focus="100%" type="gradient"/>
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00DE034B" w:rsidRPr="005E4629">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi"/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">טלפון נייד: </w:t>
       </w:r>
       <w:r w:rsidR="00F66134" w:rsidRPr="005E4629">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi"/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>050-2061450</w:t>
       </w:r>
       <w:r w:rsidR="002424DE" w:rsidRPr="005E4629">
         <w:rPr>
@@ -366,63 +366,62 @@
         <w:t xml:space="preserve">מכללה </w:t>
       </w:r>
       <w:r w:rsidR="0031793C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>רמב"ם ידע</w:t>
       </w:r>
       <w:r w:rsidR="00C224EC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70C52462" w14:textId="252295FD" w:rsidR="00C224EC" w:rsidRPr="00D262CF" w:rsidRDefault="00C224EC" w:rsidP="00D262CF">
+    <w:p w14:paraId="70C52462" w14:textId="252295FD" w:rsidR="00C224EC" w:rsidRPr="00F62B97" w:rsidRDefault="00C224EC" w:rsidP="00D262CF">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-840"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi"/>
-          <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D262CF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">קורס </w:t>
       </w:r>
       <w:r w:rsidRPr="00D262CF">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NLP S</w:t>
       </w:r>
       <w:r w:rsidRPr="00D262CF">
         <w:rPr>
@@ -442,57 +441,112 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C224EC">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>לצוותים רפואיים</w:t>
       </w:r>
       <w:r w:rsidR="00D262CF">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>, מוכר כגמול השתלמות.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EB5EB58" w14:textId="621D6E95" w:rsidR="00D51D22" w:rsidRPr="005E4629" w:rsidRDefault="00BD6116" w:rsidP="00D51D22">
-      <w:pPr>
+    <w:p w14:paraId="04D39B47" w14:textId="3F1023AA" w:rsidR="00F62B97" w:rsidRPr="00D262CF" w:rsidRDefault="00F62B97" w:rsidP="00D262CF">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-840"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+        <w:t>מנהל כספים ו</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC46B7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:rtl/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">תקציב בסקטור הציבורי </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC46B7" w:rsidRPr="00C224EC">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>לצוותים רפואיים</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC46B7">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>, מוכר כגמול השתלמות.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB5EB58" w14:textId="621D6E95" w:rsidR="00D51D22" w:rsidRPr="005E4629" w:rsidRDefault="00BD6116" w:rsidP="00D51D22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="-840"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E4629">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">10/2020 </w:t>
       </w:r>
       <w:r w:rsidR="00D51D22" w:rsidRPr="005E4629">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">– כיום: </w:t>
       </w:r>
       <w:r w:rsidR="00D51D22" w:rsidRPr="005E4629">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
@@ -514,51 +568,51 @@
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00D51D22" w:rsidRPr="005E4629">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>מכללה האקדמית עמק יזרעאל</w:t>
       </w:r>
       <w:r w:rsidR="00122CF6" w:rsidRPr="00122CF6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve"> בחוגים:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02948255" w14:textId="4AD3F3E4" w:rsidR="00E56A7E" w:rsidRPr="001B048B" w:rsidRDefault="00D7788E" w:rsidP="00D51D22">
+    <w:p w14:paraId="02948255" w14:textId="39E66111" w:rsidR="00E56A7E" w:rsidRPr="001B048B" w:rsidRDefault="00D7788E" w:rsidP="00D51D22">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-840"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>כלכלה וניהול</w:t>
       </w:r>
       <w:r w:rsidR="001E2A43">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:hint="cs"/>
@@ -592,84 +646,50 @@
       <w:r w:rsidR="00A627E6" w:rsidRPr="001B048B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">ניהול לוגיסטי וניהול </w:t>
       </w:r>
       <w:r w:rsidR="00E401E7" w:rsidRPr="001B048B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">כספים במערכת </w:t>
       </w:r>
       <w:r w:rsidR="00E401E7" w:rsidRPr="001B048B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
         </w:rPr>
         <w:t>SAP S/4 HANA</w:t>
       </w:r>
       <w:r w:rsidR="00E401E7" w:rsidRPr="001B048B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:t>, ניהול ועיתוד</w:t>
       </w:r>
       <w:r w:rsidR="00EB68A4" w:rsidRPr="001B048B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> מלאי</w:t>
       </w:r>
       <w:r w:rsidR="004111F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="216BF467" w14:textId="374A8A37" w:rsidR="00D7788E" w:rsidRDefault="00D7788E" w:rsidP="00D51D22">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -746,72 +766,72 @@
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
         </w:rPr>
         <w:t>SAP S/4 HANA</w:t>
       </w:r>
       <w:r w:rsidR="006632C0" w:rsidRPr="001B048B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006632C0" w:rsidRPr="001B048B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006632C0" w:rsidRPr="001B048B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t>כלכלת מערכות מידע.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E12ED5" w14:textId="1422A2DD" w:rsidR="00D7788E" w:rsidRPr="001B048B" w:rsidRDefault="00D7788E" w:rsidP="00D51D22">
+    <w:p w14:paraId="32E12ED5" w14:textId="1692626D" w:rsidR="00D7788E" w:rsidRPr="001B048B" w:rsidRDefault="00001A29" w:rsidP="00D51D22">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-840"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:t>מנהל מערכות בריאות</w:t>
+        <w:t>שירותי אנוש</w:t>
       </w:r>
       <w:r w:rsidR="006632C0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E727D5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="006632C0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:hint="cs"/>
           <w:b/>
@@ -3189,76 +3209,76 @@
     <w:p w14:paraId="21525A78" w14:textId="187733DC" w:rsidR="003D3BA2" w:rsidRPr="005E4629" w:rsidRDefault="003D3BA2" w:rsidP="00CB6221">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-840"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi"/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003D3BA2" w:rsidRPr="005E4629" w:rsidSect="00B230F7">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="0" w:right="1800" w:bottom="426" w:left="1800" w:header="0" w:footer="510" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74C30F94" w14:textId="77777777" w:rsidR="00BB76C7" w:rsidRDefault="00BB76C7" w:rsidP="00F66134">
+    <w:p w14:paraId="275B3428" w14:textId="77777777" w:rsidR="00E34A26" w:rsidRDefault="00E34A26" w:rsidP="00F66134">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D3ABA5D" w14:textId="77777777" w:rsidR="00BB76C7" w:rsidRDefault="00BB76C7" w:rsidP="00F66134">
+    <w:p w14:paraId="41828289" w14:textId="77777777" w:rsidR="00E34A26" w:rsidRDefault="00E34A26" w:rsidP="00F66134">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -3282,95 +3302,95 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7FB91A45" w14:textId="77777777" w:rsidR="00BB76C7" w:rsidRDefault="00BB76C7" w:rsidP="00F66134">
+    <w:p w14:paraId="588A9DC1" w14:textId="77777777" w:rsidR="00E34A26" w:rsidRDefault="00E34A26" w:rsidP="00F66134">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="411CE124" w14:textId="77777777" w:rsidR="00BB76C7" w:rsidRDefault="00BB76C7" w:rsidP="00F66134">
+    <w:p w14:paraId="2B1DAF85" w14:textId="77777777" w:rsidR="00E34A26" w:rsidRDefault="00E34A26" w:rsidP="00F66134">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2223ACAB" w14:textId="77777777" w:rsidR="00073BD4" w:rsidRDefault="00073BD4">
     <w:pPr>
       <w:pStyle w:val="1"/>
       <w:rPr>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4DA3DCC9" w14:textId="77777777" w:rsidR="00F66134" w:rsidRPr="00F66134" w:rsidRDefault="00F66134" w:rsidP="00F66134">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2259DB7F" w14:textId="77777777" w:rsidR="00073BD4" w:rsidRDefault="00073BD4"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05D452BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8ECDA18"/>
     <w:lvl w:ilvl="0" w:tplc="4EDA71A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -5661,76 +5681,76 @@
   <w:num w:numId="15" w16cid:durableId="1745251540">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="307326588">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1385831298">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="624628701">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1427387698">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="464278307">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1861359662">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F66134"/>
+    <w:rsid w:val="00001A29"/>
     <w:rsid w:val="000244BF"/>
     <w:rsid w:val="000325F3"/>
     <w:rsid w:val="00034821"/>
     <w:rsid w:val="000531B5"/>
     <w:rsid w:val="00073BD4"/>
     <w:rsid w:val="00074184"/>
     <w:rsid w:val="000C61AA"/>
     <w:rsid w:val="000D42C5"/>
     <w:rsid w:val="000D48B2"/>
     <w:rsid w:val="000E35C5"/>
     <w:rsid w:val="00113B0A"/>
     <w:rsid w:val="00122CF6"/>
     <w:rsid w:val="001752EA"/>
     <w:rsid w:val="001B048B"/>
     <w:rsid w:val="001E2A43"/>
     <w:rsid w:val="001E35FD"/>
     <w:rsid w:val="0020027D"/>
     <w:rsid w:val="002206F7"/>
     <w:rsid w:val="00221DC1"/>
     <w:rsid w:val="00235FE8"/>
     <w:rsid w:val="002424DE"/>
     <w:rsid w:val="00252343"/>
     <w:rsid w:val="00261896"/>
     <w:rsid w:val="002675C6"/>
     <w:rsid w:val="0028543D"/>
@@ -5741,185 +5761,190 @@
     <w:rsid w:val="002C587D"/>
     <w:rsid w:val="0031793C"/>
     <w:rsid w:val="00331431"/>
     <w:rsid w:val="00347E72"/>
     <w:rsid w:val="00354BE3"/>
     <w:rsid w:val="00376324"/>
     <w:rsid w:val="00376554"/>
     <w:rsid w:val="003A58A2"/>
     <w:rsid w:val="003C311B"/>
     <w:rsid w:val="003C3CA8"/>
     <w:rsid w:val="003D3BA2"/>
     <w:rsid w:val="003F061A"/>
     <w:rsid w:val="003F51F7"/>
     <w:rsid w:val="004111F9"/>
     <w:rsid w:val="00426C07"/>
     <w:rsid w:val="004276AC"/>
     <w:rsid w:val="004440A9"/>
     <w:rsid w:val="004543AC"/>
     <w:rsid w:val="00455E77"/>
     <w:rsid w:val="00457434"/>
     <w:rsid w:val="004841A1"/>
     <w:rsid w:val="004C3016"/>
     <w:rsid w:val="004D3404"/>
     <w:rsid w:val="004D3B60"/>
     <w:rsid w:val="004F07B5"/>
+    <w:rsid w:val="00506D02"/>
     <w:rsid w:val="00552987"/>
     <w:rsid w:val="00557427"/>
     <w:rsid w:val="00574C64"/>
     <w:rsid w:val="005B0D2F"/>
     <w:rsid w:val="005B0EB6"/>
     <w:rsid w:val="005C33EE"/>
     <w:rsid w:val="005C50E7"/>
     <w:rsid w:val="005E4629"/>
     <w:rsid w:val="005F34DA"/>
     <w:rsid w:val="00600E7A"/>
     <w:rsid w:val="006170F7"/>
     <w:rsid w:val="006632C0"/>
     <w:rsid w:val="00673873"/>
     <w:rsid w:val="00695818"/>
     <w:rsid w:val="006974C4"/>
     <w:rsid w:val="006A2234"/>
     <w:rsid w:val="006B5AF6"/>
     <w:rsid w:val="006C6624"/>
     <w:rsid w:val="006D4F79"/>
     <w:rsid w:val="006D5F72"/>
     <w:rsid w:val="006F477E"/>
     <w:rsid w:val="00736450"/>
     <w:rsid w:val="00786832"/>
     <w:rsid w:val="007A68F6"/>
     <w:rsid w:val="007A7503"/>
     <w:rsid w:val="007A7E9F"/>
     <w:rsid w:val="007C0763"/>
     <w:rsid w:val="007C1203"/>
     <w:rsid w:val="007C4958"/>
     <w:rsid w:val="007F4633"/>
     <w:rsid w:val="00816CDC"/>
     <w:rsid w:val="00822B8D"/>
     <w:rsid w:val="00854039"/>
     <w:rsid w:val="0086287A"/>
     <w:rsid w:val="00890F52"/>
     <w:rsid w:val="008A0580"/>
     <w:rsid w:val="008A2EFF"/>
     <w:rsid w:val="008C32DD"/>
     <w:rsid w:val="008D1D12"/>
     <w:rsid w:val="008D563A"/>
     <w:rsid w:val="00942A03"/>
     <w:rsid w:val="00953A34"/>
     <w:rsid w:val="00956942"/>
+    <w:rsid w:val="009619BD"/>
     <w:rsid w:val="009D3AAA"/>
     <w:rsid w:val="009E52E7"/>
     <w:rsid w:val="00A10DB8"/>
     <w:rsid w:val="00A15345"/>
     <w:rsid w:val="00A1576C"/>
     <w:rsid w:val="00A535A1"/>
     <w:rsid w:val="00A627E6"/>
     <w:rsid w:val="00A65D50"/>
     <w:rsid w:val="00A71120"/>
     <w:rsid w:val="00A965B8"/>
     <w:rsid w:val="00AB181B"/>
     <w:rsid w:val="00AC5FFF"/>
     <w:rsid w:val="00AD752A"/>
     <w:rsid w:val="00AF5889"/>
     <w:rsid w:val="00B230F7"/>
     <w:rsid w:val="00B54EAA"/>
     <w:rsid w:val="00B94C07"/>
     <w:rsid w:val="00BB76C7"/>
     <w:rsid w:val="00BD6116"/>
     <w:rsid w:val="00C032F8"/>
     <w:rsid w:val="00C224EC"/>
     <w:rsid w:val="00C626B1"/>
     <w:rsid w:val="00C6510F"/>
     <w:rsid w:val="00CA6070"/>
     <w:rsid w:val="00CB6221"/>
     <w:rsid w:val="00CC6A1D"/>
     <w:rsid w:val="00CD2AAF"/>
     <w:rsid w:val="00D13833"/>
     <w:rsid w:val="00D262CF"/>
     <w:rsid w:val="00D51D22"/>
     <w:rsid w:val="00D67DF1"/>
     <w:rsid w:val="00D7225D"/>
     <w:rsid w:val="00D7788E"/>
     <w:rsid w:val="00DB1F05"/>
     <w:rsid w:val="00DB32DC"/>
     <w:rsid w:val="00DE034B"/>
     <w:rsid w:val="00DE395C"/>
     <w:rsid w:val="00DE5886"/>
     <w:rsid w:val="00DF350B"/>
     <w:rsid w:val="00E11B0D"/>
     <w:rsid w:val="00E32F83"/>
+    <w:rsid w:val="00E34A26"/>
     <w:rsid w:val="00E401E7"/>
     <w:rsid w:val="00E56A7E"/>
     <w:rsid w:val="00E63D05"/>
     <w:rsid w:val="00E727D5"/>
     <w:rsid w:val="00E85BFF"/>
     <w:rsid w:val="00EA28A0"/>
     <w:rsid w:val="00EA6128"/>
     <w:rsid w:val="00EB68A4"/>
     <w:rsid w:val="00EB7B50"/>
     <w:rsid w:val="00EE1510"/>
     <w:rsid w:val="00EE2CDC"/>
     <w:rsid w:val="00EF6E6C"/>
     <w:rsid w:val="00F019E3"/>
     <w:rsid w:val="00F02F7E"/>
     <w:rsid w:val="00F064E8"/>
     <w:rsid w:val="00F32B2E"/>
     <w:rsid w:val="00F5347E"/>
+    <w:rsid w:val="00F62B97"/>
     <w:rsid w:val="00F66134"/>
     <w:rsid w:val="00F92968"/>
     <w:rsid w:val="00FB1FBC"/>
+    <w:rsid w:val="00FC46B7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="43C3812F"/>
   <w15:docId w15:val="{089DE097-024E-4BBE-9FF7-317DA36CA417}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6426,51 +6451,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="טקסט בלונים תו"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AF5889"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="268780065">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="447434775">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6767,123 +6792,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...71 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="מסמך" ma:contentTypeID="0x010100A355245F8A7E9548BF16F6BAB9441DFF" ma:contentTypeVersion="171" ma:contentTypeDescription="צור מסמך חדש." ma:contentTypeScope="" ma:versionID="6868c57b658bee2c975849efda40ebfa">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bc24395-5445-4cf0-9cff-a32c215bef19" xmlns:ns3="41aa2188-3a2f-4fba-a079-e85bc9aa5509" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0c0fb8fed64cc4902a9ce85c56e7b85a" ns2:_="" ns3:_="">
     <xsd:import namespace="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
     <xsd:import namespace="41aa2188-3a2f-4fba-a079-e85bc9aa5509"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:_x05ea__x05d9__x05d0__x05d5__x05e8_" minOccurs="0"/>
                 <xsd:element ref="ns3:_x005f_x05de__x005f_x05d7__x005f_x05dc__x005f_x05e7__x005f_x05d4_" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
@@ -7095,133 +7047,206 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_x05ea__x05d9__x05d0__x05d5__x05e8_ xmlns="41aa2188-3a2f-4fba-a079-e85bc9aa5509" xsi:nil="true"/>
+    <_x005f_x05de__x005f_x05d7__x005f_x05dc__x005f_x05e7__x005f_x05d4_ xmlns="41aa2188-3a2f-4fba-a079-e85bc9aa5509" xsi:nil="true"/>
+    <_dlc_DocId xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19">PTVKRP5U7ZSZ-158889550-1279736</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19">
+      <Url>https://yvcac.sharepoint.com/sites/Economics/_layouts/15/DocIdRedir.aspx?ID=PTVKRP5U7ZSZ-158889550-1279736</Url>
+      <Description>PTVKRP5U7ZSZ-158889550-1279736</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285BFF1D-17A7-479C-AF53-FDDC85921E8C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
     <ds:schemaRef ds:uri="41aa2188-3a2f-4fba-a079-e85bc9aa5509"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11E8CDED-2EA3-4643-9BB8-0633B31BF00E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="41aa2188-3a2f-4fba-a079-e85bc9aa5509"/>
+    <ds:schemaRef ds:uri="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B3E1D59-F276-4207-980A-91F3E6C9A49F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E65E3B5-A96F-4B76-A0B1-2AD69D241CFC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>471</Words>
-  <Characters>2690</Characters>
+  <Words>478</Words>
+  <Characters>2728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Rambam Medical Center</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3155</CharactersWithSpaces>
+  <CharactersWithSpaces>3200</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marc Chomik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A355245F8A7E9548BF16F6BAB9441DFF</vt:lpwstr>