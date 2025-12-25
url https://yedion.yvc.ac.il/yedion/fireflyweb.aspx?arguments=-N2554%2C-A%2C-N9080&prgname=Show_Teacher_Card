--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -12,187 +12,189 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="53BD29F1" w14:textId="60714BEE" w:rsidR="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00B90A44">
+    <w:p w14:paraId="53BD29F1" w14:textId="28EE4E1D" w:rsidR="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00B90A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00501F07">
+      <w:r w:rsidRPr="50E6B0EA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Name:</w:t>
       </w:r>
-      <w:r w:rsidR="00783A86" w:rsidRPr="00501F07">
+      <w:r w:rsidR="00783A86" w:rsidRPr="50E6B0EA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Shiran Bord</w:t>
       </w:r>
-      <w:r w:rsidR="00783A86" w:rsidRPr="00501F07">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00783A86" w:rsidRPr="50E6B0EA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00783A86" w:rsidRPr="00501F07">
+      <w:r w:rsidRPr="50E6B0EA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00783A86" w:rsidRPr="00501F07">
+        <w:t>Date:</w:t>
+      </w:r>
+      <w:r w:rsidR="00783A86" w:rsidRPr="50E6B0EA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00783A86" w:rsidRPr="00501F07">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00671804" w:rsidRPr="50E6B0EA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00501F07">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00783A86" w:rsidRPr="50E6B0EA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:tab/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00783A86" w:rsidRPr="00501F07">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00202D23">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00671804">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="006007AB">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00783A86" w:rsidRPr="00501F07">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00783A86" w:rsidRPr="50E6B0EA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00671804">
-[...1 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+      <w:r w:rsidR="00BF7010" w:rsidRPr="50E6B0EA">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:rtl/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00783A86" w:rsidRPr="00501F07">
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00202D23">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...8 lines deleted...]
-        <w:t>2024</w:t>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24429271" w14:textId="17D03424" w:rsidR="009570B9" w:rsidRPr="00501F07" w:rsidRDefault="009570B9" w:rsidP="009570B9">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4384EFA9" w14:textId="7CE12401" w:rsidR="009570B9" w:rsidRPr="00501F07" w:rsidRDefault="00951CC5" w:rsidP="009570B9">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1402,62 +1404,52 @@
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53BD2A28" w14:textId="77777777" w:rsidR="006B5A89" w:rsidRPr="00501F07" w:rsidRDefault="006B5A89" w:rsidP="00B90A44">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">Host: </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prof. Davor </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Prof. Davor Jezek</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53BD2A29" w14:textId="77777777" w:rsidR="006B5A89" w:rsidRPr="00501F07" w:rsidRDefault="006B5A89" w:rsidP="00B90A44">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>10/2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1783,336 +1775,256 @@
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4907C926" w14:textId="5E222CBC" w:rsidR="009570B9" w:rsidRPr="00501F07" w:rsidRDefault="009570B9" w:rsidP="00B90A44">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Systems Management Department, The Max Stern </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00501F07">
+              <w:t>Health Systems Management Department, The Max Stern Yezreel Valley College.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ABC998F" w14:textId="12AE20F3" w:rsidR="009570B9" w:rsidRPr="00501F07" w:rsidRDefault="009570B9" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r>
+              <w:t>April 2024- present</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA2EA8" w:rsidRPr="00501F07" w14:paraId="573F5325" w14:textId="77777777" w:rsidTr="00A91011">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6158018B" w14:textId="4037BAE7" w:rsidR="00EA2EA8" w:rsidRPr="00501F07" w:rsidRDefault="00172BEE" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:t>Senior lecturer</w:t>
+            </w:r>
+            <w:r w:rsidR="008434AF" w:rsidRPr="00501F07">
+              <w:t xml:space="preserve"> (with </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD0993" w:rsidRPr="00501F07">
+              <w:t>tenure)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08400A24" w14:textId="602CD9D6" w:rsidR="00EA2EA8" w:rsidRPr="00501F07" w:rsidRDefault="00172BEE" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Yezreel</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Valley College.</w:t>
+              <w:t>Health Systems Management Department, The Max Stern Yezreel Valley College.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4ABC998F" w14:textId="12AE20F3" w:rsidR="009570B9" w:rsidRPr="00501F07" w:rsidRDefault="009570B9" w:rsidP="00B90A44">
-[...6 lines deleted...]
-              <w:t>April 2024- present</w:t>
+          <w:p w14:paraId="1BD1B5FC" w14:textId="04FBCC48" w:rsidR="00EA2EA8" w:rsidRPr="00501F07" w:rsidRDefault="00172BEE" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:t>February 2021-</w:t>
+            </w:r>
+            <w:r w:rsidR="009570B9">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009570B9">
+              <w:t>March 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA2EA8" w:rsidRPr="00501F07" w14:paraId="573F5325" w14:textId="77777777" w:rsidTr="00A91011">
+      <w:tr w:rsidR="00BB749F" w:rsidRPr="00501F07" w14:paraId="4A536683" w14:textId="77777777" w:rsidTr="00A91011">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6158018B" w14:textId="4037BAE7" w:rsidR="00EA2EA8" w:rsidRPr="00501F07" w:rsidRDefault="00172BEE" w:rsidP="00B90A44">
+          <w:p w14:paraId="26C31794" w14:textId="469DC9C0" w:rsidR="00BB749F" w:rsidRPr="00501F07" w:rsidRDefault="00BB749F" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:t>Senior lecturer</w:t>
             </w:r>
-            <w:r w:rsidR="008434AF" w:rsidRPr="00501F07">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08400A24" w14:textId="602CD9D6" w:rsidR="00EA2EA8" w:rsidRPr="00501F07" w:rsidRDefault="00172BEE" w:rsidP="00B90A44">
+          <w:p w14:paraId="256C43D0" w14:textId="2E51ADE2" w:rsidR="00BB749F" w:rsidRPr="00501F07" w:rsidRDefault="00BB749F" w:rsidP="00B90A44">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Systems Management Department, The Max Stern </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00501F07">
+              <w:t>Health Systems Management Department, The Max Stern Yezreel Valley College.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45723B22" w14:textId="0E88767F" w:rsidR="00BB749F" w:rsidRPr="00501F07" w:rsidRDefault="00BB749F" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:t>June 2018- February 2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB749F" w:rsidRPr="00501F07" w14:paraId="709E3AF7" w14:textId="77777777" w:rsidTr="00A91011">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07BD19E7" w14:textId="70D8DEE3" w:rsidR="00BB749F" w:rsidRPr="00501F07" w:rsidRDefault="00BB749F" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:t>Senior lecturer (proposed rank)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9779B9" w14:textId="4AEB8F3E" w:rsidR="00BB749F" w:rsidRPr="00501F07" w:rsidRDefault="00BB749F" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Yezreel</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Valley College.</w:t>
-[...175 lines deleted...]
-              <w:t xml:space="preserve"> Valley College.</w:t>
+              <w:t>Health Systems Management Department, The Max Stern Yezreel Valley College.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A25A0FF" w14:textId="49E32333" w:rsidR="00BB749F" w:rsidRPr="00501F07" w:rsidRDefault="00BB749F" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:t>2017-</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2146,170 +2058,130 @@
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58917178" w14:textId="755AB9DB" w:rsidR="00BB749F" w:rsidRPr="00501F07" w:rsidRDefault="00BB749F" w:rsidP="00B90A44">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nursing Department, The Max Stern </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00501F07">
+              <w:t xml:space="preserve">Nursing Department, The Max Stern Yezreel Valley College. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBAF1DE" w14:textId="3498FFF2" w:rsidR="00BB749F" w:rsidRPr="00501F07" w:rsidRDefault="00BB749F" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2015-2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB749F" w:rsidRPr="00501F07" w14:paraId="3093DE27" w14:textId="77777777" w:rsidTr="00A91011">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1986" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02F9307C" w14:textId="3066F203" w:rsidR="00BB749F" w:rsidRPr="00501F07" w:rsidRDefault="00BB749F" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Teaching associate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4111" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC5B66D" w14:textId="785F2325" w:rsidR="00BB749F" w:rsidRPr="00501F07" w:rsidRDefault="00BB749F" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:pStyle w:val="10"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Yezreel</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Valley College. </w:t>
-[...98 lines deleted...]
-              <w:t xml:space="preserve"> Valley College </w:t>
+              <w:t xml:space="preserve">Health Systems Management Department, The Max Stern Yezreel Valley College </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37F441FA" w14:textId="74D43C46" w:rsidR="00BB749F" w:rsidRPr="00501F07" w:rsidRDefault="00BB749F" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2015-2017</w:t>
             </w:r>
           </w:p>
@@ -2659,327 +2531,310 @@
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1228"/>
         <w:gridCol w:w="7078"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F820EF" w:rsidRPr="00501F07" w14:paraId="039AACC4" w14:textId="77777777" w:rsidTr="00D95574">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8306" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E454CA8" w14:textId="199CF7D6" w:rsidR="00F820EF" w:rsidRPr="00501F07" w:rsidRDefault="0088097E" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">In </w:t>
             </w:r>
             <w:r w:rsidR="00F820EF" w:rsidRPr="00501F07">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>the University of Haifa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D95574" w:rsidRPr="00501F07" w14:paraId="1C96FCB9" w14:textId="77777777" w:rsidTr="00D95574">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1228" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FE2859C" w14:textId="0400E78E" w:rsidR="00D95574" w:rsidRPr="00501F07" w:rsidRDefault="00D95574" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:t>2016- 2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="102CAA89" w14:textId="14CE123A" w:rsidR="00D95574" w:rsidRPr="00501F07" w:rsidRDefault="00D95574" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:t xml:space="preserve">Scientific </w:t>
             </w:r>
             <w:r w:rsidR="00387167" w:rsidRPr="00501F07">
               <w:t>Director</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:t xml:space="preserve">Center for </w:t>
             </w:r>
             <w:r w:rsidR="00B033F1" w:rsidRPr="00501F07">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:t>Evaluation of Health Promotion Interventions, School of public health, University of Haifa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D95574" w:rsidRPr="00501F07" w14:paraId="5C24D7FB" w14:textId="77777777" w:rsidTr="00D95574">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8306" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18B3E092" w14:textId="77777777" w:rsidR="00700489" w:rsidRPr="00501F07" w:rsidRDefault="00700489" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="52C3358C" w14:textId="0B640F84" w:rsidR="00D95574" w:rsidRPr="00501F07" w:rsidRDefault="00D95574" w:rsidP="00700489">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">In the Max Stern </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F864A8" w:rsidRPr="00501F07">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Yezreel</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00F864A8" w:rsidRPr="00501F07">
+              <w:t xml:space="preserve">Yezreel Valley </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> Valley </w:t>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">College </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="595F7D02" w14:textId="77777777" w:rsidR="00C916E4" w:rsidRPr="00501F07" w:rsidRDefault="00C916E4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:t>* Since receiving senior lecturer rank</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3877848D" w14:textId="5081E2D7" w:rsidR="0044497B" w:rsidRPr="00501F07" w:rsidRDefault="00C916E4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:t xml:space="preserve">** Since receiving tenure position </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE43BE" w:rsidRPr="00501F07" w14:paraId="49167B3F" w14:textId="77777777" w:rsidTr="00D95574">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1228" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E1EE3A6" w14:textId="12733334" w:rsidR="00FE43BE" w:rsidRPr="00501F07" w:rsidRDefault="00FE43BE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>10/202</w:t>
             </w:r>
             <w:r w:rsidR="00D61900" w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>- Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02105EEE" w14:textId="70D91192" w:rsidR="00FE43BE" w:rsidRPr="00501F07" w:rsidRDefault="00FE43BE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>**Head, internationalization office</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE43BE" w:rsidRPr="00501F07" w14:paraId="6A41C1E5" w14:textId="77777777" w:rsidTr="00D95574">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1228" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3029E237" w14:textId="78A55728" w:rsidR="00FE43BE" w:rsidRPr="00501F07" w:rsidRDefault="00FE43BE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>2021- Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51D818F1" w14:textId="7A0D8460" w:rsidR="00FE43BE" w:rsidRPr="00501F07" w:rsidRDefault="00FE43BE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">**Head, </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>institutional MA</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
@@ -2987,190 +2842,228 @@
                 <w:rtl/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>studies</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> Committee</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE43BE" w:rsidRPr="00501F07" w14:paraId="62CC205F" w14:textId="77777777" w:rsidTr="00D95574">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1228" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70E495B1" w14:textId="739C57F9" w:rsidR="00FE43BE" w:rsidRPr="00501F07" w:rsidRDefault="00FE43BE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>2021- Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C4F8C75" w14:textId="4FE7EA76" w:rsidR="00FE43BE" w:rsidRPr="00501F07" w:rsidRDefault="00FE43BE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>**Member</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">, institutional prolonged </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
                 <w:rtl/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>training</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> Committee</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE43BE" w:rsidRPr="00501F07" w14:paraId="3D8FDD23" w14:textId="77777777" w:rsidTr="00D95574">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1228" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-              <w:t>2019-Present</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="1B8DC1CE" w14:textId="4496C483" w:rsidR="00FE43BE" w:rsidRPr="00501F07" w:rsidRDefault="00FE43BE" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>2019-</w:t>
+            </w:r>
+            <w:r w:rsidR="005D4333">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-              <w:t>*Department head, MA in Health Systems Management</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="2850C485" w14:textId="29B2E391" w:rsidR="00FE43BE" w:rsidRPr="00501F07" w:rsidRDefault="00FE43BE" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*Department head, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0024007A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>Master in Health Administration</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0024007A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="0024007A" w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="0024007A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>.H.</w:t>
+            </w:r>
+            <w:r w:rsidR="0024007A" w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="0024007A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE43BE" w:rsidRPr="00501F07" w14:paraId="28785A3B" w14:textId="77777777" w:rsidTr="00D95574">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1228" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38FACEFF" w14:textId="5DD720D2" w:rsidR="00FE43BE" w:rsidRPr="00501F07" w:rsidRDefault="00FE43BE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>2019-2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08E3DBEA" w14:textId="2113078F" w:rsidR="00FE43BE" w:rsidRPr="00501F07" w:rsidRDefault="00FE43BE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Member</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
@@ -3185,76 +3078,74 @@
                 <w:rtl/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>studies</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> Committee</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE43BE" w:rsidRPr="00501F07" w14:paraId="6CAC1619" w14:textId="77777777" w:rsidTr="00D95574">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1228" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A6F6640" w14:textId="276644FB" w:rsidR="00FE43BE" w:rsidRPr="00501F07" w:rsidRDefault="00FE43BE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>2018- present</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7078" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EB263D2" w14:textId="077B928B" w:rsidR="00FE43BE" w:rsidRPr="00501F07" w:rsidRDefault="00FE43BE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>*Member, Teaching Committee (B.A.), Department of Health Systems Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A54EC35" w14:textId="77777777" w:rsidR="00F820EF" w:rsidRPr="00501F07" w:rsidRDefault="00F820EF" w:rsidP="00C2138F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -3279,97 +3170,161 @@
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Scholarly Positions and Activities outside the Institution</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8614" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1271"/>
         <w:gridCol w:w="7343"/>
       </w:tblGrid>
+      <w:tr w:rsidR="00B57E2B" w:rsidRPr="00501F07" w14:paraId="383F8A60" w14:textId="77777777" w:rsidTr="002C3DAF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E52A4BF" w14:textId="26D9EA7E" w:rsidR="00B57E2B" w:rsidRPr="00501F07" w:rsidRDefault="00B57E2B" w:rsidP="00B57E2B">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>July 2024- Present</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7343" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1386DFAC" w14:textId="3FF8D656" w:rsidR="00B57E2B" w:rsidRPr="00B57E2B" w:rsidRDefault="00B57E2B" w:rsidP="00B57E2B">
+            <w:pPr>
+              <w:pStyle w:val="xmsonormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Member, Israel </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B57E2B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>National Council for Health Promotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00DA6B38" w:rsidRPr="00501F07" w14:paraId="04965101" w14:textId="77777777" w:rsidTr="002C3DAF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D7AD24B" w14:textId="77777777" w:rsidR="00DA6B38" w:rsidRPr="00501F07" w:rsidRDefault="00DA6B38" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>September 2023</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75CE3327" w14:textId="2A60BB7E" w:rsidR="002C3DAF" w:rsidRPr="00501F07" w:rsidRDefault="002C3DAF" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>End date- September 2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7343" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37AC9434" w14:textId="5F45528C" w:rsidR="002C3DAF" w:rsidRPr="00501F07" w:rsidRDefault="00DF1D1B" w:rsidP="00B90A44">
             <w:pPr>
               <w:pStyle w:val="xmsonormal"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
             <w:r w:rsidR="002C3DAF" w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
@@ -3480,366 +3435,354 @@
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:anchor="tabs|Name:management-committee" w:history="1">
               <w:r w:rsidRPr="00501F07">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:t>https://www.cost.eu/actions/CA22159/#tabs|Name:management-committee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A828B2" w:rsidRPr="00501F07" w14:paraId="5395DEB6" w14:textId="77777777" w:rsidTr="002C3DAF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="648CB1B7" w14:textId="0F033E93" w:rsidR="00A828B2" w:rsidRPr="00501F07" w:rsidRDefault="00981404" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>May 2023- August 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7343" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="048A957F" w14:textId="0CCB5FA8" w:rsidR="00A828B2" w:rsidRPr="00501F07" w:rsidRDefault="00981404" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
             <w:r w:rsidR="00A828B2" w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Member of the National Action Team for Smoking Prevention, The Israel Ministry of Health</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F833B6" w:rsidRPr="00501F07" w14:paraId="1633EDE7" w14:textId="77777777" w:rsidTr="002C3DAF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37BD9B96" w14:textId="6F82A74A" w:rsidR="00F833B6" w:rsidRPr="00501F07" w:rsidRDefault="00F833B6" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>July 2022-Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7343" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00068BF5" w14:textId="0258BFD7" w:rsidR="00F833B6" w:rsidRPr="00501F07" w:rsidRDefault="00F833B6" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">**Co-editor, Health Promotion in Israel </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
               </w:rPr>
               <w:t>(in Hebrew)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0008183D" w:rsidRPr="00501F07" w14:paraId="754204AC" w14:textId="77777777" w:rsidTr="002C3DAF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D9D9CD2" w14:textId="0E31B6F5" w:rsidR="0008183D" w:rsidRPr="00501F07" w:rsidRDefault="0008183D" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>July 2022- August 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7343" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22962624" w14:textId="24449C1D" w:rsidR="0008183D" w:rsidRPr="00501F07" w:rsidRDefault="0008183D" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">**Guest editor, special issue of </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vaccines </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>(IF=4.422, Q1) on the topic of "Vaccination hesitancy across the globe"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00170273" w:rsidRPr="00501F07" w14:paraId="6D011F88" w14:textId="77777777" w:rsidTr="002C3DAF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="140AF9DE" w14:textId="457AEB5F" w:rsidR="00170273" w:rsidRPr="00501F07" w:rsidRDefault="00170273" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2021-Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7343" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04207A51" w14:textId="17A4755B" w:rsidR="00170273" w:rsidRPr="00501F07" w:rsidRDefault="00170273" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">**Member and volunteer, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
               </w:rPr>
               <w:t>Midaat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> non-profit association for informed health </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F6488D" w:rsidRPr="00501F07" w14:paraId="4C33D76F" w14:textId="77777777" w:rsidTr="002C3DAF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7777119E" w14:textId="7EA326CF" w:rsidR="00F6488D" w:rsidRPr="00501F07" w:rsidRDefault="00F6488D" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">June 2020-July 2022 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7343" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DEBDAC1" w14:textId="5414D3DA" w:rsidR="00F6488D" w:rsidRPr="00501F07" w:rsidRDefault="00F6488D" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>*Editorial board member, Health Promotion in Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F820EF" w:rsidRPr="00501F07" w14:paraId="42681557" w14:textId="77777777" w:rsidTr="002C3DAF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23831AAC" w14:textId="72A3A583" w:rsidR="00F820EF" w:rsidRPr="00501F07" w:rsidRDefault="007D2177" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2019-Present</w:t>
             </w:r>
             <w:r w:rsidR="00F820EF" w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7343" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77A2FA45" w14:textId="7AC98EA5" w:rsidR="00F820EF" w:rsidRPr="00501F07" w:rsidRDefault="000C025E" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="00D862B5" w:rsidRPr="00501F07">
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00F820EF" w:rsidRPr="00501F07">
               <w:t xml:space="preserve">ember, </w:t>
             </w:r>
             <w:r w:rsidR="009A4076" w:rsidRPr="00501F07">
               <w:t xml:space="preserve">the ethics committee of Haifa district, </w:t>
             </w:r>
             <w:r w:rsidR="00D25705" w:rsidRPr="00501F07">
               <w:t xml:space="preserve">Israel </w:t>
             </w:r>
             <w:r w:rsidR="009A4076" w:rsidRPr="00501F07">
               <w:t xml:space="preserve">Ministry of </w:t>
             </w:r>
@@ -4555,2837 +4498,3559 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53BD2A59" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00501F07" w:rsidRDefault="00951CC5" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C466C" w:rsidRPr="00501F07" w14:paraId="06D88997" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="06CF0F3D" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B8B216B" w14:textId="567ACCC1" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="616BDDCE" w14:textId="66204004" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Oral presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="138DDB4B" w14:textId="400DFA74" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00867C26">
+          <w:p w14:paraId="022923FF" w14:textId="06E696CA" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00501F07">
+            <w:r w:rsidRPr="006F42D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Examination of the Effectiveness of a Public Health Nurses' National Call Center for Young Families</w:t>
+              <w:t>The Role of Self-Care and Self-Compassion in Predicting Physical and Mental Health Among Mothers of Young Children.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6E3242D8" w14:textId="77777777" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          </w:tcPr>
+          <w:p w14:paraId="7F56A049" w14:textId="43107023" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00501F07">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dublin, Ireland </w:t>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              <w:t>Bangkok, Thailand</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="395008A2" w14:textId="5A5A7E43" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-              <w:spacing w:before="120" w:after="120"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00501F07">
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F42D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00501F07">
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00501F07">
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F42D3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> European Public Health Conference</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Women's Leadership and Empowerment Conference </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F42D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>WLEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00501F07">
+          </w:tcPr>
+          <w:p w14:paraId="4E67FFD9" w14:textId="6DA78079" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>11</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006F42D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-              </w:rPr>
-[...12 lines deleted...]
-            </w:pPr>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>3/2025</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C466C" w:rsidRPr="00501F07" w14:paraId="24BE5273" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="00DE773B" w:rsidRPr="00501F07" w14:paraId="7B6DCDFF" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42D8883A" w14:textId="272C10F9" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="50883DBF" w14:textId="6F8D3A78" w:rsidR="00DE773B" w:rsidRPr="00501F07" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Oral presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07EF00A0" w14:textId="58430974" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00867C26">
+          <w:p w14:paraId="15B5B722" w14:textId="050061FA" w:rsidR="00DE773B" w:rsidRPr="00501F07" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00501F07">
+            <w:r w:rsidRPr="00DE773B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Students Health Services in Israel from the Paren</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00867C26" w:rsidRPr="00501F07">
+              <w:t>How can healthcare providers reduce the adverse effects of endometriosis on women’s life course?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="773F58A8" w14:textId="6E8B9996" w:rsidR="00DE773B" w:rsidRPr="00501F07" w:rsidRDefault="00DE773B" w:rsidP="00DE773B">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Lisbon, Portugal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="543925E8" w14:textId="5652A866" w:rsidR="00DE773B" w:rsidRPr="00DE773B" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE773B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE773B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE773B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> European Public Health Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F701F4E" w14:textId="75902F9A" w:rsidR="00DE773B" w:rsidRPr="00DE773B" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE773B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>11/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE773B" w:rsidRPr="00501F07" w14:paraId="306B0085" w14:textId="77777777" w:rsidTr="00D10BA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6A974A" w14:textId="757C2265" w:rsidR="00DE773B" w:rsidRPr="00501F07" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Poster presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="303ADF94" w14:textId="48CA9159" w:rsidR="00DE773B" w:rsidRPr="00501F07" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>ts'</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002E6A70" w:rsidRPr="00501F07">
+            </w:pPr>
+            <w:r w:rsidRPr="00DE773B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Evaluation of the Beneficial Parenting Partnership Model Assimilation in Parent-Infant Centers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA0079B" w14:textId="77777777" w:rsidR="00DE773B" w:rsidRPr="00501F07" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5F50B327" w14:textId="77777777" w:rsidR="00DE773B" w:rsidRPr="00E422F7" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="35F5C3F3" w14:textId="77777777" w:rsidR="00DE773B" w:rsidRPr="00E422F7" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE773B" w:rsidRPr="00501F07" w14:paraId="2E18E061" w14:textId="77777777" w:rsidTr="00D10BA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="148E2A1E" w14:textId="3423555F" w:rsidR="00DE773B" w:rsidRPr="00501F07" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Poster presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF26BE9" w14:textId="1E8E64D1" w:rsidR="00DE773B" w:rsidRPr="00501F07" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE773B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>The pivotal role of positive emotions in maintaining nurses’ trust and preventing pandemic fatigue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6B228729" w14:textId="77777777" w:rsidR="00DE773B" w:rsidRPr="00501F07" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="26A80E9B" w14:textId="77777777" w:rsidR="00DE773B" w:rsidRPr="00E422F7" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="18451A91" w14:textId="77777777" w:rsidR="00DE773B" w:rsidRPr="00E422F7" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE773B" w:rsidRPr="00501F07" w14:paraId="47E2950E" w14:textId="77777777" w:rsidTr="00D10BA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D209758" w14:textId="79F6E14C" w:rsidR="00DE773B" w:rsidRPr="00501F07" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Poster presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="265ADD2B" w14:textId="5ED4DB21" w:rsidR="00DE773B" w:rsidRPr="00501F07" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE773B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>How can healthcare professionals assist in improving mothers’ health?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="06E37811" w14:textId="77777777" w:rsidR="00DE773B" w:rsidRPr="00501F07" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5F81D58D" w14:textId="77777777" w:rsidR="00DE773B" w:rsidRPr="00E422F7" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="12EA76F7" w14:textId="77777777" w:rsidR="00DE773B" w:rsidRPr="00E422F7" w:rsidRDefault="00DE773B" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="12F28190" w14:textId="77777777" w:rsidTr="00D10BA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0646A54E" w14:textId="2033DA66" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="001638E1" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Oral presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F405436" w14:textId="2774CB77" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="001638E1" w:rsidP="001638E1">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001638E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Evaluation of the Implementation of the Parents’ Partnership Model in Israel’s Maternal and Child Health Clinics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41EB8245" w14:textId="6E650190" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="001638E1" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>Jerusalem, Israel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02F16511" w14:textId="32927AD5" w:rsidR="006F42D3" w:rsidRPr="00E422F7" w:rsidRDefault="001638E1" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001638E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Annual Conference of the Israeli Association of Public Health Physicians</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1128" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BEE20B" w14:textId="413F7BC0" w:rsidR="006F42D3" w:rsidRPr="00E422F7" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001638E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>9/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE773B" w:rsidRPr="001638E1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="06D88997" w14:textId="77777777" w:rsidTr="00D10BA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8B216B" w14:textId="567ACCC1" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Oral presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="138DDB4B" w14:textId="400DFA74" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Examination of the Effectiveness of a Public Health Nurses' National Call Center for Young Families</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3242D8" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dublin, Ireland </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4422826B" w14:textId="15C19D98" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF22938" w14:textId="398D2E71" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>**16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> European Public Health Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D99BF2" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>/2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37244E31" w14:textId="7E789F76" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="24BE5273" w14:textId="77777777" w:rsidTr="00D10BA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D8883A" w14:textId="272C10F9" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Oral presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07EF00A0" w14:textId="58430974" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Students Health Services in Israel from the Parents'</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Point of View: Mixed-Methods Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="76F7AEA6" w14:textId="585B7828" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="76F7AEA6" w14:textId="585B7828" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="16F3FCCF" w14:textId="0EAB4DF6" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="16F3FCCF" w14:textId="0EAB4DF6" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="29365742" w14:textId="791EBA15" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="29365742" w14:textId="791EBA15" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C466C" w:rsidRPr="00501F07" w14:paraId="7FD0C053" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="7FD0C053" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BEC92BE" w14:textId="73BF3570" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="7BEC92BE" w14:textId="73BF3570" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Oral presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DC67F2E" w14:textId="695EF807" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00867C26">
+          <w:p w14:paraId="3DC67F2E" w14:textId="695EF807" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Examination of the Effectiveness of a Public Health Nurses' National Call Center for Young Families</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0D064905" w14:textId="77777777" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="0D064905" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Tel Aviv, Israel</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0309E0CE" w14:textId="191B902A" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="0309E0CE" w14:textId="191B902A" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="058125B5" w14:textId="1A1D15EE" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="058125B5" w14:textId="1A1D15EE" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>15th Health Policy Annual Conference</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D01F130" w14:textId="1822AE30" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="2D01F130" w14:textId="1822AE30" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4585AF1C" w14:textId="77777777" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="4585AF1C" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>5/2023</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E8E9AAD" w14:textId="4D2C0222" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="3E8E9AAD" w14:textId="4D2C0222" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C466C" w:rsidRPr="00501F07" w14:paraId="0B60B6BE" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="0B60B6BE" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5249CC66" w14:textId="6251B29B" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="5249CC66" w14:textId="6251B29B" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Oral presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52A868C2" w14:textId="77777777" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="52A868C2" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:pStyle w:val="xelementtoproof"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="31" w:hanging="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:color w:val="000000"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>Lessons learned from the epidemiological investigations during COVID-19 in Israel:  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74333F57" w14:textId="672FF686" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="74333F57" w14:textId="672FF686" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:pStyle w:val="xelementtoproof"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
               <w:ind w:left="31" w:hanging="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:color w:val="242424"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>An encounter between organizational fields </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6D11E816" w14:textId="2ECB4525" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="6D11E816" w14:textId="2ECB4525" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="63017B04" w14:textId="046F028F" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="63017B04" w14:textId="046F028F" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4AD93F5D" w14:textId="35135A4E" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="4AD93F5D" w14:textId="35135A4E" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C466C" w:rsidRPr="00501F07" w14:paraId="27E79DED" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="27E79DED" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="757C96ED" w14:textId="08000E7E" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="757C96ED" w14:textId="08000E7E" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Section Co-Chair</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47B6E753" w14:textId="1BDD44C8" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="00E6421B" w:rsidP="00B90A44">
+          <w:p w14:paraId="47B6E753" w14:textId="1BDD44C8" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Strengthening primary and secondary care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED54447" w14:textId="34ECCE2C" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="4ED54447" w14:textId="34ECCE2C" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Berlin, Germany</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="66A92B90" w14:textId="00B94495" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="66A92B90" w14:textId="00B94495" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>**15</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> European Public Health Conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="02F91001" w14:textId="5292D479" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="02F91001" w14:textId="5292D479" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>11/2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C466C" w:rsidRPr="00501F07" w14:paraId="0A3F9E6A" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="0A3F9E6A" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="049CF9B5" w14:textId="256BCF86" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="049CF9B5" w14:textId="256BCF86" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Poster presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15244AC8" w14:textId="342EBD58" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="15244AC8" w14:textId="342EBD58" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Longitudinal analysis of Israeli nurses' perceptions, trust &amp; emotions during the COVID-19 pandemic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2C558CB6" w14:textId="7CEE0A9C" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="2C558CB6" w14:textId="7CEE0A9C" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6903E27A" w14:textId="0D1635F1" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="6903E27A" w14:textId="0D1635F1" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="551463A5" w14:textId="269E4A59" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="551463A5" w14:textId="269E4A59" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C466C" w:rsidRPr="00501F07" w14:paraId="3DEEBE3F" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="3DEEBE3F" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45AD0A72" w14:textId="26DA729E" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="45AD0A72" w14:textId="26DA729E" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Poster presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A768B43" w14:textId="1A86ADF9" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="1A768B43" w14:textId="1A86ADF9" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Who is following me? Public attitude towards government tracing apps in the covid Era in Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="50C946A1" w14:textId="5771BC1E" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="50C946A1" w14:textId="5771BC1E" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="54A77EA8" w14:textId="30F8E4E4" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="54A77EA8" w14:textId="30F8E4E4" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="38B2C9A6" w14:textId="414ABB11" w:rsidR="006C466C" w:rsidRPr="00501F07" w:rsidRDefault="006C466C" w:rsidP="00B90A44">
+          <w:p w14:paraId="38B2C9A6" w14:textId="414ABB11" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00143627" w:rsidRPr="00501F07" w14:paraId="38B1C102" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="38B1C102" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B0541AB" w14:textId="2828BB8F" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="0B0541AB" w14:textId="2828BB8F" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Poster presentation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63B4FB3C" w14:textId="55C03255" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="63B4FB3C" w14:textId="55C03255" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Adherence to guidelines, perceived risk and threat, trust in the healthcare system, and positive and negative emotions among nursing staff during the COVID-19: a longitudinal study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="48376E49" w14:textId="77777777" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="48376E49" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Tel Aviv, Israel</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31171CE4" w14:textId="3555E0AB" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="31171CE4" w14:textId="3555E0AB" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="10995C49" w14:textId="4220073E" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="10995C49" w14:textId="4220073E" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>14th Health Policy Annual Conference</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EBC267A" w14:textId="77777777" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="5EBC267A" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="15DB183F" w14:textId="77777777" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="15DB183F" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>3/2022</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="731CF361" w14:textId="7EC356B1" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="731CF361" w14:textId="7EC356B1" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00143627" w:rsidRPr="00501F07" w14:paraId="42F4D65F" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="42F4D65F" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C58C3E6" w14:textId="3DB0131F" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="5C58C3E6" w14:textId="3DB0131F" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Poster presentation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54603D4C" w14:textId="77777777" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="54603D4C" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="16462B71" w14:textId="0B1C7849" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="16462B71" w14:textId="0B1C7849" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Outstanding Poster Award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFD4CFE" w14:textId="5E3F3CAB" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="1CFD4CFE" w14:textId="5E3F3CAB" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Stress and perceived discrimination </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
               <w:t>among the Arab population in Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3C7F75EE" w14:textId="1129458B" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="3C7F75EE" w14:textId="1129458B" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="00DBF425" w14:textId="77777777" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="00DBF425" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1131EA43" w14:textId="3790644B" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="1131EA43" w14:textId="3790644B" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00143627" w:rsidRPr="00501F07" w14:paraId="0AF76B80" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="0AF76B80" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="769463C4" w14:textId="65B04C3A" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
-[...9 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="769463C4" w14:textId="65B04C3A" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
               <w:t>Oral presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35C45728" w14:textId="37692BEE" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="35C45728" w14:textId="37692BEE" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Stress and perceived discrimination </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:br/>
               <w:t>among the Arab population in Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1E27FF5F" w14:textId="77777777" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="1E27FF5F" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Dublin, Ireland (online)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4850643C" w14:textId="035783E4" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="4850643C" w14:textId="035783E4" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="30406520" w14:textId="77777777" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="30406520" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>**14</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> European Public Health Conference</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F222F4F" w14:textId="65D6FA91" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="4F222F4F" w14:textId="65D6FA91" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0D319239" w14:textId="77777777" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="0D319239" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>10/2021</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D7DB78C" w14:textId="744067B2" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="6D7DB78C" w14:textId="744067B2" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00143627" w:rsidRPr="00501F07" w14:paraId="2A993FD8" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="2A993FD8" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50E3C7DE" w14:textId="118D2FA5" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="50E3C7DE" w14:textId="118D2FA5" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Poster presentation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D777C98" w14:textId="76537C70" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="4D777C98" w14:textId="76537C70" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Factors associated with physicians' decision-making during the first wave of the COVID-19 pandemic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7BF3B11A" w14:textId="2D2ED317" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="7BF3B11A" w14:textId="2D2ED317" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4EDE2323" w14:textId="66FE59BF" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="4EDE2323" w14:textId="66FE59BF" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3AF6D6BF" w14:textId="063813F3" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="3AF6D6BF" w14:textId="063813F3" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00143627" w:rsidRPr="00501F07" w14:paraId="051CDEC0" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="051CDEC0" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54330EDE" w14:textId="5091C560" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="54330EDE" w14:textId="5091C560" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Poster presentation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45CE4CD7" w14:textId="034DDF41" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="45CE4CD7" w14:textId="034DDF41" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Risk behaviors among adolescents participating in youth movements-The role of social norms and support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB376F9" w14:textId="77777777" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="2AB376F9" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Rome, Italy (online)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1666A70E" w14:textId="13945BC6" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="1666A70E" w14:textId="13945BC6" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="5606F769" w14:textId="77777777" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="5606F769" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>*16 World Conference in Public Health</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B237A7B" w14:textId="3D9169B0" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="7B237A7B" w14:textId="3D9169B0" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="72CECD41" w14:textId="77777777" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="72CECD41" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>10/2020</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B1EBBF1" w14:textId="5F9E3196" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="1B1EBBF1" w14:textId="5F9E3196" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00143627" w:rsidRPr="00501F07" w14:paraId="52DF0CE6" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="52DF0CE6" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B9C8317" w14:textId="1A72C98F" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="3B9C8317" w14:textId="1A72C98F" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Oral presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E5DD3AE" w14:textId="40AB2946" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="7E5DD3AE" w14:textId="40AB2946" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">'I smoke and drink alcohol while pregnant, but I'm still a good enough mom'- </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>a mixed-method research</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:rtl/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="708EC19B" w14:textId="42914CB8" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="708EC19B" w14:textId="42914CB8" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2FA639D7" w14:textId="2E4C7C8F" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="2FA639D7" w14:textId="2E4C7C8F" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1705C18D" w14:textId="74F75EB7" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="1705C18D" w14:textId="74F75EB7" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00143627" w:rsidRPr="00501F07" w14:paraId="24658ACC" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="24658ACC" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51FEA2C1" w14:textId="00848C37" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="51FEA2C1" w14:textId="00848C37" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Poster presentation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30B69FBB" w14:textId="7803BE81" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="30B69FBB" w14:textId="7803BE81" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="222222"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">It’s </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="222222"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>all about trust: Women's compliance with influenza and pertussis vaccinations during pregnancy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="691A85B3" w14:textId="62C87566" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="691A85B3" w14:textId="62C87566" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="398809C8" w14:textId="0EE9EF40" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="398809C8" w14:textId="0EE9EF40" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="32EC0AC2" w14:textId="49326E3D" w:rsidR="00143627" w:rsidRPr="00501F07" w:rsidRDefault="00143627" w:rsidP="00B90A44">
+          <w:p w14:paraId="32EC0AC2" w14:textId="49326E3D" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A1733" w:rsidRPr="00501F07" w14:paraId="20A576E6" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="20A576E6" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="668A712D" w14:textId="61D206F7" w:rsidR="003A1733" w:rsidRPr="00501F07" w:rsidRDefault="003A1733" w:rsidP="00B90A44">
+          <w:p w14:paraId="668A712D" w14:textId="61D206F7" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Poster presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6824A69C" w14:textId="3CCDE322" w:rsidR="003A1733" w:rsidRPr="00501F07" w:rsidRDefault="003A1733" w:rsidP="00B90A44">
+          <w:p w14:paraId="6824A69C" w14:textId="3CCDE322" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">The importance of the veteran institution of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Tipat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> in an era of technological innovation</w:t>
+              <w:t xml:space="preserve"> Halav in an era of technological innovation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="611891A7" w14:textId="418F5CD4" w:rsidR="003A1733" w:rsidRPr="00501F07" w:rsidRDefault="003A1733" w:rsidP="00B90A44">
+          <w:p w14:paraId="611891A7" w14:textId="418F5CD4" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Jerusalem, Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06988B7D" w14:textId="33E903D0" w:rsidR="003A1733" w:rsidRPr="00501F07" w:rsidRDefault="003A1733" w:rsidP="00B90A44">
+          <w:p w14:paraId="06988B7D" w14:textId="33E903D0" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>*7</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> International Jerusalem Conference on Health Policy </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="252BE964" w14:textId="0D441164" w:rsidR="003A1733" w:rsidRPr="00501F07" w:rsidRDefault="003A1733" w:rsidP="00B90A44">
+          <w:p w14:paraId="252BE964" w14:textId="0D441164" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>9/2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4486" w:rsidRPr="00501F07" w14:paraId="29C736A4" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="29C736A4" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06CF19AB" w14:textId="2FD22917" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="06CF19AB" w14:textId="2FD22917" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">Poster walk presentation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52186CDE" w14:textId="2C7F2EB9" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="52186CDE" w14:textId="2C7F2EB9" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Alcohol-related policies in Israeli pubs – a two-sided coin </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="2E08305F" w14:textId="77777777" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="2E08305F" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">Ljubljana, Slovenia </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E155FE3" w14:textId="13834CFB" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="0E155FE3" w14:textId="13834CFB" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="623503D7" w14:textId="77777777" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="623503D7" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>*11</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> European Public Health Conference</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="650C35C5" w14:textId="0045DEDC" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="650C35C5" w14:textId="0045DEDC" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="61B3B277" w14:textId="77777777" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="61B3B277" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>11/2018</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2077AA26" w14:textId="2B9B4F81" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="2077AA26" w14:textId="2B9B4F81" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4486" w:rsidRPr="00501F07" w14:paraId="1F378EFB" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="1F378EFB" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02330801" w14:textId="357AD358" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="02330801" w14:textId="357AD358" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve">Oral presentation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AC6C2BC" w14:textId="440A9862" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="7AC6C2BC" w14:textId="440A9862" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Vaccine compliance and hesitation among pregnant women in Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3629A53B" w14:textId="5417C6CF" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="3629A53B" w14:textId="5417C6CF" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="76B48772" w14:textId="1890C816" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="76B48772" w14:textId="1890C816" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="06BD1767" w14:textId="411A1ACC" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="06BD1767" w14:textId="411A1ACC" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4486" w:rsidRPr="00501F07" w14:paraId="50FC86F9" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="50FC86F9" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3174EE61" w14:textId="4E1C2C28" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="3174EE61" w14:textId="4E1C2C28" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Poster presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE9C5BE" w14:textId="29D6CF94" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="6DE9C5BE" w14:textId="29D6CF94" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Predicting binge drinking trajectories and their influence on impaired driving among college students</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3C54074E" w14:textId="6E53AD23" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="3C54074E" w14:textId="6E53AD23" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>New-Orleans, USA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA909C8" w14:textId="06B9CDE6" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="7EA909C8" w14:textId="06B9CDE6" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Annual Meeting &amp; Scientific Sessions</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>, Society</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> of Behavioral Medicine.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="49EC0AB3" w14:textId="77777777" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="49EC0AB3" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>4/2018</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35E944AE" w14:textId="13D959E3" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="35E944AE" w14:textId="13D959E3" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE4486" w:rsidRPr="00501F07" w14:paraId="3FD7CCF9" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="3FD7CCF9" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0B4FA3" w14:textId="335411A4" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="7B0B4FA3" w14:textId="335411A4" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Poster presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BFB09A3" w14:textId="3B359AF1" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="7BFB09A3" w14:textId="3B359AF1" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is knowledge regarding the dangers of </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00501F07">
+              <w:t>Is knowledge regarding the dangers of contracting Brucellosis associated with risky behavior among Arab Israelis?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="68ADA1EE" w14:textId="60BEB75A" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="682A2111" w14:textId="12F916FA" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="334381D0" w14:textId="0DF2554D" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="79CAB74D" w14:textId="77777777" w:rsidTr="00D10BA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B839B91" w14:textId="54F0F909" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>Oral presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F3EF34" w14:textId="36004D3D" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="222222"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Public transportation availability and alcohol-impaired driving among young adult's pub patrons in Israel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="532C7C86" w14:textId="6EA28B77" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>Barcelona, Spain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB20A54" w14:textId="6CCD3C01" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="222222"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>3rd International Conference on Transport &amp; Health</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ICTH 2017)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1128" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="054316B4" w14:textId="1883E23C" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>6/2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="1D047D67" w14:textId="77777777" w:rsidTr="00D10BA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="030CDF0B" w14:textId="5905090D" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>Poster presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD5647E" w14:textId="31392319" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="222222"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The effects of receiving free drinks on alcohol consumption and breath alcohol concentration </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="222222"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>contracting Brucellosis associated with risky behavior among Arab Israelis?</w:t>
+              <w:t>among pub patrons in Israel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1515" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="780434B8" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Washington DC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>, USA.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="587CF1CB" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C54D62E" w14:textId="6E62C04C" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Annual Meeting &amp; Scientific Sessions</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Society</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of Behavioral Medicine.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1128" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A72AAB6" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4/2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DA98FF4" w14:textId="1F178246" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="294F87DB" w14:textId="77777777" w:rsidTr="00D10BA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="504B9256" w14:textId="4F04517A" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>Poster presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E39D6BD" w14:textId="73B68950" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="222222"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Using a socio-ecological approach for a better understanding of the factors associated with alcohol-impaired driving</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="68ADA1EE" w14:textId="60BEB75A" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="0BF00746" w14:textId="77777777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="682A2111" w14:textId="12F916FA" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="1253D097" w14:textId="06E15062" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="334381D0" w14:textId="0DF2554D" w:rsidR="00DE4486" w:rsidRPr="00501F07" w:rsidRDefault="00DE4486" w:rsidP="00B90A44">
+          <w:p w14:paraId="3475E143" w14:textId="25C8D757" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A1733" w:rsidRPr="00501F07" w14:paraId="79CAB74D" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="4E5BCD3C" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B839B91" w14:textId="54F0F909" w:rsidR="003A1733" w:rsidRPr="00501F07" w:rsidRDefault="003A1733" w:rsidP="00B90A44">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="6B1B9F18" w14:textId="4B1293AE" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
               <w:t>Oral presentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32F3EF34" w14:textId="36004D3D" w:rsidR="003A1733" w:rsidRPr="00501F07" w:rsidRDefault="003A1733" w:rsidP="00B90A44">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> pub patrons in Israel</w:t>
+          <w:p w14:paraId="1DB340F3" w14:textId="22B84777" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:t>Alcohol-impaired driving among young adults in Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="532C7C86" w14:textId="6EA28B77" w:rsidR="003A1733" w:rsidRPr="00501F07" w:rsidRDefault="003A1733" w:rsidP="00B90A44">
-[...12 lines deleted...]
-              <w:t>Barcelona, Spain</w:t>
+          <w:p w14:paraId="00CF6D0B" w14:textId="129A5E20" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:t>University of Haifa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CB20A54" w14:textId="6CCD3C01" w:rsidR="003A1733" w:rsidRPr="00501F07" w:rsidRDefault="003A1733" w:rsidP="00B90A44">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> (ICTH 2017)</w:t>
+          <w:p w14:paraId="3096EC67" w14:textId="4719A673" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:t>Symposium on alcohol: Trends, risks, and coping strategies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="054316B4" w14:textId="1883E23C" w:rsidR="003A1733" w:rsidRPr="00501F07" w:rsidRDefault="003A1733" w:rsidP="00B90A44">
-[...12 lines deleted...]
-              <w:t>6/2017</w:t>
+          <w:p w14:paraId="28F8081B" w14:textId="3E1365CA" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:t>2/2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A5A4E" w:rsidRPr="00501F07" w14:paraId="1D047D67" w14:textId="77777777" w:rsidTr="00D10BA4">
+      <w:tr w:rsidR="006F42D3" w:rsidRPr="00501F07" w14:paraId="55C3B22E" w14:textId="77777777" w:rsidTr="00D10BA4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1477" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="030CDF0B" w14:textId="5905090D" w:rsidR="001A5A4E" w:rsidRPr="00501F07" w:rsidRDefault="001A5A4E" w:rsidP="00B90A44">
-[...9 lines deleted...]
-              <w:t>Poster presentation</w:t>
+          <w:p w14:paraId="32DD5BB0" w14:textId="1EE40937" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:t xml:space="preserve">Oral presentation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2684" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD5647E" w14:textId="31392319" w:rsidR="001A5A4E" w:rsidRPr="00501F07" w:rsidRDefault="001A5A4E" w:rsidP="00B90A44">
-[...11 lines deleted...]
-              <w:t>The effects of receiving free drinks on alcohol consumption and breath alcohol concentration among pub patrons in Israel</w:t>
+          <w:p w14:paraId="71134BD9" w14:textId="2D42382F" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:t>Pub owner's policy towards alcohol-impaired driving in Israel- Is there such a thing?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1515" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...30 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="0C51A6AA" w14:textId="60722C34" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:t>Tallinn, Estonia</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...15 lines deleted...]
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          </w:tcPr>
+          <w:p w14:paraId="337391B7" w14:textId="1716AB86" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
-              <w:rPr>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> of Behavioral Medicine.</w:t>
+              <w:t xml:space="preserve"> European IUHPE Health Promotion Conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1128" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...253 lines deleted...]
-          <w:p w14:paraId="73A9D7AB" w14:textId="5BBEE4FB" w:rsidR="003A1733" w:rsidRPr="00501F07" w:rsidRDefault="003A1733" w:rsidP="00B90A44">
+          </w:tcPr>
+          <w:p w14:paraId="73A9D7AB" w14:textId="5BBEE4FB" w:rsidR="006F42D3" w:rsidRPr="00501F07" w:rsidRDefault="006F42D3" w:rsidP="006F42D3">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:t>9/2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="53BD2A8E" w14:textId="49976889" w:rsidR="00951CC5" w:rsidRPr="00501F07" w:rsidRDefault="00951CC5" w:rsidP="00867C26">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="284" w:firstLine="142"/>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve">b. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
@@ -7595,302 +8260,407 @@
           <w:p w14:paraId="53BD2A95" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00501F07" w:rsidRDefault="00951CC5" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C0746B" w:rsidRPr="00501F07" w14:paraId="21F95C91" w14:textId="77777777" w:rsidTr="00C0746B">
+      <w:tr w:rsidR="00E422F7" w:rsidRPr="00501F07" w14:paraId="7B21048D" w14:textId="77777777" w:rsidTr="00C0746B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19181D7A" w14:textId="3ED4EFBC" w:rsidR="00C0746B" w:rsidRPr="00501F07" w:rsidRDefault="00C0746B" w:rsidP="00B90A44">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00501F07">
+          <w:p w14:paraId="1CA5C68C" w14:textId="6AF9C7AC" w:rsidR="00E422F7" w:rsidRPr="00501F07" w:rsidRDefault="00DC416A" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:t>Co-chair</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D2F99C7" w14:textId="09FDC895" w:rsidR="00C0746B" w:rsidRPr="00501F07" w:rsidRDefault="00C0746B" w:rsidP="00B90A44">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00501F07">
+          <w:p w14:paraId="1EBE9764" w14:textId="0EFE3A8A" w:rsidR="00E422F7" w:rsidRPr="00501F07" w:rsidRDefault="00DC416A" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maternity practices </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1546" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C2A974" w14:textId="2C2C0C36" w:rsidR="00E422F7" w:rsidRPr="00501F07" w:rsidRDefault="00DC416A" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>Prague, Czech Republic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16EB7D9E" w14:textId="5459F438" w:rsidR="00E422F7" w:rsidRPr="00501F07" w:rsidRDefault="00DC416A" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC416A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>MATERNITY: IDEAS, PRACTICES, AND TRANSFER (19TH-21ST CENTURIES)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1003" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="633ECBE5" w14:textId="157A0315" w:rsidR="00E422F7" w:rsidRPr="00501F07" w:rsidRDefault="00DC416A" w:rsidP="00E422F7">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>01/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C0746B" w:rsidRPr="00501F07" w14:paraId="21F95C91" w14:textId="77777777" w:rsidTr="00C0746B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2238" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19181D7A" w14:textId="3ED4EFBC" w:rsidR="00C0746B" w:rsidRPr="00501F07" w:rsidRDefault="00C0746B" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Co-chair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1622" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D2F99C7" w14:textId="09FDC895" w:rsidR="00C0746B" w:rsidRPr="00501F07" w:rsidRDefault="00C0746B" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:t>Strengthening primary and secondary care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1546" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="362B3392" w14:textId="6804A1F7" w:rsidR="00C0746B" w:rsidRPr="00501F07" w:rsidRDefault="00C0746B" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Berlin, Germany</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1921" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32663E6F" w14:textId="14C67685" w:rsidR="00C0746B" w:rsidRPr="00501F07" w:rsidRDefault="00C0746B" w:rsidP="00B90A44">
-[...6 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:p w14:paraId="32663E6F" w14:textId="14C67685" w:rsidR="00C0746B" w:rsidRPr="00DC416A" w:rsidRDefault="00C0746B" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>**15</w:t>
             </w:r>
-            <w:r w:rsidRPr="00501F07">
-[...2 lines deleted...]
-                <w:vertAlign w:val="superscript"/>
+            <w:r w:rsidRPr="00DC416A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> European Public Health Conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1775EC5D" w14:textId="1CBD947A" w:rsidR="00C0746B" w:rsidRPr="00501F07" w:rsidRDefault="00C0746B" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>11/2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00951CC5" w:rsidRPr="00501F07" w14:paraId="53BD2A9C" w14:textId="77777777" w:rsidTr="00C0746B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2238" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53BD2A97" w14:textId="56AA55EF" w:rsidR="00951CC5" w:rsidRPr="00501F07" w:rsidRDefault="00416CAD" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:t xml:space="preserve">Member </w:t>
             </w:r>
             <w:r w:rsidR="004738B5" w:rsidRPr="00501F07">
               <w:t xml:space="preserve">of </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
-              <w:t xml:space="preserve">the organizing and </w:t>
-[...3 lines deleted...]
-              <w:t>scientific committee</w:t>
+              <w:t>the organizing and scientific committee</w:t>
             </w:r>
             <w:r w:rsidR="0031350C" w:rsidRPr="00501F07">
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1622" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53BD2A98" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00501F07" w:rsidRDefault="006979A4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
-              <w:lastRenderedPageBreak/>
               <w:t>Alcohol consumption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1546" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53BD2A99" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00501F07" w:rsidRDefault="0065242D" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:t>University of Haifa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1921" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53BD2A9A" w14:textId="02795C5F" w:rsidR="00951CC5" w:rsidRPr="00501F07" w:rsidRDefault="0065242D" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="202020"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Symposium on alcohol</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
-              <w:t xml:space="preserve">: Trends, </w:t>
-[...3 lines deleted...]
-              <w:t>risks</w:t>
+              <w:t>: Trends, risks</w:t>
             </w:r>
             <w:r w:rsidR="004738B5" w:rsidRPr="00501F07">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:t xml:space="preserve"> and coping </w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:color w:val="3E3E3E"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>strategies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53BD2A9B" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00501F07" w:rsidRDefault="0065242D" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
-              <w:lastRenderedPageBreak/>
               <w:t>2/2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="53BD2A9E" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00501F07" w:rsidRDefault="00951CC5" w:rsidP="00867C26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
@@ -8035,50 +8805,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D721C" w:rsidRPr="00501F07" w14:paraId="0BDE3BF3" w14:textId="77777777" w:rsidTr="00DF65C0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2478" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="534CCB4A" w14:textId="20D1EFFC" w:rsidR="000D721C" w:rsidRPr="00501F07" w:rsidRDefault="004C0D6E" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Community-oriented health evaluation research</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2488" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="441FB352" w14:textId="7AE38CF0" w:rsidR="000D721C" w:rsidRPr="00501F07" w:rsidRDefault="00C25A70" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
@@ -8732,50 +9503,243 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ole in Research</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="005326F8" w:rsidRPr="00501F07" w14:paraId="332DF937" w14:textId="77777777" w:rsidTr="007E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="731" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75155CD1" w14:textId="635BA71C" w:rsidR="005326F8" w:rsidRPr="00501F07" w:rsidRDefault="005326F8" w:rsidP="005326F8">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1642" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C03FAE5" w14:textId="77777777" w:rsidR="005326F8" w:rsidRPr="00501F07" w:rsidRDefault="005326F8" w:rsidP="005326F8">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>The Galilee and Valleys Regional Cluster</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F96A9E6" w14:textId="6AF1AC29" w:rsidR="005326F8" w:rsidRPr="00501F07" w:rsidRDefault="005326F8" w:rsidP="005326F8">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,000 NIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2099" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6200ACA7" w14:textId="6EE53D5A" w:rsidR="005326F8" w:rsidRPr="00501F07" w:rsidRDefault="005326F8" w:rsidP="005326F8">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="161719"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="161719"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Evaluation of the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Galilee and Valleys Regional Cluster Activities for Improving Community Health</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0669E3" w14:textId="77777777" w:rsidR="005326F8" w:rsidRDefault="005326F8" w:rsidP="005326F8">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dr. Carmit Satran</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EEC632D" w14:textId="49E9639A" w:rsidR="005326F8" w:rsidRPr="00501F07" w:rsidRDefault="005326F8" w:rsidP="005326F8">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dr. Rinat Lipshitz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA58D63" w14:textId="35C63418" w:rsidR="005326F8" w:rsidRPr="00501F07" w:rsidRDefault="005326F8" w:rsidP="005326F8">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**PI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00C23C26" w:rsidRPr="00501F07" w14:paraId="12FB9D8F" w14:textId="77777777" w:rsidTr="007E1C89">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="731" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23E125F9" w14:textId="48D36D07" w:rsidR="00C23C26" w:rsidRPr="00501F07" w:rsidRDefault="00C23C26" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2023</w:t>
             </w:r>
@@ -8874,62 +9838,52 @@
               <w:t xml:space="preserve"> Community Health</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B2CA34F" w14:textId="3FA8D766" w:rsidR="00C23C26" w:rsidRPr="00501F07" w:rsidRDefault="00C23C26" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Carmit </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Carmit Satran</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A81DCAC" w14:textId="131D7AD0" w:rsidR="00C23C26" w:rsidRPr="00501F07" w:rsidRDefault="00C23C26" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
@@ -9361,190 +10315,119 @@
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6004DCEA" w14:textId="77777777" w:rsidR="00C0746B" w:rsidRPr="00501F07" w:rsidRDefault="00C0746B" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Jesser</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Jesser-al-Zarka"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> local municipality </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45818042" w14:textId="359BE674" w:rsidR="00C0746B" w:rsidRPr="00501F07" w:rsidRDefault="00C0746B" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14,650 NIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2099" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="142236A0" w14:textId="38E4B18E" w:rsidR="00C0746B" w:rsidRPr="00501F07" w:rsidRDefault="00C0746B" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Evaluation of a healthy lifestyle pilot program at </w:t>
+            </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>-al-</w:t>
-[...120 lines deleted...]
-              <w:t>"</w:t>
+              <w:t>"Jesser-al-Zarka"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F965902" w14:textId="387C5E04" w:rsidR="00C0746B" w:rsidRPr="00501F07" w:rsidRDefault="00C0746B" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-----</w:t>
@@ -9683,69 +10566,51 @@
               <w:t>Examining the effectiveness of the new national public health nurses’ call center for young families</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52206F4F" w14:textId="77777777" w:rsidR="00C0746B" w:rsidRPr="00501F07" w:rsidRDefault="00C0746B" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Carmit </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (Co-PI)</w:t>
+              <w:t>Dr. Carmit Satran (Co-PI)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="415AFC92" w14:textId="77777777" w:rsidR="00C0746B" w:rsidRPr="00501F07" w:rsidRDefault="00C0746B" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. Ali </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -10698,69 +11563,51 @@
               <w:t>" Health Services and those who performed the follow-up in other settings. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2218DC9B" w14:textId="0429D9E4" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Carmit </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (Co-PI)</w:t>
+              <w:t>Dr. Carmit Satran (Co-PI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2ED3F19D" w14:textId="5498B2A1" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>*PI</w:t>
@@ -10864,69 +11711,51 @@
               <w:t>Health promotion quality among pregnant and postnatal women in Haifa County</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DE5B7E9" w14:textId="77777777" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Carmit </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (Co-PI)</w:t>
+              <w:t>Dr. Carmit Satran (Co-PI)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A114C56" w14:textId="20CD5058" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Batya </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -11061,112 +11890,76 @@
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Evaluation of an empowerment workshop for "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tipat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t>" head nurses</w:t>
+              <w:t xml:space="preserve"> Halav" head nurses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EA32B4C" w14:textId="22B47E84" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Carmit </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (Co-PI)</w:t>
+              <w:t>Dr. Carmit Satran (Co-PI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74C0B46F" w14:textId="01665105" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>*PI</w:t>
@@ -11271,69 +12064,51 @@
               <w:t>Developing community-based novel intervention techniques for the prevention of Brucellosis disease</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12D36733" w14:textId="77777777" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Prof Orna Baron-</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (PI) </w:t>
+              <w:t xml:space="preserve">Prof Orna Baron-Epel (PI) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F83D266" w14:textId="532AC972" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. Samira </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -11471,154 +12246,76 @@
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Developing recommendations for a unique "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Tipat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...59 lines deleted...]
-              <w:t>"</w:t>
+              <w:t xml:space="preserve"> Halav" model at Jesser-al-Zarka"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50AAE6C8" w14:textId="7DEE70A0" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Prof Orna Baron-</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (PI)</w:t>
+              <w:t>Prof Orna Baron-Epel (PI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="476473E7" w14:textId="3F6392E0" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Co-PI </w:t>
@@ -11767,69 +12464,51 @@
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2ABDCE23" w14:textId="77777777" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Prof Orna Baron-</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (PI) </w:t>
+              <w:t xml:space="preserve">Prof Orna Baron-Epel (PI) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40EE3F7F" w14:textId="4E99DA2C" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dr. Riki Tesler (Co- PI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -12011,69 +12690,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dr. Riki Tesler (Co-PI)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1ABFC831" w14:textId="1827AD58" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Prof Orna Baron-</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (PI) </w:t>
+              <w:t xml:space="preserve">Prof Orna Baron-Epel (PI) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A6FB3F3" w14:textId="4531B5A0" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Co- PI</w:t>
@@ -12177,69 +12838,51 @@
               <w:t xml:space="preserve">Evaluation of the brucellosis prevention campaign </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="637FB236" w14:textId="77777777" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Prof Orna Baron-</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (PI)</w:t>
+              <w:t>Prof Orna Baron-Epel (PI)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35A03B37" w14:textId="77777777" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F0C7117" w14:textId="34E4B59B" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
@@ -12288,64 +12931,52 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F615894" w14:textId="77777777" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Joint-</w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Joint-Ashalim</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="73D40F7B" w14:textId="149003A7" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>258,610 ₪</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -12371,69 +13002,51 @@
               <w:t xml:space="preserve">Evaluation of a national nutrition program among young children </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="491902AB" w14:textId="77777777" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Prof Orna Baron-</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (PI)</w:t>
+              <w:t>Prof Orna Baron-Epel (PI)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F4D2C8F" w14:textId="5F883CA6" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. Shira </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -12575,69 +13188,51 @@
               <w:t>Preventing alcohol use at the workplace</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E48F843" w14:textId="77777777" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Prof Orna Baron-</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (PI) </w:t>
+              <w:t xml:space="preserve">Prof Orna Baron-Epel (PI) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22138C9C" w14:textId="50691F65" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dr. Riki Tesler (Co-Investigator)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -12771,188 +13366,160 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AD703C4" w14:textId="77777777" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Prof. Orna Baron-</w:t>
+              <w:t>Prof. Orna Baron-Epel (PI)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35B86313" w14:textId="77777777" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prof. Ronit </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Epel</w:t>
+              <w:t>Endevelt</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (PI)</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Prof. Ronit </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DBDA6D1" w14:textId="77777777" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dr. Mohamad </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Endevelt</w:t>
+              <w:t>Hativ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00501F07">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="6FB594BD" w14:textId="77777777" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dr. Yossi Harel Fisch</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2417F765" w14:textId="77777777" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Carmit </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Carmit Satran</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="3C465957" w14:textId="467AA459" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dr. Riki Tesler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
@@ -13075,69 +13642,51 @@
               <w:t xml:space="preserve">Evaluation of the "Big, but do not drink" prevention program. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67D82CDB" w14:textId="77777777" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Prof Orna Baron-</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (PI)</w:t>
+              <w:t>Prof Orna Baron-Epel (PI)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23378C8D" w14:textId="6B3DB123" w:rsidR="005448FE" w:rsidRPr="00501F07" w:rsidRDefault="005448FE" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dr. Riki Tesler (Co-Investigator)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13279,69 +13828,51 @@
               <w:t>" youth movement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42E3B2DF" w14:textId="77777777" w:rsidR="008D16B8" w:rsidRPr="00501F07" w:rsidRDefault="008D16B8" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Prof Orna Baron-</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (PI)</w:t>
+              <w:t>Prof Orna Baron-Epel (PI)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CFAFE89" w14:textId="3451FC44" w:rsidR="008D16B8" w:rsidRPr="00501F07" w:rsidRDefault="008D16B8" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dr. Riki Tesler (Co-Investigator)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13466,62 +13997,52 @@
               <w:t xml:space="preserve">Evaluation of the "Anchor for life" marine             prevention program </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53BD2AC6" w14:textId="7B9E4851" w:rsidR="006A0FA8" w:rsidRPr="00501F07" w:rsidRDefault="006A0FA8" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Prof Orna Baron-</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Prof Orna Baron-Epel</w:t>
+            </w:r>
             <w:r w:rsidR="00AE3E8E" w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (PI)</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53BD2AC7" w14:textId="397CFE5F" w:rsidR="006A0FA8" w:rsidRPr="00501F07" w:rsidRDefault="006A0FA8" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
@@ -13551,158 +14072,55 @@
             <w:tcW w:w="1363" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53BD2AC8" w14:textId="77777777" w:rsidR="006A0FA8" w:rsidRPr="00501F07" w:rsidRDefault="006A0FA8" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Co-Investigator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="612D42C5" w14:textId="77777777" w:rsidR="00EA7288" w:rsidRPr="00501F07" w:rsidRDefault="00EA7288" w:rsidP="00EA7288">
-[...1 lines deleted...]
-        <w:pStyle w:val="ab"/>
+    <w:p w14:paraId="4AB517AC" w14:textId="77777777" w:rsidR="00EA7288" w:rsidRPr="005D4333" w:rsidRDefault="00EA7288" w:rsidP="005D4333">
+      <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
-        <w:ind w:left="1069"/>
-[...100 lines deleted...]
-        <w:ind w:left="1069"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35A420FE" w14:textId="77777777" w:rsidR="00EA7288" w:rsidRPr="00501F07" w:rsidRDefault="00EA7288" w:rsidP="00EA7288">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1069"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -13958,69 +14376,51 @@
               <w:t>2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11D4FAA1" w14:textId="77777777" w:rsidR="00621553" w:rsidRPr="00501F07" w:rsidRDefault="00621553" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Max Stern </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Valley College </w:t>
+              <w:t xml:space="preserve">The Max Stern Yezreel Valley College </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6033E732" w14:textId="2C3D5082" w:rsidR="00621553" w:rsidRPr="00501F07" w:rsidRDefault="00621553" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14,968 NIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -14122,69 +14522,51 @@
               <w:t>2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="561E83D4" w14:textId="77777777" w:rsidR="00621553" w:rsidRPr="00501F07" w:rsidRDefault="00621553" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Max Stern </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Valley College </w:t>
+              <w:t xml:space="preserve">The Max Stern Yezreel Valley College </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40FB2012" w14:textId="6BB44F07" w:rsidR="00621553" w:rsidRPr="00501F07" w:rsidRDefault="00621553" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14,749 NIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -14247,69 +14629,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Prof. Hanna Admi (PI)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50A9C320" w14:textId="77777777" w:rsidR="00621553" w:rsidRPr="00501F07" w:rsidRDefault="00621553" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Liron </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Dr. Liron Inchi </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A35B856" w14:textId="77777777" w:rsidR="00621553" w:rsidRPr="00501F07" w:rsidRDefault="00621553" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49ED7550" w14:textId="1BAF7F9D" w:rsidR="00621553" w:rsidRPr="00501F07" w:rsidRDefault="00621553" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
@@ -14354,69 +14718,51 @@
               <w:t>2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="309B47DF" w14:textId="77777777" w:rsidR="00621553" w:rsidRPr="00501F07" w:rsidRDefault="00621553" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Max Stern </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Valley College, </w:t>
+              <w:t xml:space="preserve">The Max Stern Yezreel Valley College, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A33B709" w14:textId="50210A61" w:rsidR="00621553" w:rsidRPr="00501F07" w:rsidRDefault="00621553" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14,820 NIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -14517,69 +14863,51 @@
               <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A2C06A8" w14:textId="77777777" w:rsidR="00621553" w:rsidRPr="00501F07" w:rsidRDefault="00621553" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Max Stern </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Valley College, </w:t>
+              <w:t xml:space="preserve">The Max Stern Yezreel Valley College, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26081D58" w14:textId="77777777" w:rsidR="00621553" w:rsidRPr="00501F07" w:rsidRDefault="00621553" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14,820 NIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -14605,175 +14933,187 @@
               <w:t>Perceptions and attitudes regarding smoking and alcohol consumption among pregnant and postnatal women</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C51D14C" w14:textId="77777777" w:rsidR="00621553" w:rsidRPr="00501F07" w:rsidRDefault="00621553" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Carmit </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> (Co-PI)</w:t>
+              <w:t>Dr. Carmit Satran (Co-PI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79D71C49" w14:textId="77777777" w:rsidR="00621553" w:rsidRPr="00501F07" w:rsidRDefault="00621553" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>PI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6906AA88" w14:textId="03408C6A" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
+    <w:p w14:paraId="6555C71E" w14:textId="77777777" w:rsidR="005D4333" w:rsidRPr="003D633E" w:rsidRDefault="005D4333" w:rsidP="003D633E">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65A70355" w14:textId="77777777" w:rsidR="005D4333" w:rsidRDefault="005D4333" w:rsidP="005D4333">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:bidi w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1069"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6906AA88" w14:textId="5E7252F4" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="005D4333">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Submission of Research Proposals – Pending</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="852"/>
         <w:gridCol w:w="909"/>
         <w:gridCol w:w="1310"/>
         <w:gridCol w:w="1670"/>
         <w:gridCol w:w="2192"/>
         <w:gridCol w:w="1363"/>
       </w:tblGrid>
       <w:tr w:rsidR="009F3D1A" w:rsidRPr="00501F07" w14:paraId="3C0A81B5" w14:textId="77777777" w:rsidTr="008B1159">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FC9233C" w14:textId="77777777" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Score</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="909" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="225989FE" w14:textId="77777777" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -14903,489 +15243,229 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F3D1A" w:rsidRPr="00501F07" w14:paraId="3AA58972" w14:textId="77777777" w:rsidTr="008B1159">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A1EDC95" w14:textId="77777777" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="909" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D014C8C" w14:textId="62DFC38B" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="006E54AA" w:rsidP="00B90A44">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0D014C8C" w14:textId="4413F415" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05E25979" w14:textId="2CADA5E4" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="006E54AA" w:rsidP="00B90A44">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="05E25979" w14:textId="767365C3" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="578F3CCA" w14:textId="756ED968" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="00621553" w:rsidP="00B90A44">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="578F3CCA" w14:textId="330C35A9" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28E96D6B" w14:textId="77777777" w:rsidR="006E54AA" w:rsidRPr="00501F07" w:rsidRDefault="00211F51" w:rsidP="00B90A44">
+          <w:p w14:paraId="2D1BF650" w14:textId="2691663F" w:rsidR="00211F51" w:rsidRPr="00501F07" w:rsidRDefault="00211F51" w:rsidP="00B90A44">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...28 lines deleted...]
-                <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00501F07">
-[...24 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24C5283E" w14:textId="77777777" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
-[...25 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="24C5283E" w14:textId="42A74867" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F3D1A" w:rsidRPr="00501F07" w14:paraId="384B9808" w14:textId="77777777" w:rsidTr="008B1159">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B96B9B8" w14:textId="77777777" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="909" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="605FC9D8" w14:textId="404F60EC" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="006E54AA" w:rsidP="00B90A44">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="605FC9D8" w14:textId="4E4D9205" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55CF4300" w14:textId="00CC80E4" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="006E54AA" w:rsidP="00B90A44">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="55CF4300" w14:textId="021DDA55" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B4A478C" w14:textId="51C13273" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="004D2B96" w:rsidP="00B90A44">
+          <w:p w14:paraId="0B4A478C" w14:textId="4CB2CAE0" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00501F07">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EFCB654" w14:textId="77777777" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="00A716F7" w:rsidP="00B90A44">
-[...129 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="21E3F58E" w14:textId="0B54BBBC" w:rsidR="00413C78" w:rsidRPr="00501F07" w:rsidRDefault="00413C78" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4150153D" w14:textId="77777777" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
-[...20 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4150153D" w14:textId="4C87A86A" w:rsidR="009F3D1A" w:rsidRPr="00501F07" w:rsidRDefault="009F3D1A" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="601E6998" w14:textId="77777777" w:rsidR="00382124" w:rsidRPr="00501F07" w:rsidRDefault="00382124" w:rsidP="00B90A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1069"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53BD2B28" w14:textId="71E10234" w:rsidR="00951CC5" w:rsidRPr="00501F07" w:rsidRDefault="00951CC5" w:rsidP="00B90A44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
@@ -15585,50 +15665,442 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ole in Research</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00832E15" w:rsidRPr="00501F07" w14:paraId="72E26B60" w14:textId="77777777" w:rsidTr="007D5913">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="675C1120" w14:textId="77777777" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5209D3F6" w14:textId="18425520" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E156E50" w14:textId="7FF3DC69" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>Israel Science Foundation (ISF)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1670" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7735ED1E" w14:textId="5E879A44" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Examining cross-cultural aspects and their impact on the 'life course' among Jewish and Arab women with endometriosis in Israel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D602AEB" w14:textId="77777777" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dr. Anis </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kaldawy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6AD693FA" w14:textId="4D5B6CD6" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dr. Carmit Satran</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F7D63B" w14:textId="5FC53C40" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00832E15" w:rsidRPr="00501F07" w14:paraId="546C6954" w14:textId="77777777" w:rsidTr="007D5913">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1A1E84" w14:textId="77777777" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7411750F" w14:textId="1648D306" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1310" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC4A8BF" w14:textId="495B9504" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>The Israel National Institute for Health Policy Research</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1670" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F8AA197" w14:textId="13360E61" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Primary and secondary prevention of childhood obesity in Israel: attitudes and behaviors among pediatricians, dieticians and parents of children and teenagers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2192" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09550801" w14:textId="77777777" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dr. Motti Haimi</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E20BD59" w14:textId="77777777" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prof </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tzahi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Grosman </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="046627E1" w14:textId="690CAE89" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dr. Liron Inchi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1363" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E14862E" w14:textId="2CA54722" w:rsidR="00832E15" w:rsidRPr="00501F07" w:rsidRDefault="00832E15" w:rsidP="00832E15">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>PI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="008705B4" w:rsidRPr="00501F07" w14:paraId="0D64DCD5" w14:textId="77777777" w:rsidTr="007D5913">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="686EB544" w14:textId="77777777" w:rsidR="008705B4" w:rsidRPr="00501F07" w:rsidRDefault="008705B4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="909" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A2CD79A" w14:textId="70C62BF8" w:rsidR="008705B4" w:rsidRPr="00501F07" w:rsidRDefault="008705B4" w:rsidP="00B90A44">
             <w:pPr>
@@ -16067,62 +16539,52 @@
               <w:t>Biological aging and social interactions: Role of social interactions in telomere length, stress and perceived health among postpartum women – a two-year longitudinal study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56BDA0CE" w14:textId="30977B5E" w:rsidR="008705B4" w:rsidRPr="00501F07" w:rsidRDefault="008705B4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Prof Orna Baron-</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Prof Orna Baron-Epel</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43CEED21" w14:textId="3E64994B" w:rsidR="008705B4" w:rsidRPr="00501F07" w:rsidRDefault="008705B4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>*PI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008705B4" w:rsidRPr="00501F07" w14:paraId="1D7F1F88" w14:textId="77777777" w:rsidTr="007D5913">
         <w:tc>
@@ -16234,62 +16696,52 @@
               <w:t xml:space="preserve"> driving </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76CCF467" w14:textId="77777777" w:rsidR="008705B4" w:rsidRPr="00501F07" w:rsidRDefault="008705B4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Prof Orna Baron-</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Prof Orna Baron-Epel</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="03D3D959" w14:textId="2FC8F81F" w:rsidR="008705B4" w:rsidRPr="00501F07" w:rsidRDefault="008705B4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. Samira Obed </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
@@ -16564,62 +17016,52 @@
               <w:t xml:space="preserve">Exploring the association between ADHD and risky driving behaviors among adolescents. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D219CEC" w14:textId="77777777" w:rsidR="008705B4" w:rsidRPr="00501F07" w:rsidRDefault="008705B4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Prof Orna Baron-</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Prof Orna Baron-Epel</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="0E933BED" w14:textId="3D8E066A" w:rsidR="008705B4" w:rsidRPr="00501F07" w:rsidRDefault="008705B4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. Riki Tesler </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
@@ -16739,185 +17181,139 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2192" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53BD2B35" w14:textId="77777777" w:rsidR="008705B4" w:rsidRPr="00501F07" w:rsidRDefault="008705B4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Prof Orna Baron-</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Prof Orna Baron-Epel</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="53BD2B36" w14:textId="77777777" w:rsidR="008705B4" w:rsidRPr="00501F07" w:rsidRDefault="008705B4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dr. Riki Tesler</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53BD2B37" w14:textId="77777777" w:rsidR="008705B4" w:rsidRPr="00501F07" w:rsidRDefault="008705B4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Dr. Motti </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Dr. Motti Haimi </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53BD2B38" w14:textId="77777777" w:rsidR="008705B4" w:rsidRPr="00501F07" w:rsidRDefault="008705B4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Carmit </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Dr. Carmit Satran </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1363" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53BD2B39" w14:textId="77777777" w:rsidR="008705B4" w:rsidRPr="00501F07" w:rsidRDefault="008705B4" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:lastRenderedPageBreak/>
               <w:t>Co-Investigator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2826E8CF" w14:textId="77777777" w:rsidR="00B90A44" w:rsidRPr="00501F07" w:rsidRDefault="00B90A44" w:rsidP="00B90A44">
+    <w:p w14:paraId="45E89524" w14:textId="77777777" w:rsidR="005D4333" w:rsidRPr="00501F07" w:rsidRDefault="005D4333" w:rsidP="005D4333">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23450847" w14:textId="14DAC792" w:rsidR="00E35A45" w:rsidRPr="00501F07" w:rsidRDefault="00F00C44" w:rsidP="00B90A44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
@@ -16938,85 +17334,69 @@
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Scholarships</w:t>
       </w:r>
       <w:r w:rsidR="00E35A45" w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>, Awards and Prizes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6679E708" w14:textId="1035148F" w:rsidR="00F00C44" w:rsidRPr="00501F07" w:rsidRDefault="001F63A4" w:rsidP="00B90A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
-        <w:t xml:space="preserve">**2023   |The Max Stern </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Valley </w:t>
+        <w:t xml:space="preserve">**2023   |The Max Stern Yezreel Valley </w:t>
       </w:r>
       <w:r w:rsidR="004D2B96" w:rsidRPr="00501F07">
         <w:t>College</w:t>
       </w:r>
       <w:r w:rsidR="00BF2B29" w:rsidRPr="00501F07">
         <w:t xml:space="preserve">, Excellence in Research Prize. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60F579A7" w14:textId="308B3F51" w:rsidR="00BF2B29" w:rsidRPr="00501F07" w:rsidRDefault="00BF2B29" w:rsidP="00B90A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
-        <w:t xml:space="preserve">**2022   |The Max Stern </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Valley </w:t>
+        <w:t xml:space="preserve">**2022   |The Max Stern Yezreel Valley </w:t>
       </w:r>
       <w:r w:rsidR="004D2B96" w:rsidRPr="00501F07">
         <w:t>College</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve">, Excellence in Research Prize. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33EE1332" w14:textId="52292AFE" w:rsidR="00470B07" w:rsidRPr="00501F07" w:rsidRDefault="00470B07" w:rsidP="00B90A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="357"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:t>**2022   |</w:t>
       </w:r>
       <w:r w:rsidR="003512CF" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Israel National Institute </w:t>
@@ -18956,50 +19336,231 @@
           <w:p w14:paraId="10C612D7" w14:textId="77777777" w:rsidR="009E51FD" w:rsidRPr="00501F07" w:rsidRDefault="009E51FD" w:rsidP="00B90A44">
             <w:pPr>
               <w:keepNext/>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name of Student</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="000F74D8" w:rsidRPr="00501F07" w14:paraId="12CBE9D0" w14:textId="77777777" w:rsidTr="009E51FD">
+        <w:trPr>
+          <w:trHeight w:val="535"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1524" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B39476E" w14:textId="77777777" w:rsidR="000F74D8" w:rsidRPr="00501F07" w:rsidRDefault="000F74D8" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1473" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C302B6" w14:textId="77777777" w:rsidR="00645381" w:rsidRPr="00501F07" w:rsidRDefault="00645381" w:rsidP="00645381">
+            <w:pPr>
+              <w:keepNext/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:t>In progress</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F76145C" w14:textId="1950661B" w:rsidR="000F74D8" w:rsidRPr="00501F07" w:rsidRDefault="00645381" w:rsidP="00645381">
+            <w:pPr>
+              <w:keepNext/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(Start date -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1726" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF7FF9D" w14:textId="6C9C20F8" w:rsidR="000F74D8" w:rsidRPr="00501F07" w:rsidRDefault="00645381" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="hps"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:rStyle w:val="hps"/>
+                <w:color w:val="222222"/>
+              </w:rPr>
+              <w:t>MA in Health Systems Management, Thesis equivalent track</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0815FCFC" w14:textId="41CCEF43" w:rsidR="000F74D8" w:rsidRPr="00501F07" w:rsidRDefault="00645381" w:rsidP="00872E9E">
+            <w:pPr>
+              <w:keepNext/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00645381">
+              <w:t>Exploring the Relationship Between Personal Resilience and Dietary Measures Among Residents of the Galilee and Valleys Regional Cluster</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1601" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE9EFAC" w14:textId="77777777" w:rsidR="000F74D8" w:rsidRDefault="00645381" w:rsidP="00B90A44">
+            <w:pPr>
+              <w:keepNext/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD18E3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+              </w:rPr>
+              <w:t>Yael Perski</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E9705F2" w14:textId="7C97DAF7" w:rsidR="00645381" w:rsidRPr="00501F07" w:rsidRDefault="00645381" w:rsidP="00645381">
+            <w:pPr>
+              <w:keepNext/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Co-supervisor:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Prof Ronit </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Endevelt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00123497" w:rsidRPr="00501F07" w14:paraId="418B375C" w14:textId="77777777" w:rsidTr="009E51FD">
         <w:trPr>
           <w:trHeight w:val="535"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1524" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A94027E" w14:textId="77777777" w:rsidR="00123497" w:rsidRPr="00501F07" w:rsidRDefault="00123497" w:rsidP="00B90A44">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="278CCEEF" w14:textId="77777777" w:rsidR="004212B4" w:rsidRPr="00501F07" w:rsidRDefault="004212B4" w:rsidP="004212B4">
             <w:pPr>
@@ -19120,59 +19681,51 @@
             <w:r w:rsidRPr="00501F07">
               <w:t xml:space="preserve"> of '</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:t>Tiponet</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00501F07">
               <w:t xml:space="preserve">'- An online platform for parents </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:t>trining</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00501F07">
               <w:t xml:space="preserve"> by </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:t>Tipat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00501F07">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> nurses</w:t>
+              <w:t xml:space="preserve"> Halav nurses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1601" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23A40793" w14:textId="77777777" w:rsidR="00123497" w:rsidRPr="00501F07" w:rsidRDefault="00123497" w:rsidP="00B90A44">
             <w:pPr>
               <w:keepNext/>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>**</w:t>
@@ -19399,151 +19952,143 @@
             <w:tcW w:w="1601" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13EB5A53" w14:textId="5016A702" w:rsidR="002420FB" w:rsidRPr="00501F07" w:rsidRDefault="00EB62C2" w:rsidP="00B90A44">
             <w:pPr>
               <w:keepNext/>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">** </w:t>
             </w:r>
             <w:r w:rsidR="002420FB" w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chen </w:t>
-[...7 lines deleted...]
-              <w:t>Zare</w:t>
+              <w:t>Chen Zare</w:t>
             </w:r>
             <w:r w:rsidR="005243BF" w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>cki</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="20312F5D" w14:textId="7D4461EE" w:rsidR="000A0A23" w:rsidRPr="00501F07" w:rsidRDefault="000A0A23" w:rsidP="00B90A44">
             <w:pPr>
               <w:keepNext/>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Co-supervisor: </w:t>
             </w:r>
             <w:r w:rsidR="002F4C76" w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Prof</w:t>
             </w:r>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>. Riki Tesler</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D6B87" w:rsidRPr="00501F07" w14:paraId="2D582AED" w14:textId="77777777" w:rsidTr="009E51FD">
         <w:trPr>
           <w:trHeight w:val="535"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1524" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDF9AC7" w14:textId="77777777" w:rsidR="006D6B87" w:rsidRPr="00501F07" w:rsidRDefault="006D6B87" w:rsidP="00B90A44">
+          <w:p w14:paraId="5BDF9AC7" w14:textId="688A7914" w:rsidR="006D6B87" w:rsidRPr="000F74D8" w:rsidRDefault="00370475" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
-            </w:pPr>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00370475">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1473" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="502061E7" w14:textId="77777777" w:rsidR="006D6B87" w:rsidRPr="00501F07" w:rsidRDefault="006D6B87" w:rsidP="00B90A44">
+          <w:p w14:paraId="2C4199CA" w14:textId="582E2B84" w:rsidR="006D6B87" w:rsidRPr="000F74D8" w:rsidRDefault="00370475" w:rsidP="00B90A44">
             <w:pPr>
               <w:keepNext/>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...17 lines deleted...]
-              <w:t>(Start date -11/2021)</w:t>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00370475">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1726" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BB59786" w14:textId="56A2682A" w:rsidR="006D6B87" w:rsidRPr="00501F07" w:rsidRDefault="006D6B87" w:rsidP="00B90A44">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="hps"/>
                 <w:color w:val="222222"/>
                 <w:lang w:val="en"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:rStyle w:val="hps"/>
                 <w:color w:val="222222"/>
                 <w:lang w:val="en"/>
               </w:rPr>
@@ -19585,65 +20130,56 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1601" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="074C328E" w14:textId="77777777" w:rsidR="006D6B87" w:rsidRPr="00501F07" w:rsidRDefault="00B11586" w:rsidP="00B90A44">
             <w:pPr>
               <w:keepNext/>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="006D6B87" w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Avigail</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Porat</w:t>
+              <w:t>Avigail Porat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="617D437F" w14:textId="77777777" w:rsidR="009D59BC" w:rsidRPr="00501F07" w:rsidRDefault="009D59BC" w:rsidP="00B90A44">
             <w:pPr>
               <w:keepNext/>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3939243A" w14:textId="3A3DBF13" w:rsidR="009D59BC" w:rsidRPr="00501F07" w:rsidRDefault="0075534E" w:rsidP="00B90A44">
             <w:pPr>
               <w:keepNext/>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -19816,93 +20352,91 @@
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nourit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Houminer-Klipper</w:t>
+              <w:t>Houminer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00501F07">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-Klipper</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="25F2E98A" w14:textId="77777777" w:rsidR="00123497" w:rsidRPr="00501F07" w:rsidRDefault="00123497" w:rsidP="00123497">
             <w:pPr>
               <w:keepNext/>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="677AE17E" w14:textId="265DADFD" w:rsidR="00123497" w:rsidRPr="00501F07" w:rsidRDefault="00123497" w:rsidP="00123497">
             <w:pPr>
               <w:keepNext/>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00501F07">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Co-supervisor: Prof Orna Baron-</w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Co-supervisor: Prof Orna Baron-Epel</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="11E9604A" w14:textId="391C516A" w:rsidR="00123497" w:rsidRPr="00501F07" w:rsidRDefault="00123497" w:rsidP="00123497">
             <w:pPr>
               <w:keepNext/>
               <w:bidi w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002E3987" w:rsidRPr="00501F07" w14:paraId="40768D3E" w14:textId="77777777" w:rsidTr="009E51FD">
         <w:trPr>
           <w:trHeight w:val="535"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1524" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15C231A2" w14:textId="3D7BC6F6" w:rsidR="002E3987" w:rsidRPr="00501F07" w:rsidRDefault="002E3987" w:rsidP="00B90A44">
             <w:pPr>
@@ -20051,288 +20585,96 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="389F7853" w14:textId="77777777" w:rsidR="007D3BAD" w:rsidRPr="00501F07" w:rsidRDefault="007D3BAD" w:rsidP="007D3BAD">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72654ABB" w14:textId="77777777" w:rsidR="007D3BAD" w:rsidRPr="00501F07" w:rsidRDefault="007D3BAD" w:rsidP="007D3BAD">
+    <w:p w14:paraId="737E404F" w14:textId="77777777" w:rsidR="00061947" w:rsidRPr="00501F07" w:rsidRDefault="00061947" w:rsidP="007377AE">
       <w:pPr>
         <w:pStyle w:val="ab"/>
-        <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
+          <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:eastAsia="he-IL"/>
-[...190 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53BD2BB0" w14:textId="4E7D5129" w:rsidR="00951CC5" w:rsidRPr="00501F07" w:rsidRDefault="00951CC5" w:rsidP="007D3BAD">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>PUBLICATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BD2BB1" w14:textId="02DB903E" w:rsidR="00951CC5" w:rsidRPr="00501F07" w:rsidRDefault="00951CC5" w:rsidP="00B90A44">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -20361,83 +20703,68 @@
         <w:t>Title:</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> "Exploring the factors related to alcohol-impaired driving among young adults in Israel by applying the Behavioral-Ecological Model (BEM)". </w:t>
       </w:r>
       <w:r w:rsidR="00981A18" w:rsidRPr="00501F07">
         <w:t>(Hebrew</w:t>
       </w:r>
       <w:r w:rsidR="0031350C" w:rsidRPr="00501F07">
         <w:t>, 149</w:t>
       </w:r>
       <w:r w:rsidR="008E1DD0" w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0031350C" w:rsidRPr="00501F07">
         <w:t>pages</w:t>
       </w:r>
       <w:r w:rsidR="00981A18" w:rsidRPr="00501F07">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Approval date:</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> 10.12.2014</w:t>
       </w:r>
       <w:r w:rsidR="0031350C" w:rsidRPr="00501F07">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Supervisors:</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
-        <w:t xml:space="preserve"> Prof Orna Baron </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Prof Orna Baron Epel, Dr. Anat Gesser </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:t>Edelsburg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00981A18" w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidR="00C82698" w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> school of public health,</w:t>
       </w:r>
       <w:r w:rsidR="00981A18" w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> University of Haifa. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B11C9DE" w14:textId="77777777" w:rsidR="00A57EA1" w:rsidRPr="00501F07" w:rsidRDefault="00A57EA1" w:rsidP="00A57EA1">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
@@ -20538,520 +20865,767 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="56782167" w14:textId="02229BBC" w:rsidR="000B5FCA" w:rsidRPr="00501F07" w:rsidRDefault="00BB1FA3" w:rsidP="003C4BE5">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Authors’ relative contributions are according to the order of names unless otherwise indicated</w:t>
       </w:r>
       <w:r w:rsidR="00CF737E" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6870AFF2" w14:textId="0DEE3F30" w:rsidR="00127E90" w:rsidRDefault="00127E90" w:rsidP="000A057F">
+    <w:p w14:paraId="6489AD58" w14:textId="41B0B5C1" w:rsidR="003E7FE8" w:rsidRDefault="003E7FE8" w:rsidP="50E6B0EA">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7FE8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zarecki, C., Satran, C., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7FE8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Kaldawy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7FE8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A., Tesler, R., &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7FE8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Bord, S.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7FE8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2025). Understanding the Role of Social Negativity in Perceived Life Course Impact and Mental Health Among Women with Endometriosis. Journal of Clinical Medicine, 14(13), 4761. https://doi.org/10.3390/jcm14134761</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B62288C" w14:textId="33398B4D" w:rsidR="003E7FE8" w:rsidRDefault="003E7FE8" w:rsidP="003E7FE8">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7FE8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Bord, S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7FE8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., Inchi, L., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7FE8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Paldi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7FE8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Y., Baruch, R., Schwartz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7FE8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Shpiro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7FE8">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, M., Ronen, S., Eizenberg, L., Gens, I., &amp; Yaari, M. (2025). The Pivotal Role of Social Support, Self-Compassion and Self-Care in Predicting Physical and Mental Health Among Mothers of Young Children. Healthcare, 13(15), 1889. https://doi.org/10.3390/healthcare13151889</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="514F1C0F" w14:textId="4097D20E" w:rsidR="00476C09" w:rsidRDefault="00476C09" w:rsidP="003E7FE8">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inchi, L., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Shimoni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, B., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00476C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Madjar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00476C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, B., &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476C09">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Bord, S.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2025). Encounters Between Fields: Integrating Military Forces into the Health Field's Epidemiological Effort During COVID-19 in Israel. Social Science &amp; Medicine, 118139.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>‏</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3263D3" w14:textId="0C847A29" w:rsidR="0045550E" w:rsidRPr="0045550E" w:rsidRDefault="00476C09" w:rsidP="00476C09">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00476C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Golan, O., Satran, C., &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476C09">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Bord, S.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2025). An individual’s trust in government is a major determinant in the decision to voluntarily join a public health initiative. Israel Journal of Health Policy Research, 14, 9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476C09">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>‏</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6870AFF2" w14:textId="2B049770" w:rsidR="00127E90" w:rsidRDefault="00127E90" w:rsidP="0045550E">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Eines, K., Hochwald, I. H., Green, G., Dolev, A.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bord, S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Paldi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Y., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Sm</w:t>
+      </w:r>
+      <w:r w:rsidR="00084635" w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>ueli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00084635" w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, L., Levi, S </w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&amp; Tesler, R. (2024). The Effect of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Mamanet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Cachibol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> League on Psychosomatic Symptoms, Healthy Eating, and Social Support Among Arab Women: A Mixed-Methods Study. Journal of Physical Activity and Health, 1,1-8.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>‏</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DAB6CF6" w14:textId="3E0E7448" w:rsidR="00084635" w:rsidRDefault="00274C62" w:rsidP="50E6B0EA">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Admi, H., Inchi, L., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bord, S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Shahrabani</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, S. (2024). “Being There for Each Other”: Hospital Nurses’ Struggle during the COVID-19 Pandemic. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>COVID</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(7), 982-997.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>‏</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F7D876" w14:textId="5FCFC06A" w:rsidR="00274C62" w:rsidRDefault="004B05BC" w:rsidP="50E6B0EA">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ali-Saleh, O., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bord, S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>., &amp; Basis, F. (2024). Factors Associated with Israeli Arab Women Anxiety and Depression During the COVID-19 Pandemic. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Journal of Racial and Ethnic Health Disparities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, 1-10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>‏</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="443838CA" w14:textId="4D6610EA" w:rsidR="004B05BC" w:rsidRDefault="004B05BC" w:rsidP="50E6B0EA">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Glaser, M., Green, G., Barak, S., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Bord, S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., Levi, S., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Jakobovich</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, R., ... &amp; Tesler, R. (2024). The effects of the Friendship Online Intervention Program on physical activity, substance abuse, psychosomatic symptoms, and well‐being among at‐risk youth. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Journal of Adolescence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>96</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>(2), 251-265.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="50E6B0EA">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>‏</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CFB92CC" w14:textId="77777777" w:rsidR="004B05BC" w:rsidRPr="00501F07" w:rsidRDefault="004B05BC" w:rsidP="004B05BC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:color w:val="242424"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00501F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Role in the publication:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Shiran Bord contributed to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501F07">
+        <w:rPr>
+          <w:color w:val="242424"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>developing the research design (e.g.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501F07">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, choice of research tools, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00501F07">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>crea</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501F07">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ting</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00501F07">
+        <w:rPr>
+          <w:color w:val="242424"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the measures), co-wrote the paper with the other authors, and approved the final version of the manuscript. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E44DDBB" w14:textId="2C08CB6C" w:rsidR="000A057F" w:rsidRPr="00501F07" w:rsidRDefault="000A057F" w:rsidP="00127E90">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...323 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="00501F07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">**Inchi L., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501F07">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">, choice of research tools, </w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Bord, S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501F07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
-          <w:rFonts w:hint="cs"/>
-[...14 lines deleted...]
-        <w:t>ting</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Majar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
-          <w:color w:val="242424"/>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> B. (2023). "Army and health are like concrete and wood": a civil-military meeting between two organizations - the health system and the Home Front Command in the national response to the COVID-19 epidemic in Israel. </w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B. (2023). "Army and health are like concrete and wood": a civil-military meeting between two organizations - the health system and the Home Front Command in the national response to the COVID-19 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501F07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">epidemic in Israel. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>The Study of Organization and Human Resource Management Quarterly</w:t>
       </w:r>
       <w:r w:rsidR="00AD7051" w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, 8(1), 1-13.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Hebrew</w:t>
       </w:r>
       <w:r w:rsidR="00AB0A25" w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -21195,87 +21769,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, N., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">., </w:t>
-[...35 lines deleted...]
-        <w:t>, O. (2023). Are pregnancy and parity associated with telomere length? A systematic review. </w:t>
+        <w:t>., Epel, E., &amp; Baron-Epel, O. (2023). Are pregnancy and parity associated with telomere length? A systematic review. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>BMC Pregnancy and Childbirth</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
@@ -21372,71 +21910,51 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Role in the publication:</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A245B" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Shiran Bord served as </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Shiran Bord served as Nurit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002A245B" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Houminer-Klepars</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002A245B" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">' Ph.D. supervisor. </w:t>
       </w:r>
       <w:r w:rsidR="007C0F01" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -21510,79 +22028,51 @@
       <w:r w:rsidR="00264DD6" w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Houminer-Klepar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00264DD6" w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, N., </w:t>
       </w:r>
       <w:r w:rsidR="00264DD6" w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Bord, S.,</w:t>
       </w:r>
       <w:r w:rsidR="00264DD6" w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-        <w:t>, O. (2023)</w:t>
+        <w:t xml:space="preserve"> Epel, E., Lin, J., Sultan, L., &amp; Baron-Epel, O. (2023)</w:t>
       </w:r>
       <w:r w:rsidR="00405201" w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00264DD6" w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Working status of first-time postpartum mothers and telomere length - a one-year prospective study. </w:t>
       </w:r>
       <w:r w:rsidR="00264DD6" w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Journal of Occupational and Environmental Medicine</w:t>
       </w:r>
       <w:r w:rsidR="00256BF4" w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -21659,71 +22149,51 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Role in the publication:</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A245B" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Shiran Bord served as </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Shiran Bord served as Nurit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002A245B" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Houminer-Klepars</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002A245B" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">' Ph.D. supervisor. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -22256,69 +22726,51 @@
         <w:t xml:space="preserve"> the final version of the manuscript. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57BC146E" w14:textId="4D3E6FE0" w:rsidR="004C5DB7" w:rsidRPr="00501F07" w:rsidRDefault="004C5DB7" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="202020"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>** Baron-</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> O, Obeid S, </w:t>
+        <w:t xml:space="preserve">** Baron-Epel O, Obeid S, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="202020"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Kababya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="202020"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> D, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="202020"/>
@@ -22349,71 +22801,59 @@
           <w:rStyle w:val="ad"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="202020"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>melitensis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rStyle w:val="ad"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="202020"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="202020"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">; Israel as a case study. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="202020"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>PLoS</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> Neglected Tropical Diseases,</w:t>
+        <w:t>PLoS Neglected Tropical Diseases,</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="202020"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16(9). </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">(IF=4.411, Q1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Public health, Environmental and Occupational Health</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -22527,71 +22967,58 @@
         <w:t xml:space="preserve"> the final version of the manuscript. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C99B921" w14:textId="5F87F013" w:rsidR="004C5DB7" w:rsidRPr="00501F07" w:rsidRDefault="004C5DB7" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>** Bord, S.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...13 lines deleted...]
-        <w:t>, C., Schor, A. (2022). The Mediating Role of the Perceived COVID-19 Vaccine Benefits: Examining Israeli Parents’ Perceptions Regarding Their Adolescents’ Vaccination. </w:t>
+        <w:t>, Satran, C., Schor, A. (2022). The Mediating Role of the Perceived COVID-19 Vaccine Benefits: Examining Israeli Parents’ Perceptions Regarding Their Adolescents’ Vaccination. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Vaccines</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10(6), 917. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(IF=4.422, Q1 Infectious Diseases).</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -22712,51 +23139,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Shiran Bord was the corresponding author of this paper. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00CA66B9" w14:textId="66B7D9EF" w:rsidR="00DC5462" w:rsidRPr="00501F07" w:rsidRDefault="00A057DF" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">** Ali-Saleh, O., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>., &amp; Basis, F. (2022). Factors Associated with Decisions of Arab Minority Parents in Israel to Vaccinate Their Children against COVID-19. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Vaccines</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
@@ -22892,65 +23318,51 @@
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Shahrabani</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, S., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">., Admi, H., &amp; </w:t>
-[...13 lines deleted...]
-        <w:t>, M. (2022). Physicians’ Compliance with COVID-19 Regulations: The Role of Emotions and Trust. </w:t>
+        <w:t>., Admi, H., &amp; Halberthal, M. (2022). Physicians’ Compliance with COVID-19 Regulations: The Role of Emotions and Trust. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Healthcare</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10, 582. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(IF=2.645, Q2 Health Policy).</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -23389,65 +23801,51 @@
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Kababya</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, D., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>., &amp; Baron-</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, O. (2021). Identifying ways to reduce the spread of brucellosis by consulting the community: A </w:t>
+        <w:t xml:space="preserve">., &amp; Baron-Epel, O. (2021). Identifying ways to reduce the spread of brucellosis by consulting the community: A </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:color w:val="000000"/>
           <w:rtl/>
         </w:rPr>
         <w:t>mixed-methods</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> study. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Small Ruminant Research</w:t>
       </w:r>
@@ -23586,79 +23984,72 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">** </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Paldi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>, Y., Moran, D. S., Baron-</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, O., </w:t>
+        <w:t xml:space="preserve">, Y., Moran, D. S., Baron-Epel, O., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>., Benartzi, E., &amp; Tesler, R. (2021). Social Capital as a Mediator in the Link between Women’s Participation in Team Sports and Health-Related Outcomes. </w:t>
+        <w:t xml:space="preserve">., Benartzi, E., &amp; Tesler, R. (2021). Social Capital as a Mediator in the Link between Women’s Participation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00501F07">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>in Team Sports and Health-Related Outcomes. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>International Journal of Environmental Research and Public Health</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
@@ -23805,96 +24196,59 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>** Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">., Schor, A., </w:t>
-[...27 lines deleted...]
-        <w:t>, L., &amp; Halperin, D. (2021). Distancing Adherence and Negative Emotions among the Israeli Elderly Population during the COVID-19 Pandemic. </w:t>
+        <w:t>., Schor, A., Satran, C., Ali Saleh, O., Inchi, L., &amp; Halperin, D. (2021). Distancing Adherence and Negative Emotions among the Israeli Elderly Population during the COVID-19 Pandemic. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">International Journal of </w:t>
-[...8 lines deleted...]
-        <w:t>Environmental Research and Public Health</w:t>
+        <w:t>International Journal of Environmental Research and Public Health</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), 8770. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
@@ -24018,65 +24372,51 @@
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">** Rudolf, M. C., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>., Hasson, R., Sahar, Y., Rubin, L., Manor, N., ... &amp; Baron-</w:t>
-[...13 lines deleted...]
-        <w:t>, O. (2021). Between-country analysis of implementing an obesity prevention intervention using RE-AIM: HENRY in Israel and UK. </w:t>
+        <w:t>., Hasson, R., Sahar, Y., Rubin, L., Manor, N., ... &amp; Baron-Epel, O. (2021). Between-country analysis of implementing an obesity prevention intervention using RE-AIM: HENRY in Israel and UK. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Health Promotion International</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:rtl/>
         </w:rPr>
         <w:t>‏</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -24356,83 +24696,51 @@
     </w:p>
     <w:p w14:paraId="0B997BC2" w14:textId="77777777" w:rsidR="00654352" w:rsidRPr="00501F07" w:rsidRDefault="00A057DF" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">** </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">, M &amp; </w:t>
+        <w:t xml:space="preserve">** Satran C., Ali-Saleh, O., Mashiach-Eizenberg, M &amp; </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Bord</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S</w:t>
@@ -24574,75 +24882,51 @@
           <w:numId w:val="36"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve">** Halperin, D., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
-        <w:t xml:space="preserve">., Shor, A., </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">, C. (2021). Characterization of the causes of compliance of 65+ adults with the guidelines of the Ministry of Health during the first wave of the corona (Covid-19) epidemic, according to the reasoned action theory. </w:t>
+        <w:t xml:space="preserve">., Shor, A., Inchi, L., Ali Salach, O., &amp; Satran, C. (2021). Characterization of the causes of compliance of 65+ adults with the guidelines of the Ministry of Health during the first wave of the corona (Covid-19) epidemic, according to the reasoned action theory. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Health Promotion in Israel</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:color w:val="000000"/>
           <w:rtl/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -24753,87 +25037,70 @@
     <w:p w14:paraId="742FDF41" w14:textId="77777777" w:rsidR="00077A84" w:rsidRPr="00501F07" w:rsidRDefault="005169FE" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="201F1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">** </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="201F1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Paldi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="201F1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>, Y., Moran, D.S., Baron-</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, O., </w:t>
+        <w:t xml:space="preserve">, Y., Moran, D.S., Baron-Epel, O., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="201F1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bord, S.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="201F1E"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Tesler, R.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
@@ -25024,88 +25291,69 @@
         <w:t xml:space="preserve"> the final version of the manuscript. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D326E5" w14:textId="08A34F5E" w:rsidR="00A07D11" w:rsidRPr="00501F07" w:rsidRDefault="00A07D11" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">** </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Paldi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>, Y., Moran, D. S., Baron-</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, O., </w:t>
+        <w:t xml:space="preserve">, Y., Moran, D. S., Baron-Epel, O., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bord, S.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; Tesler, R. (2021). Ethnic Disparities in Social Capital and Health among Jewish and Arab Participants in the Israeli </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -25286,103 +25534,72 @@
           <w:numId w:val="36"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="201F1E"/>
         </w:rPr>
         <w:t>* Halperin, D., Shor, A., Mashiach</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>–</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>–Eizenberg</w:t>
+      </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="201F1E"/>
         </w:rPr>
-        <w:t xml:space="preserve">, M., </w:t>
-[...13 lines deleted...]
-        <w:t>, C., Ali Saleh, O</w:t>
+        <w:t>, M., Satran, C., Ali Saleh, O</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:color w:val="201F1E"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:rtl/>
         </w:rPr>
         <w:t>., &amp; </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="201F1E"/>
         </w:rPr>
-        <w:t>Inchi</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, L., </w:t>
+        <w:t xml:space="preserve">Inchi, L., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="201F1E"/>
         </w:rPr>
         <w:t>Bord, S.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="201F1E"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020). Evaluating adherence to future COVID-19 vaccination among elderly population in Israel</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:color w:val="201F1E"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:rtl/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
@@ -25554,69 +25771,51 @@
         <w:t xml:space="preserve"> the final version of the manuscript. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B7653F1" w14:textId="2481A767" w:rsidR="00E32F2D" w:rsidRPr="00501F07" w:rsidRDefault="00E32F2D" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>* Baron-</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, O., </w:t>
+        <w:t xml:space="preserve">* Baron-Epel, O., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Paldi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, Y., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
@@ -25826,65 +26025,51 @@
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Paldi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, Y., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Hassoon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>, R., Sahar, Y., Manor, N., Rubin, L., &amp; Baron-</w:t>
-[...13 lines deleted...]
-        <w:t>. O</w:t>
+        <w:t>, R., Sahar, Y., Manor, N., Rubin, L., &amp; Baron-Epel. O</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve">. (2020). </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Efshari</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">-Bari for the Family (Henry) in Israel: Findings, insights, and conclusions for further implementation of the program. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Health Promotion in Israel</w:t>
       </w:r>
@@ -26150,131 +26335,100 @@
     </w:p>
     <w:p w14:paraId="67186D9F" w14:textId="77777777" w:rsidR="0049438C" w:rsidRPr="00501F07" w:rsidRDefault="00AB6BCB" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">* Hayek, S., Tessler, R., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Endevelt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, R., </w:t>
+        <w:t xml:space="preserve">, R., Satran, C., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Satran</w:t>
+        <w:t>Livne</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, C., </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">, O. (2019). Do Israeli health-promoting schools contribute to students’ healthy eating and physical activity habits? </w:t>
+        <w:t xml:space="preserve">, I., ... &amp; Baron-Epel, O. (2019). Do Israeli health-promoting schools contribute to students’ healthy eating and physical activity habits? </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Health Promotion International</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>34</w:t>
@@ -26382,124 +26536,87 @@
     </w:p>
     <w:p w14:paraId="58067361" w14:textId="77777777" w:rsidR="0053348F" w:rsidRPr="00501F07" w:rsidRDefault="00AB6BCB" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">* Tesler, R., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>., Limon, S., Bibi, H., Fish, R., &amp; Baron-</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, O. (2018). Call out to read: evaluation of a clinic-based intervention to promote story reading to infants by parents. </w:t>
+        <w:t xml:space="preserve">., Limon, S., Bibi, H., Fish, R., &amp; Baron-Epel, O. (2018). Call out to read: evaluation of a clinic-based intervention to promote story reading to infants by parents. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rStyle w:val="ad"/>
           <w:color w:val="333333"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Guf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rStyle w:val="ad"/>
           <w:color w:val="333333"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-        <w:t>: Journal of Nursing Research, 16</w:t>
+        <w:t xml:space="preserve"> Yeda: Journal of Nursing Research, 16</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, 28-36.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>(In Hebrew, Peer-reviewed journal, IF=NA).</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18826A2D" w14:textId="4AC3E3C9" w:rsidR="00F644D0" w:rsidRPr="00501F07" w:rsidRDefault="00F644D0" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -26615,67 +26732,51 @@
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>*Baron-</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, O., </w:t>
+        <w:t xml:space="preserve">*Baron-Epel, O., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>., Cohen-Dar, M., &amp; Obeid, S. (2018). A cross-sectional survey assessing knowledge, attitudes, and behaviors regarding brucellosis among Arab Israelis. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>BMC public health</w:t>
@@ -26967,93 +27068,79 @@
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Sznitman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, S. R., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Elias, W., </w:t>
+        <w:t xml:space="preserve"> Elias, W., Gesser-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t>Gesser-Edelsburg</w:t>
+        <w:t>Edelsburg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, A., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Shiftan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t>, Y., &amp; Baron-</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, O. (2017). Examining the Sociocultural Sensitivity of Subjective Drunkenness: Comparing Arab and Jewish Israeli Pub Patrons. </w:t>
+        <w:t xml:space="preserve">, Y., &amp; Baron-Epel, O. (2017). Examining the Sociocultural Sensitivity of Subjective Drunkenness: Comparing Arab and Jewish Israeli Pub Patrons. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Drug and Alcohol Review</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
@@ -27470,105 +27557,87 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, R. S., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">., Elias, W., </w:t>
+        <w:t>., Elias, W., Gesser-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Gesser-Edelsburg</w:t>
+        <w:t>Edelsburg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, A., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Shiftan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>, Y., &amp; Baron-</w:t>
-[...17 lines deleted...]
-        <w:t>, O. (2017). Cross-Cultural Validity in Self-Reported Alcohol Use.</w:t>
+        <w:t>, Y., &amp; Baron-Epel, O. (2017). Cross-Cultural Validity in Self-Reported Alcohol Use.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>European Addiction Research</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -27620,50 +27689,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5002ABC8" w14:textId="448E934A" w:rsidR="008E6802" w:rsidRPr="00501F07" w:rsidRDefault="00B041B8" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Role</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the publication</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: Shiran Bord initiated the study, contributed to the conceptualization of the study, development of the research design and methods, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -27774,60 +27844,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, A., Carlson, M. W., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">., &amp; Zeichner, A. (2017). Alcohol-impaired driving: the influence of adverse rearing environments, alcohol, cannabis use, </w:t>
-[...8 lines deleted...]
-        <w:t>and the moderating role of anxiety.</w:t>
+        <w:t>., &amp; Zeichner, A. (2017). Alcohol-impaired driving: the influence of adverse rearing environments, alcohol, cannabis use, and the moderating role of anxiety.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Substance Use &amp; Misuse</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -27974,105 +28035,105 @@
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Elias, W., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>., Baron-</w:t>
+        <w:t>., Baron-Epel, O., Gesser-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Epel</w:t>
+        <w:t>Edelsburg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, O., </w:t>
+        <w:t xml:space="preserve">, A., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Gesser-Edelsburg</w:t>
+        <w:t>Shiftan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, A., &amp; </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">, Y. (2017). Factors influencing the decision to engage in alcohol-impaired driving among </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Shiftan</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Arab-Israeli</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>, Y. (2017). Factors influencing the decision to engage in alcohol-impaired driving among Arab-Israeli youths.</w:t>
+        <w:t xml:space="preserve"> youths.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Transportation Research part F: Traffic Psychology and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
@@ -28222,114 +28283,86 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="311B6C16" w14:textId="77777777" w:rsidR="00245964" w:rsidRPr="00501F07" w:rsidRDefault="00AB6BCB" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Baron-</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, O., </w:t>
+        <w:t xml:space="preserve">Baron-Epel, O., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">., Elias, W., </w:t>
+        <w:t xml:space="preserve">., Elias, W., Zarecki, C., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Zarecki</w:t>
+        <w:t>Shiftan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">, C., </w:t>
+        <w:t>, Y., &amp; Gesser-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Shiftan</w:t>
-[...13 lines deleted...]
-        <w:t>Gesser-Edelsburg</w:t>
+        <w:t>Edelsburg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, A. (2015). Alcohol consumption among Arabs in Israel: A qualitative study.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> Substance Use &amp; Misuse,</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 50 (2): 268-273. (IF=1.234, Q2 Public health, Environmental and Occupational Health). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FE238DD" w14:textId="1F6CEF0C" w:rsidR="00245964" w:rsidRPr="00501F07" w:rsidRDefault="00245964" w:rsidP="00B90A44">
       <w:pPr>
@@ -28433,93 +28466,79 @@
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Sznitman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, S. R., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Bord, S.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Elias, W., </w:t>
+        <w:t>, Elias, W., Gesser-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Gesser-Edelsburg</w:t>
+        <w:t>Edelsburg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, A., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Shiftan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>, Y., &amp; Baron-</w:t>
-[...13 lines deleted...]
-        <w:t>, O. (2014). Examining differences in drinking patterns among Jewish and Arab university students in Israel.</w:t>
+        <w:t>, Y., &amp; Baron-Epel, O. (2014). Examining differences in drinking patterns among Jewish and Arab university students in Israel.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ethnicity &amp; Health, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">20 (6): 594-610. (IF=1.904, Q2 Public health, Environmental and Occupational Health). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="568EE097" w14:textId="0BB28D4B" w:rsidR="00245964" w:rsidRPr="00501F07" w:rsidRDefault="00245964" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
@@ -28591,65 +28610,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the final version of the manuscript. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C41D52" w14:textId="0F745FB4" w:rsidR="00AB6BCB" w:rsidRPr="00501F07" w:rsidRDefault="00AB6BCB" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Baron-</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, O., Magid, A., </w:t>
+        <w:t xml:space="preserve">Baron-Epel, O., Magid, A., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>., Assi, N., Klein, M., &amp; Levi, S. (2013). Child restraint safety practices among Arab children in Israel.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> Traffic Injury Prevention, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
@@ -28738,65 +28743,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="26F53C72" w14:textId="77777777" w:rsidR="00D14E76" w:rsidRPr="00501F07" w:rsidRDefault="00AB6BCB" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Baron-</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, O., </w:t>
+        <w:t xml:space="preserve">Baron-Epel, O., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Madjar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
@@ -28834,50 +28825,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6887547D" w14:textId="11488A7B" w:rsidR="00D14E76" w:rsidRPr="00501F07" w:rsidRDefault="00D14E76" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Role</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the publication</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: Shiran Bord was involved in the development of the research design and methods, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -28918,65 +28910,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Bord, S.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Baron-</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, O. (2010). Alcohol consumption among adolescents "from good families". </w:t>
+        <w:t xml:space="preserve"> Baron-Epel, O. (2010). Alcohol consumption among adolescents "from good families". </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Health Promotion in Israel</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3; 32-39. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00C63A4E" w:rsidRPr="00501F07">
         <w:t>In Hebrew,</w:t>
       </w:r>
       <w:r w:rsidR="00BA1499" w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0073723C" w:rsidRPr="00501F07">
         <w:t>Peer-reviewed</w:t>
@@ -29040,203 +29018,60 @@
         <w:t xml:space="preserve"> in the publication</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: Shiran Bord initiated the study, contributed to the conceptualization of the study, development of the research design and methods, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>data curation and resources</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, data </w:t>
-[...8 lines deleted...]
-        <w:t>analysis, review of the literature, paper revision (during the publication process)</w:t>
+        <w:t>, data analysis, review of the literature, paper revision (during the publication process)</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, and approved</w:t>
-      </w:r>
-[...132 lines deleted...]
-        <w:t>data curation, and resources. In addition, she was involved in reading the literature, reviewing and editing the manuscript, and approving</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the final version of the manuscript. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29C7A98E" w14:textId="0BC94B36" w:rsidR="00BC6259" w:rsidRPr="00501F07" w:rsidRDefault="00BC6259" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C163226" w14:textId="3488B2BF" w:rsidR="001D6BA9" w:rsidRPr="00501F07" w:rsidRDefault="001D6BA9" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
@@ -29305,93 +29140,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bord, S. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">&amp; </w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">., &amp; D. Levin-Zamir (Eds.), </w:t>
+        <w:t xml:space="preserve">&amp; Satran, C. (2016). Theories and models for health behaviors change. In: O. Baron-Epel., N. Daod., &amp; D. Levin-Zamir (Eds.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Health promotion: from theory to practice</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Probook</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
@@ -29442,69 +29235,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> in the publication</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: Shiran Bord contributed to the conceptualization of the chapter, development of the design</w:t>
       </w:r>
       <w:r w:rsidR="0004009F" w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> review of the literature, co-wrote the chapter with Carmit </w:t>
-[...17 lines deleted...]
-        <w:t>, revised the chapter (during the publication process)</w:t>
+        <w:t xml:space="preserve"> review of the literature, co-wrote the chapter with Carmit Satran, revised the chapter (during the publication process)</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, and approved</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the final version of the chapt</w:t>
       </w:r>
       <w:r w:rsidR="0004009F" w:rsidRPr="00501F07">
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">er before publication. </w:t>
@@ -29516,65 +29291,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> &amp; Baron-</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, O. (2014). Using the theory of reasoned action (TRA) for planning alcohol consumption prevention programs among adolescents. In: R. Zimmer, &amp; H. Boni-Noah, H (Eds.), </w:t>
+        <w:t xml:space="preserve"> &amp; Baron-Epel, O. (2014). Using the theory of reasoned action (TRA) for planning alcohol consumption prevention programs among adolescents. In: R. Zimmer, &amp; H. Boni-Noah, H (Eds.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Prevention of alcohol and drugs consumption</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (132-149). </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve">Israel Anti-Drug Authority, Jerusalem. (In Hebrew). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BED529C" w14:textId="5DA86BD2" w:rsidR="0004009F" w:rsidRPr="00501F07" w:rsidRDefault="0004009F" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
@@ -29741,65 +29502,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidR="00CE6DAB" w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CE6DAB" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidR="00CE6DAB" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">., </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, C., </w:t>
+        <w:t xml:space="preserve">., Satran, C., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CE6DAB" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Odesky</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CE6DAB" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, G., Ali-Saleh, O., Wagman, S., &amp; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CE6DAB" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Madjar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CE6DAB" w:rsidRPr="00501F07">
         <w:rPr>
@@ -29819,63 +29566,55 @@
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="709" w:right="84" w:hanging="283"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">, C., </w:t>
+      <w:r w:rsidRPr="00501F07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Satran, C., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cohen, A., Tzadik, H., David, R., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Nattiv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
@@ -29920,65 +29659,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidR="00BD7587" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidR="00BD7587" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">., </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, S., Baruch, H., Admi, H. (2022). Longitudinal analysis of Israeli nurses’ perceptions, trust &amp; emotions during the COVID-19 pandemic. </w:t>
+        <w:t xml:space="preserve">., Shaharabani, S., Baruch, H., Admi, H. (2022). Longitudinal analysis of Israeli nurses’ perceptions, trust &amp; emotions during the COVID-19 pandemic. </w:t>
       </w:r>
       <w:r w:rsidR="00BD7587" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>European Journal of Public Health</w:t>
       </w:r>
       <w:r w:rsidR="00BD7587" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32, (Supplement_3), ckac131.377, </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00BD7587" w:rsidRPr="00501F07">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           </w:rPr>
           <w:t>https://doi.org/10.1093/eurpub/ckac131.377</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BD7587" w:rsidRPr="00501F07">
@@ -30007,65 +29732,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidR="00BD7587" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Golan, O., </w:t>
       </w:r>
       <w:r w:rsidR="00BD7587" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidR="00BD7587" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">., </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, C. (2022). Who is following me? Public attitude towards government tracing apps in the covid Era in Israel. </w:t>
+        <w:t xml:space="preserve">., Satran, C. (2022). Who is following me? Public attitude towards government tracing apps in the covid Era in Israel. </w:t>
       </w:r>
       <w:r w:rsidR="00BD7587" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal </w:t>
       </w:r>
       <w:r w:rsidR="00BD7587" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>of Public Health</w:t>
       </w:r>
       <w:r w:rsidR="00BD7587" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, 32, (Supplement_3), ckac131.224, </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
@@ -30108,65 +29819,51 @@
           <w:bCs/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">., </w:t>
-[...13 lines deleted...]
-        <w:t>, S., &amp; Admi, H. (2021). Factors associated with physicians' decision making during the first wave of the COVID-19 pandemic. </w:t>
+        <w:t>., Sharabani, S., &amp; Admi, H. (2021). Factors associated with physicians' decision making during the first wave of the COVID-19 pandemic. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>European Journal of Public Health</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
@@ -30186,69 +29883,51 @@
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="709" w:right="84" w:hanging="283"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>* Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">., </w:t>
-[...17 lines deleted...]
-        <w:t>, C., Schor, A., Offer, M., Ohana, N., &amp; Sagi, S. (2020). Predicting postpartum mothers' intention for vaccinating their infants. </w:t>
+        <w:t>., Satran, C., Schor, A., Offer, M., Ohana, N., &amp; Sagi, S. (2020). Predicting postpartum mothers' intention for vaccinating their infants. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>European Journal of Public Health</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
@@ -30296,69 +29975,51 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>., Obeid, S., Cohen-Dar, M., &amp; Baron-</w:t>
-[...17 lines deleted...]
-        <w:t>, O. (2018). Is knowledge regarding the danger of contracting brucellosis associated with risky behavior among Arab Israelis? In </w:t>
+        <w:t>., Obeid, S., Cohen-Dar, M., &amp; Baron-Epel, O. (2018). Is knowledge regarding the danger of contracting brucellosis associated with risky behavior among Arab Israelis? In </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Annals of Behavioral Medicine</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Vol. 52, pp. S572-S572). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="458F3562" w14:textId="367C2A6B" w:rsidR="00D00985" w:rsidRPr="00501F07" w:rsidRDefault="00D00985" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -30451,87 +30112,69 @@
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="709" w:right="84" w:hanging="283"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">., </w:t>
+        <w:t>., Gesser-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Gesser-Edelsburg</w:t>
+        <w:t>Edelsburg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>, A., &amp; Baron-</w:t>
-[...17 lines deleted...]
-        <w:t>, O. (2017). Public Transportation Availability and Alcohol Impaired Driving Among Young Adult Pub Patrons in Israel. </w:t>
+        <w:t>, A., &amp; Baron-Epel, O. (2017). Public Transportation Availability and Alcohol Impaired Driving Among Young Adult Pub Patrons in Israel. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Journal of Transport &amp; Health</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
@@ -30568,87 +30211,69 @@
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="709" w:right="84" w:hanging="283"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">., Hayek, S., </w:t>
+        <w:t>., Hayek, S., Gesser-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Gesser-Edelsburg</w:t>
+        <w:t>Edelsburg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>, A., &amp; Baron-</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, O. (2016). </w:t>
+        <w:t xml:space="preserve">, A., &amp; Baron-Epel, O. (2016). </w:t>
       </w:r>
       <w:r w:rsidR="00DE7847" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Using </w:t>
       </w:r>
       <w:r w:rsidR="00604419" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">socio-ecological approach for a better understanding </w:t>
       </w:r>
       <w:r w:rsidR="00334D32" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>of the factors associated with alcohol-impaired driving</w:t>
       </w:r>
@@ -30750,87 +30375,69 @@
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="709" w:right="84" w:hanging="283"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">., </w:t>
+        <w:t>., Gesser-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Gesser-Edelsburg</w:t>
+        <w:t>Edelsburg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>, A., &amp; Baron-</w:t>
-[...17 lines deleted...]
-        <w:t>, O. (2016). T</w:t>
+        <w:t>, A., &amp; Baron-Epel, O. (2016). T</w:t>
       </w:r>
       <w:r w:rsidR="00953237" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">he effects of receiving free drinks on alcohol consumption and breath alcohol </w:t>
       </w:r>
       <w:r w:rsidR="00797992" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>concentration among</w:t>
       </w:r>
       <w:r w:rsidR="00953237" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> pub </w:t>
       </w:r>
@@ -30951,59 +30558,51 @@
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidR="00D5086F" w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidR="00D5086F" w:rsidRPr="00501F07">
-        <w:t xml:space="preserve">., </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> C., Ali-Saleh O., </w:t>
+        <w:t xml:space="preserve">., Satran C., Ali-Saleh O., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:t>Mad</w:t>
       </w:r>
       <w:r w:rsidR="004F2594" w:rsidRPr="00501F07">
         <w:t>j</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t>ar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> B., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:t>Odeski</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve">, G., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
@@ -31022,360 +30621,292 @@
       <w:r w:rsidR="00C03E7E" w:rsidRPr="00501F07">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C03E7E" w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Examining the effectiveness of the new national public health nurses’ call center for young families</w:t>
       </w:r>
       <w:r w:rsidR="00C347AA" w:rsidRPr="00501F07">
         <w:t xml:space="preserve">. Tel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C347AA" w:rsidRPr="00501F07">
         <w:t>Adashin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C347AA" w:rsidRPr="00501F07">
         <w:t xml:space="preserve">: The </w:t>
       </w:r>
       <w:r w:rsidR="009F2D4B" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Max Stern </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Valley College</w:t>
+        <w:t>Max Stern Yezreel Valley College</w:t>
       </w:r>
       <w:r w:rsidR="009F2D4B" w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C64B8" w:rsidRPr="00501F07">
         <w:t xml:space="preserve">(In Hebrew, submitted to The Israel National Institute </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009C64B8" w:rsidRPr="00501F07">
         <w:t>For</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009C64B8" w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> Health Policy Research)</w:t>
       </w:r>
       <w:r w:rsidR="00E2311C" w:rsidRPr="00501F07">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F970745" w14:textId="3655E5FE" w:rsidR="00F95667" w:rsidRPr="00501F07" w:rsidRDefault="00EE6C14" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00F95667" w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidR="00F95667" w:rsidRPr="00501F07">
-        <w:t xml:space="preserve">., </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> C., </w:t>
+        <w:t xml:space="preserve">., Satran C., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F95667" w:rsidRPr="00501F07">
         <w:t>Mad</w:t>
       </w:r>
       <w:r w:rsidR="004F2594" w:rsidRPr="00501F07">
         <w:t>j</w:t>
       </w:r>
       <w:r w:rsidR="00F95667" w:rsidRPr="00501F07">
         <w:t>ar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F95667" w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> B</w:t>
       </w:r>
       <w:r w:rsidR="005B0967" w:rsidRPr="00501F07">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> (2019).</w:t>
       </w:r>
       <w:r w:rsidR="00E2311C" w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Health promotion quality among pregnant and postnatal women in Haifa County</w:t>
       </w:r>
       <w:r w:rsidR="00427D0B" w:rsidRPr="00501F07">
         <w:t xml:space="preserve">. Tel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00427D0B" w:rsidRPr="00501F07">
         <w:t>Adashin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00427D0B" w:rsidRPr="00501F07">
         <w:t xml:space="preserve">: The </w:t>
       </w:r>
       <w:r w:rsidR="00427D0B" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Max Stern </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Valley College</w:t>
+        <w:t>Max Stern Yezreel Valley College</w:t>
       </w:r>
       <w:r w:rsidR="00427D0B" w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E2311C" w:rsidRPr="00501F07">
         <w:t xml:space="preserve">(In Hebrew, submitted to The Israel National Institute </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E2311C" w:rsidRPr="00501F07">
         <w:t>For</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E2311C" w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> Health Policy Research). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="224EDF60" w14:textId="211EE1D2" w:rsidR="00F95C63" w:rsidRPr="00501F07" w:rsidRDefault="00F95C63" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
-        <w:t>., Berkovich, E, &amp; Baron-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, O. (2016). </w:t>
+        <w:t xml:space="preserve">., Berkovich, E, &amp; Baron-Epel, O. (2016). </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Evaluation of the brucellosis prevention campaign</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve">. Haifa: University of Haifa. (In Hebrew, submitted to the Israeli Ministry of health, north district).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D9AE11" w14:textId="77777777" w:rsidR="00F95C63" w:rsidRPr="00501F07" w:rsidRDefault="00F95C63" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
-        <w:t>., Berkovich, E, &amp; Baron-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, O. (2015). </w:t>
+        <w:t xml:space="preserve">., Berkovich, E, &amp; Baron-Epel, O. (2015). </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Evaluation of </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>a Postpartum Depression Intervention Program</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve">. Haifa: University of Haifa. (In Hebrew, submitted to the Israeli Ministry of health, Haifa district).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06C5637C" w14:textId="77777777" w:rsidR="0008292F" w:rsidRPr="00501F07" w:rsidRDefault="0008292F" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
-        <w:t>., Berkovich, E, &amp; Baron-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, O. (2015). </w:t>
+        <w:t xml:space="preserve">., Berkovich, E, &amp; Baron-Epel, O. (2015). </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Evaluation of </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>a Postpartum Depression Intervention Program</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve">. Haifa: University of Haifa. (In Hebrew, submitted to the Israeli Ministry of health, Haifa district). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="649ADB47" w14:textId="3AF97DE1" w:rsidR="0008292F" w:rsidRPr="00501F07" w:rsidRDefault="0008292F" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> Baron-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, O., </w:t>
+        <w:t xml:space="preserve"> Baron-Epel, O., </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> &amp; Tesler-Hillel, R. (2014). </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Evaluating Health-Promoting Schools in Israel.</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> Haifa: University of Haifa. (In Hebrew, submitted to the Israeli Ministry of Education). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02243025" w14:textId="7C78FC05" w:rsidR="00950A23" w:rsidRPr="00501F07" w:rsidRDefault="0065031C" w:rsidP="00DE0AFC">
       <w:pPr>
         <w:pStyle w:val="ab"/>
@@ -31396,59 +30927,51 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bord, S</w:t>
       </w:r>
       <w:r w:rsidR="00F26993" w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.,</w:t>
       </w:r>
       <w:r w:rsidR="00F26993" w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t>Tesler-Hillel, R</w:t>
       </w:r>
       <w:r w:rsidR="008F318D" w:rsidRPr="00501F07">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F26993" w:rsidRPr="00501F07">
         <w:t xml:space="preserve"> &amp;</w:t>
       </w:r>
       <w:r w:rsidR="008F318D" w:rsidRPr="00501F07">
-        <w:t xml:space="preserve"> Baron-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, O. </w:t>
+        <w:t xml:space="preserve"> Baron-Epel, O. </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:t xml:space="preserve">(2014). </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">valuation of </w:t>
       </w:r>
       <w:r w:rsidR="007D0C24" w:rsidRPr="00501F07">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>"anchor for life"</w:t>
@@ -31567,1046 +31090,56 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Publication</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69FD0609" w14:textId="2FFE6D43" w:rsidR="00120DBF" w:rsidRPr="00501F07" w:rsidRDefault="00AC05F3" w:rsidP="00B90A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:right="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Articles submitted for publication in refereed journals:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52772E27" w14:textId="00A0C195" w:rsidR="000B1CB2" w:rsidRPr="00501F07" w:rsidRDefault="00916F6F" w:rsidP="00896DC1">
-[...205 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="78C97ADC" w14:textId="77777777" w:rsidR="00995BD3" w:rsidRPr="00501F07" w:rsidRDefault="00995BD3" w:rsidP="00476C09">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
-        <w:contextualSpacing w:val="0"/>
-[...783 lines deleted...]
-        <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CE148C5" w14:textId="77777777" w:rsidR="00AC05F3" w:rsidRPr="00501F07" w:rsidRDefault="00AC05F3" w:rsidP="00B90A44">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53BD2BDC" w14:textId="6DBAAE17" w:rsidR="00951CC5" w:rsidRPr="00501F07" w:rsidRDefault="00AC05F3" w:rsidP="00B90A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="360" w:right="360" w:firstLine="207"/>
@@ -32624,147 +31157,111 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidR="00951CC5" w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00951CC5" w:rsidRPr="00501F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Summary of my Activities and Future Plans</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B5308C4" w14:textId="77777777" w:rsidR="00181FE6" w:rsidRPr="00501F07" w:rsidRDefault="00F84083" w:rsidP="00B90A44">
+    <w:p w14:paraId="4938D14D" w14:textId="03C518BF" w:rsidR="00932A34" w:rsidRPr="00501F07" w:rsidRDefault="00F84083" w:rsidP="00B90A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:t xml:space="preserve">I am currently the department head of the MA Health Systems Management Department and a senior lecturer at Max Stern </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Valley College. My area of expertise is in public health, where I teach and conduct research in public health and health promotion issues. </w:t>
+        <w:t xml:space="preserve">My research is focused on understanding the social, cultural, and behavioral determinants of health, with the goal of identifying ways to promote the health of individuals and communities. My research interests are primarily in two areas: social epidemiology and health behaviors. Additionally, I am also involved in evaluating health promotion intervention programs, where I combine my knowledge of health behaviors and social epidemiology to assess the effectiveness of health promotion initiatives in health organizations and communities. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4938D14D" w14:textId="03C518BF" w:rsidR="00932A34" w:rsidRPr="00501F07" w:rsidRDefault="00F84083" w:rsidP="00B90A44">
+    <w:p w14:paraId="186346C1" w14:textId="77777777" w:rsidR="00C41908" w:rsidRPr="00501F07" w:rsidRDefault="000829E5" w:rsidP="00B90A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:t xml:space="preserve">My research is focused on understanding the social, cultural, and behavioral determinants of health, with the goal of identifying ways to promote the health of individuals and communities. My research interests are primarily in two areas: social epidemiology and health behaviors. Additionally, I am also involved in evaluating health promotion intervention programs, where I combine my knowledge of health behaviors and social epidemiology to assess the effectiveness of health promotion initiatives in health organizations and communities. </w:t>
+        <w:t xml:space="preserve">I started my research career studying alcohol-impaired driving among young adults in Israel. To achieve this, I utilized a mixed-methods approach and applied the Behavioral-Ecological Model (BEM). This model provides a comprehensive framework for understanding the health of communities. It explains how the individual, family, community, and nation collectively form a multifactor, multilevel model that contributes to overall health. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="186346C1" w14:textId="77777777" w:rsidR="00C41908" w:rsidRPr="00501F07" w:rsidRDefault="000829E5" w:rsidP="00B90A44">
+    <w:p w14:paraId="44415D2F" w14:textId="77777777" w:rsidR="00AA03B7" w:rsidRPr="00501F07" w:rsidRDefault="00FD4C9D" w:rsidP="00B90A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:t xml:space="preserve">I started my research career studying alcohol-impaired driving among young adults in Israel. To achieve this, I utilized a mixed-methods approach and applied the Behavioral-Ecological Model (BEM). This model provides a comprehensive framework for understanding the health of communities. It explains how the individual, family, community, and nation collectively form a multifactor, multilevel model that contributes to overall health. </w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Over the past ten years, my focus has been on academic research and publishing studies related to social epidemiology, health behaviors, and evaluating health promotion intervention programs. I have been fortunate to receive significant funding during this period, which has allowed me to conduct extensive studies in these areas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="006384E3" w14:textId="1A38E8E0" w:rsidR="00AA03B7" w:rsidRPr="00501F07" w:rsidRDefault="00BB7967" w:rsidP="00B90A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00AA03B7" w:rsidRPr="00501F07">
         <w:rPr>
@@ -32987,68 +31484,68 @@
         </w:rPr>
         <w:t xml:space="preserve"> level</w:t>
       </w:r>
       <w:r w:rsidR="007C5E80" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">, concluding </w:t>
       </w:r>
       <w:r w:rsidR="00045220" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidR="007C5E80" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:t>perceived discrimination is an important social determinant of health – especially during health emergencies when trust in healthcare systems and perceived threats are crucial</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00045220" w:rsidRPr="00501F07">
+        <w:t xml:space="preserve">perceived discrimination is an important social determinant of health – especially during health </w:t>
+      </w:r>
+      <w:r w:rsidR="007C5E80" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>emergencies when trust in healthcare systems and perceived threats are crucial</w:t>
       </w:r>
       <w:r w:rsidR="00045220" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">(publication </w:t>
+        <w:t xml:space="preserve"> (publication </w:t>
       </w:r>
       <w:r w:rsidR="00A24BB2" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>#1</w:t>
       </w:r>
       <w:r w:rsidR="00345967" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00A24BB2" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
@@ -33186,87 +31683,69 @@
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">factors contributing to health disparities. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6135641E" w14:textId="1030A2AE" w:rsidR="00571435" w:rsidRPr="00501F07" w:rsidRDefault="00571435" w:rsidP="00B90A44">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
           <w:bCs/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:t xml:space="preserve">I have had the privilege of mentoring two doctoral students in the field of social epidemiology in recent years. The first student, </w:t>
+        <w:t xml:space="preserve">I have had the privilege of mentoring two doctoral students in the field of social epidemiology in recent years. The first student, Nurit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:t>Nurit</w:t>
+        <w:t>Hominer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">-Klipper, </w:t>
       </w:r>
       <w:r w:rsidR="00774411" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>graduated recently and received her Ph</w:t>
       </w:r>
       <w:r w:rsidR="007279EC" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00774411" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
@@ -33422,69 +31901,51 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>, with a third currently under review</w:t>
       </w:r>
       <w:r w:rsidR="009E16A4" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00DA526F" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:t xml:space="preserve">The second student, Chen </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, is </w:t>
+        <w:t xml:space="preserve">The second student, Chen Zaretsky, is </w:t>
       </w:r>
       <w:r w:rsidR="0001688B" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00DA526F" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve"> the early stages of her career. She has recently received approval for her research proposal on cultural aspects of endometriosis and </w:t>
       </w:r>
       <w:r w:rsidR="0001688B" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
@@ -34190,158 +32651,104 @@
         </w:rPr>
         <w:t xml:space="preserve"> Foundation, The Van Leer Institute, The Goshen Association, and the Israeli Ministry of Health. As part of this study, which </w:t>
       </w:r>
       <w:r w:rsidR="005B7A23" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>is ongoing</w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, the research team, led by me, is collecting </w:t>
       </w:r>
       <w:r w:rsidR="00AF5A17" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">A large amount of data </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00501F07">
+        <w:t xml:space="preserve">A large amount </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5A17" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">from </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">of data </w:t>
+      </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>Tipat</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Tipat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>Halav</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Halav professionals (such as nurses, station leaders, local and district inspectors), policymakers, and parents of young children who visit the stations, in order to evaluate the integration of the Beneficial Parenting Partnership Model implementation within </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> professionals (such as nurses, station leaders, local and district </w:t>
-      </w:r>
+        <w:t>Tipat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...54 lines deleted...]
-        <w:t xml:space="preserve"> settings. These days</w:t>
+        <w:t xml:space="preserve"> Halav settings. These days</w:t>
       </w:r>
       <w:r w:rsidR="00656A5B" w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, we have received </w:t>
       </w:r>
       <w:r w:rsidRPr="00501F07">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">large-scale funding, and we are entering the second phase of this research project. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BD2BDE" w14:textId="4762E9BD" w:rsidR="00D97E71" w:rsidRPr="00501F07" w:rsidRDefault="001E480F" w:rsidP="00B90A44">
       <w:pPr>
         <w:pStyle w:val="5"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="567"/>
@@ -34595,169 +33002,169 @@
         <w:bidi w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AB4274" w:rsidRPr="002E280E" w:rsidSect="00FE1D43">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6EF5B327" w14:textId="77777777" w:rsidR="00133B7D" w:rsidRDefault="00133B7D" w:rsidP="00FE27A1">
+    <w:p w14:paraId="42535FBA" w14:textId="77777777" w:rsidR="00D5614B" w:rsidRDefault="00D5614B" w:rsidP="00FE27A1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D4DBA1B" w14:textId="77777777" w:rsidR="00133B7D" w:rsidRDefault="00133B7D" w:rsidP="00FE27A1">
+    <w:p w14:paraId="03081B93" w14:textId="77777777" w:rsidR="00D5614B" w:rsidRDefault="00D5614B" w:rsidP="00FE27A1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4EED3277" w14:textId="77777777" w:rsidR="00133B7D" w:rsidRDefault="00133B7D"/>
+    <w:p w14:paraId="20D9ACBC" w14:textId="77777777" w:rsidR="00D5614B" w:rsidRDefault="00D5614B"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Guttman Yad-Brush">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000801" w:usb1="40000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E10006FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="text" w:tblpXSpec="right" w:tblpY="1"/>
       <w:bidiVisual/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3737"/>
       <w:gridCol w:w="831"/>
       <w:gridCol w:w="3738"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F864A8" w14:paraId="53BD2BEA" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="151"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2250" w:type="pct"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="53BD2BE7" w14:textId="77777777" w:rsidR="00F864A8" w:rsidRDefault="00F864A8">
           <w:pPr>
@@ -34896,129 +33303,129 @@
         </w:tcPr>
         <w:p w14:paraId="53BD2BED" w14:textId="77777777" w:rsidR="00F864A8" w:rsidRDefault="00F864A8">
           <w:pPr>
             <w:pStyle w:val="a3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:rtl/>
               <w:cs/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="53BD2BEF" w14:textId="77777777" w:rsidR="00F864A8" w:rsidRDefault="00F864A8">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70BE3EED" w14:textId="77777777" w:rsidR="00133B7D" w:rsidRDefault="00133B7D" w:rsidP="00FE27A1">
+    <w:p w14:paraId="4B8AF6AF" w14:textId="77777777" w:rsidR="00D5614B" w:rsidRDefault="00D5614B" w:rsidP="00FE27A1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A46FFC9" w14:textId="77777777" w:rsidR="00133B7D" w:rsidRDefault="00133B7D" w:rsidP="00FE27A1">
+    <w:p w14:paraId="3A23FB4A" w14:textId="77777777" w:rsidR="00D5614B" w:rsidRDefault="00D5614B" w:rsidP="00FE27A1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7CB6FDBF" w14:textId="77777777" w:rsidR="00133B7D" w:rsidRDefault="00133B7D"/>
+    <w:p w14:paraId="793E0E14" w14:textId="77777777" w:rsidR="00D5614B" w:rsidRDefault="00D5614B"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="808080"/>
         <w:rtl/>
       </w:rPr>
       <w:alias w:val="כותרת"/>
       <w:id w:val="77738743"/>
       <w:placeholder>
         <w:docPart w:val="631E1907A09B4F3A89B7FA1C52A74306"/>
       </w:placeholder>
       <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
       <w:text/>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="53BD2BE5" w14:textId="77777777" w:rsidR="00F864A8" w:rsidRDefault="00F864A8" w:rsidP="00FE27A1">
+      <w:p w14:paraId="53BD2BE5" w14:textId="714266A7" w:rsidR="00F864A8" w:rsidRDefault="00F864A8" w:rsidP="00FE27A1">
         <w:pPr>
           <w:pStyle w:val="a3"/>
           <w:pBdr>
             <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="1" w:color="622423" w:themeColor="accent2" w:themeShade="7F"/>
           </w:pBdr>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:rtl/>
             <w:cs/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00FE27A1">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="808080"/>
             <w:rtl/>
           </w:rPr>
-          <w:t>המכללה האקדמית עמק יזרעאל ע"ש מקס שטרן</w:t>
+          <w:t>המכללה האקדמית עמק יזרעאל ע" מקס שטרן</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="53BD2BE6" w14:textId="77777777" w:rsidR="00F864A8" w:rsidRDefault="00F864A8">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00AE408C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A56E18EA"/>
     <w:lvl w:ilvl="0" w:tplc="04101130">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -38848,107 +37255,110 @@
   <w:num w:numId="32" w16cid:durableId="330377668">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1910456019">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1327245363">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1277710507">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="628315419">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1073166851">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="885991368">
     <w:abstractNumId w:val="32"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="165"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00951CC5"/>
     <w:rsid w:val="00001154"/>
     <w:rsid w:val="000018D1"/>
     <w:rsid w:val="00004A93"/>
+    <w:rsid w:val="00005C5A"/>
     <w:rsid w:val="00011323"/>
     <w:rsid w:val="00013438"/>
     <w:rsid w:val="00013B71"/>
     <w:rsid w:val="00014E33"/>
     <w:rsid w:val="0001688B"/>
     <w:rsid w:val="00016C35"/>
     <w:rsid w:val="00016D72"/>
     <w:rsid w:val="0001765E"/>
     <w:rsid w:val="00017D58"/>
     <w:rsid w:val="00020581"/>
     <w:rsid w:val="00024010"/>
     <w:rsid w:val="00025D93"/>
     <w:rsid w:val="00027BC4"/>
     <w:rsid w:val="00027FAE"/>
+    <w:rsid w:val="000318F0"/>
     <w:rsid w:val="00031A5D"/>
     <w:rsid w:val="00032F3A"/>
     <w:rsid w:val="000349F3"/>
     <w:rsid w:val="00035175"/>
     <w:rsid w:val="00035C57"/>
     <w:rsid w:val="00035D88"/>
     <w:rsid w:val="00036372"/>
     <w:rsid w:val="000368BF"/>
     <w:rsid w:val="00037EEA"/>
     <w:rsid w:val="0004009F"/>
     <w:rsid w:val="00045220"/>
     <w:rsid w:val="00045CC4"/>
     <w:rsid w:val="00047685"/>
+    <w:rsid w:val="00050C8D"/>
     <w:rsid w:val="00051313"/>
     <w:rsid w:val="00051558"/>
     <w:rsid w:val="00052402"/>
     <w:rsid w:val="000524A6"/>
     <w:rsid w:val="000558FF"/>
     <w:rsid w:val="00056F16"/>
     <w:rsid w:val="000576EF"/>
     <w:rsid w:val="00061947"/>
     <w:rsid w:val="00063592"/>
     <w:rsid w:val="000636EE"/>
     <w:rsid w:val="00064C4D"/>
     <w:rsid w:val="0006559A"/>
     <w:rsid w:val="0007124F"/>
     <w:rsid w:val="0007220B"/>
     <w:rsid w:val="00073306"/>
     <w:rsid w:val="00073D34"/>
     <w:rsid w:val="00074105"/>
     <w:rsid w:val="000756EB"/>
     <w:rsid w:val="00075E39"/>
     <w:rsid w:val="00076B3F"/>
     <w:rsid w:val="00077A84"/>
     <w:rsid w:val="0008183D"/>
     <w:rsid w:val="0008292F"/>
     <w:rsid w:val="000829E5"/>
     <w:rsid w:val="00084100"/>
@@ -38965,92 +37375,94 @@
     <w:rsid w:val="000A10ED"/>
     <w:rsid w:val="000A27DF"/>
     <w:rsid w:val="000A4691"/>
     <w:rsid w:val="000A4CB0"/>
     <w:rsid w:val="000B07F4"/>
     <w:rsid w:val="000B0817"/>
     <w:rsid w:val="000B11DA"/>
     <w:rsid w:val="000B1CB2"/>
     <w:rsid w:val="000B1DFD"/>
     <w:rsid w:val="000B5CB3"/>
     <w:rsid w:val="000B5FCA"/>
     <w:rsid w:val="000B648B"/>
     <w:rsid w:val="000C025E"/>
     <w:rsid w:val="000C45E9"/>
     <w:rsid w:val="000C4BE4"/>
     <w:rsid w:val="000C66E1"/>
     <w:rsid w:val="000C7FE3"/>
     <w:rsid w:val="000D6163"/>
     <w:rsid w:val="000D721C"/>
     <w:rsid w:val="000D7332"/>
     <w:rsid w:val="000E4AD6"/>
     <w:rsid w:val="000E6F4E"/>
     <w:rsid w:val="000F1C77"/>
     <w:rsid w:val="000F2122"/>
     <w:rsid w:val="000F5025"/>
+    <w:rsid w:val="000F74D8"/>
     <w:rsid w:val="0010118E"/>
     <w:rsid w:val="00104355"/>
     <w:rsid w:val="00106BB6"/>
     <w:rsid w:val="00107A55"/>
     <w:rsid w:val="00113893"/>
     <w:rsid w:val="00115BA6"/>
     <w:rsid w:val="001166CD"/>
     <w:rsid w:val="00120D52"/>
     <w:rsid w:val="00120DBF"/>
     <w:rsid w:val="00123497"/>
     <w:rsid w:val="00123C90"/>
     <w:rsid w:val="00124731"/>
     <w:rsid w:val="0012567D"/>
     <w:rsid w:val="00125FFE"/>
     <w:rsid w:val="0012654C"/>
     <w:rsid w:val="00127539"/>
     <w:rsid w:val="00127E90"/>
     <w:rsid w:val="001306A7"/>
     <w:rsid w:val="00131BDA"/>
     <w:rsid w:val="00133A2E"/>
     <w:rsid w:val="00133B7D"/>
     <w:rsid w:val="00133B88"/>
     <w:rsid w:val="00134919"/>
     <w:rsid w:val="00137789"/>
     <w:rsid w:val="00137895"/>
     <w:rsid w:val="00140AFF"/>
     <w:rsid w:val="00140BDF"/>
     <w:rsid w:val="00140D0C"/>
     <w:rsid w:val="00141ED2"/>
     <w:rsid w:val="00142790"/>
     <w:rsid w:val="00143627"/>
     <w:rsid w:val="00143AE4"/>
     <w:rsid w:val="001444EF"/>
     <w:rsid w:val="0014735E"/>
     <w:rsid w:val="001518AF"/>
     <w:rsid w:val="001518EB"/>
     <w:rsid w:val="0015211F"/>
     <w:rsid w:val="00152BA4"/>
     <w:rsid w:val="00152C1E"/>
     <w:rsid w:val="001546A3"/>
     <w:rsid w:val="001569F0"/>
     <w:rsid w:val="00156CAC"/>
+    <w:rsid w:val="001638E1"/>
     <w:rsid w:val="00165C1E"/>
     <w:rsid w:val="0016732C"/>
     <w:rsid w:val="00167DFC"/>
     <w:rsid w:val="00170273"/>
     <w:rsid w:val="00172BEE"/>
     <w:rsid w:val="001738EE"/>
     <w:rsid w:val="001813FF"/>
     <w:rsid w:val="001814F2"/>
     <w:rsid w:val="00181D49"/>
     <w:rsid w:val="00181FE6"/>
     <w:rsid w:val="001837F4"/>
     <w:rsid w:val="00186AA3"/>
     <w:rsid w:val="00187FA6"/>
     <w:rsid w:val="00191C65"/>
     <w:rsid w:val="00192292"/>
     <w:rsid w:val="00194D74"/>
     <w:rsid w:val="001957B7"/>
     <w:rsid w:val="00195F4C"/>
     <w:rsid w:val="00196885"/>
     <w:rsid w:val="001A088A"/>
     <w:rsid w:val="001A0A60"/>
     <w:rsid w:val="001A1919"/>
     <w:rsid w:val="001A2729"/>
     <w:rsid w:val="001A27F0"/>
     <w:rsid w:val="001A28A9"/>
@@ -39064,64 +37476,66 @@
     <w:rsid w:val="001B494D"/>
     <w:rsid w:val="001B786A"/>
     <w:rsid w:val="001C3345"/>
     <w:rsid w:val="001C35FD"/>
     <w:rsid w:val="001C47EB"/>
     <w:rsid w:val="001C6E3B"/>
     <w:rsid w:val="001D004B"/>
     <w:rsid w:val="001D2957"/>
     <w:rsid w:val="001D6BA9"/>
     <w:rsid w:val="001E1153"/>
     <w:rsid w:val="001E1499"/>
     <w:rsid w:val="001E1680"/>
     <w:rsid w:val="001E21FF"/>
     <w:rsid w:val="001E480F"/>
     <w:rsid w:val="001E4FDC"/>
     <w:rsid w:val="001E73CF"/>
     <w:rsid w:val="001F0517"/>
     <w:rsid w:val="001F22EC"/>
     <w:rsid w:val="001F2A8A"/>
     <w:rsid w:val="001F3A71"/>
     <w:rsid w:val="001F63A4"/>
     <w:rsid w:val="001F75A6"/>
     <w:rsid w:val="001F7BD6"/>
     <w:rsid w:val="00201A92"/>
     <w:rsid w:val="002029B7"/>
+    <w:rsid w:val="00202D23"/>
     <w:rsid w:val="002031AA"/>
     <w:rsid w:val="0020613E"/>
     <w:rsid w:val="00206814"/>
     <w:rsid w:val="002115B8"/>
     <w:rsid w:val="00211F51"/>
     <w:rsid w:val="002120B3"/>
     <w:rsid w:val="00212AB5"/>
     <w:rsid w:val="00213B9E"/>
     <w:rsid w:val="00213C31"/>
     <w:rsid w:val="00221A5C"/>
     <w:rsid w:val="00225A5A"/>
     <w:rsid w:val="00226183"/>
     <w:rsid w:val="00227F2C"/>
     <w:rsid w:val="00234D06"/>
+    <w:rsid w:val="0024007A"/>
     <w:rsid w:val="002420FB"/>
     <w:rsid w:val="00243C94"/>
     <w:rsid w:val="002454BF"/>
     <w:rsid w:val="00245964"/>
     <w:rsid w:val="002465A2"/>
     <w:rsid w:val="00246F1F"/>
     <w:rsid w:val="00252F0B"/>
     <w:rsid w:val="002542D6"/>
     <w:rsid w:val="00254441"/>
     <w:rsid w:val="002549BA"/>
     <w:rsid w:val="0025580E"/>
     <w:rsid w:val="00256A0E"/>
     <w:rsid w:val="00256BF4"/>
     <w:rsid w:val="00257D00"/>
     <w:rsid w:val="00261608"/>
     <w:rsid w:val="00262339"/>
     <w:rsid w:val="00264DD6"/>
     <w:rsid w:val="002653DD"/>
     <w:rsid w:val="00265621"/>
     <w:rsid w:val="00265650"/>
     <w:rsid w:val="00265E34"/>
     <w:rsid w:val="00266E1E"/>
     <w:rsid w:val="00267435"/>
     <w:rsid w:val="002707F7"/>
     <w:rsid w:val="0027407F"/>
@@ -39177,173 +37591,181 @@
     <w:rsid w:val="002E6A70"/>
     <w:rsid w:val="002F167F"/>
     <w:rsid w:val="002F2F0B"/>
     <w:rsid w:val="002F3F2F"/>
     <w:rsid w:val="002F4C76"/>
     <w:rsid w:val="002F5261"/>
     <w:rsid w:val="002F59CF"/>
     <w:rsid w:val="002F7CAA"/>
     <w:rsid w:val="0030261D"/>
     <w:rsid w:val="00303D80"/>
     <w:rsid w:val="00305B54"/>
     <w:rsid w:val="003064E4"/>
     <w:rsid w:val="00306C53"/>
     <w:rsid w:val="00307D7E"/>
     <w:rsid w:val="0031021A"/>
     <w:rsid w:val="0031177F"/>
     <w:rsid w:val="003123FF"/>
     <w:rsid w:val="003127CC"/>
     <w:rsid w:val="003131C9"/>
     <w:rsid w:val="0031350C"/>
     <w:rsid w:val="00313A8B"/>
     <w:rsid w:val="00313E86"/>
     <w:rsid w:val="00315361"/>
     <w:rsid w:val="003157D1"/>
     <w:rsid w:val="0031646B"/>
+    <w:rsid w:val="00324306"/>
     <w:rsid w:val="00325C20"/>
     <w:rsid w:val="00333126"/>
     <w:rsid w:val="00334D32"/>
     <w:rsid w:val="0033575C"/>
     <w:rsid w:val="00336ED8"/>
     <w:rsid w:val="00336FA1"/>
     <w:rsid w:val="00342DB9"/>
     <w:rsid w:val="00344072"/>
     <w:rsid w:val="0034491A"/>
     <w:rsid w:val="003450D6"/>
     <w:rsid w:val="00345967"/>
     <w:rsid w:val="00347DE3"/>
     <w:rsid w:val="003512CF"/>
     <w:rsid w:val="003547D3"/>
     <w:rsid w:val="003555A0"/>
     <w:rsid w:val="00355DCA"/>
     <w:rsid w:val="003605F1"/>
     <w:rsid w:val="00363C67"/>
     <w:rsid w:val="00365921"/>
     <w:rsid w:val="0037001D"/>
+    <w:rsid w:val="00370475"/>
     <w:rsid w:val="003713BF"/>
     <w:rsid w:val="003716F2"/>
     <w:rsid w:val="003716FE"/>
     <w:rsid w:val="00371FFE"/>
     <w:rsid w:val="00372050"/>
     <w:rsid w:val="0037209D"/>
     <w:rsid w:val="003720E9"/>
     <w:rsid w:val="00373476"/>
     <w:rsid w:val="0037385E"/>
     <w:rsid w:val="00373E5D"/>
     <w:rsid w:val="0037604E"/>
     <w:rsid w:val="00376B5B"/>
     <w:rsid w:val="003804AA"/>
     <w:rsid w:val="00380692"/>
     <w:rsid w:val="00382124"/>
     <w:rsid w:val="00383754"/>
+    <w:rsid w:val="00383F56"/>
     <w:rsid w:val="003852BB"/>
     <w:rsid w:val="003852CC"/>
     <w:rsid w:val="003870B3"/>
     <w:rsid w:val="00387167"/>
     <w:rsid w:val="00387252"/>
     <w:rsid w:val="00387400"/>
     <w:rsid w:val="0039169B"/>
     <w:rsid w:val="00391DD1"/>
     <w:rsid w:val="00392683"/>
     <w:rsid w:val="00395190"/>
     <w:rsid w:val="003978D3"/>
     <w:rsid w:val="003A1733"/>
     <w:rsid w:val="003A2458"/>
     <w:rsid w:val="003A2DCE"/>
     <w:rsid w:val="003A669B"/>
     <w:rsid w:val="003B36B4"/>
     <w:rsid w:val="003B6E11"/>
     <w:rsid w:val="003C05E6"/>
     <w:rsid w:val="003C2245"/>
     <w:rsid w:val="003C23DF"/>
     <w:rsid w:val="003C4BE5"/>
     <w:rsid w:val="003C4F34"/>
     <w:rsid w:val="003D2398"/>
     <w:rsid w:val="003D25F8"/>
     <w:rsid w:val="003D3F67"/>
+    <w:rsid w:val="003D633E"/>
     <w:rsid w:val="003E1809"/>
     <w:rsid w:val="003E18CF"/>
     <w:rsid w:val="003E344C"/>
     <w:rsid w:val="003E46BF"/>
     <w:rsid w:val="003E6E83"/>
+    <w:rsid w:val="003E7FE8"/>
     <w:rsid w:val="003F1B02"/>
     <w:rsid w:val="00400D4B"/>
     <w:rsid w:val="004021F3"/>
     <w:rsid w:val="0040507B"/>
     <w:rsid w:val="00405201"/>
     <w:rsid w:val="004058F4"/>
     <w:rsid w:val="00406BED"/>
     <w:rsid w:val="00407152"/>
     <w:rsid w:val="00413C78"/>
     <w:rsid w:val="00413D88"/>
     <w:rsid w:val="004145D9"/>
     <w:rsid w:val="0041492E"/>
+    <w:rsid w:val="00414BDC"/>
     <w:rsid w:val="004152B3"/>
     <w:rsid w:val="00415E47"/>
     <w:rsid w:val="0041615C"/>
     <w:rsid w:val="00416CAD"/>
     <w:rsid w:val="00420884"/>
     <w:rsid w:val="004212B4"/>
     <w:rsid w:val="00421438"/>
     <w:rsid w:val="004224D0"/>
     <w:rsid w:val="00422B50"/>
     <w:rsid w:val="0042396D"/>
     <w:rsid w:val="004239C6"/>
     <w:rsid w:val="00424804"/>
     <w:rsid w:val="00427016"/>
     <w:rsid w:val="00427D0B"/>
     <w:rsid w:val="00431EA7"/>
     <w:rsid w:val="00432898"/>
     <w:rsid w:val="00433BD5"/>
     <w:rsid w:val="00434BD5"/>
     <w:rsid w:val="00437F10"/>
     <w:rsid w:val="00441C19"/>
     <w:rsid w:val="00443268"/>
     <w:rsid w:val="0044497B"/>
     <w:rsid w:val="00447664"/>
     <w:rsid w:val="00451632"/>
     <w:rsid w:val="00451BF3"/>
     <w:rsid w:val="00454FF4"/>
+    <w:rsid w:val="0045550E"/>
     <w:rsid w:val="00456A13"/>
     <w:rsid w:val="00456D9B"/>
     <w:rsid w:val="00457C53"/>
     <w:rsid w:val="004623DC"/>
     <w:rsid w:val="0046482C"/>
     <w:rsid w:val="004652A0"/>
     <w:rsid w:val="004659F1"/>
     <w:rsid w:val="00465EEB"/>
     <w:rsid w:val="00470B07"/>
     <w:rsid w:val="004716AE"/>
     <w:rsid w:val="0047231F"/>
     <w:rsid w:val="00472665"/>
     <w:rsid w:val="00472DA1"/>
     <w:rsid w:val="0047387C"/>
     <w:rsid w:val="004738B5"/>
     <w:rsid w:val="004740A4"/>
     <w:rsid w:val="0047572A"/>
     <w:rsid w:val="0047591B"/>
     <w:rsid w:val="004767F7"/>
+    <w:rsid w:val="00476C09"/>
     <w:rsid w:val="004864F6"/>
     <w:rsid w:val="004930C3"/>
     <w:rsid w:val="00493DEB"/>
     <w:rsid w:val="0049438C"/>
     <w:rsid w:val="00495487"/>
     <w:rsid w:val="004A04C1"/>
     <w:rsid w:val="004A13F6"/>
     <w:rsid w:val="004A1EA9"/>
     <w:rsid w:val="004A4552"/>
     <w:rsid w:val="004A469F"/>
     <w:rsid w:val="004A6C78"/>
     <w:rsid w:val="004A7BE5"/>
     <w:rsid w:val="004A7DDC"/>
     <w:rsid w:val="004B03EC"/>
     <w:rsid w:val="004B05BC"/>
     <w:rsid w:val="004B0A82"/>
     <w:rsid w:val="004B2CF5"/>
     <w:rsid w:val="004B55F0"/>
     <w:rsid w:val="004B6E55"/>
     <w:rsid w:val="004B7559"/>
     <w:rsid w:val="004B7773"/>
     <w:rsid w:val="004C0D6E"/>
     <w:rsid w:val="004C2A71"/>
     <w:rsid w:val="004C3CC1"/>
     <w:rsid w:val="004C48F7"/>
@@ -39368,54 +37790,56 @@
     <w:rsid w:val="004F7210"/>
     <w:rsid w:val="004F7E0E"/>
     <w:rsid w:val="00500ADF"/>
     <w:rsid w:val="00501493"/>
     <w:rsid w:val="00501749"/>
     <w:rsid w:val="00501CAF"/>
     <w:rsid w:val="00501F07"/>
     <w:rsid w:val="005045FD"/>
     <w:rsid w:val="00507029"/>
     <w:rsid w:val="00507AF1"/>
     <w:rsid w:val="00510DB2"/>
     <w:rsid w:val="005128AA"/>
     <w:rsid w:val="00512F80"/>
     <w:rsid w:val="005158D9"/>
     <w:rsid w:val="005169FE"/>
     <w:rsid w:val="00520B2C"/>
     <w:rsid w:val="005216B3"/>
     <w:rsid w:val="0052202F"/>
     <w:rsid w:val="005226EE"/>
     <w:rsid w:val="00523A6A"/>
     <w:rsid w:val="005243BF"/>
     <w:rsid w:val="00525324"/>
     <w:rsid w:val="005256CD"/>
     <w:rsid w:val="005307E7"/>
     <w:rsid w:val="00531A01"/>
+    <w:rsid w:val="005326F8"/>
     <w:rsid w:val="0053348F"/>
     <w:rsid w:val="005343F6"/>
     <w:rsid w:val="00535615"/>
     <w:rsid w:val="00536CEA"/>
+    <w:rsid w:val="00540892"/>
     <w:rsid w:val="005448FE"/>
     <w:rsid w:val="005449E4"/>
     <w:rsid w:val="0054536F"/>
     <w:rsid w:val="00546440"/>
     <w:rsid w:val="00546EE3"/>
     <w:rsid w:val="00547545"/>
     <w:rsid w:val="00550549"/>
     <w:rsid w:val="0055166D"/>
     <w:rsid w:val="00551D46"/>
     <w:rsid w:val="0056167B"/>
     <w:rsid w:val="00561722"/>
     <w:rsid w:val="00561D5A"/>
     <w:rsid w:val="00562AE4"/>
     <w:rsid w:val="00563E02"/>
     <w:rsid w:val="00566382"/>
     <w:rsid w:val="0056797C"/>
     <w:rsid w:val="00571435"/>
     <w:rsid w:val="00572C8F"/>
     <w:rsid w:val="00574731"/>
     <w:rsid w:val="00575808"/>
     <w:rsid w:val="005824FE"/>
     <w:rsid w:val="0058495B"/>
     <w:rsid w:val="00584D6C"/>
     <w:rsid w:val="0058605D"/>
     <w:rsid w:val="00592A8B"/>
@@ -39425,93 +37849,97 @@
     <w:rsid w:val="00595669"/>
     <w:rsid w:val="00595961"/>
     <w:rsid w:val="005963D5"/>
     <w:rsid w:val="00596B35"/>
     <w:rsid w:val="00596E56"/>
     <w:rsid w:val="005971C7"/>
     <w:rsid w:val="005A5F81"/>
     <w:rsid w:val="005A70D7"/>
     <w:rsid w:val="005B0967"/>
     <w:rsid w:val="005B2355"/>
     <w:rsid w:val="005B377C"/>
     <w:rsid w:val="005B4B4D"/>
     <w:rsid w:val="005B4BBD"/>
     <w:rsid w:val="005B5635"/>
     <w:rsid w:val="005B5775"/>
     <w:rsid w:val="005B65C7"/>
     <w:rsid w:val="005B76C6"/>
     <w:rsid w:val="005B7A23"/>
     <w:rsid w:val="005B7DE8"/>
     <w:rsid w:val="005C49DD"/>
     <w:rsid w:val="005C5D88"/>
     <w:rsid w:val="005C61E2"/>
     <w:rsid w:val="005D162D"/>
     <w:rsid w:val="005D22D4"/>
     <w:rsid w:val="005D3837"/>
+    <w:rsid w:val="005D4333"/>
     <w:rsid w:val="005D681B"/>
     <w:rsid w:val="005D6D63"/>
     <w:rsid w:val="005D7B40"/>
     <w:rsid w:val="005D7B71"/>
     <w:rsid w:val="005E3674"/>
     <w:rsid w:val="005E4823"/>
     <w:rsid w:val="005E51CB"/>
     <w:rsid w:val="005E6EBD"/>
     <w:rsid w:val="005E7590"/>
     <w:rsid w:val="005E7D54"/>
     <w:rsid w:val="005F209D"/>
     <w:rsid w:val="005F4E09"/>
     <w:rsid w:val="005F573B"/>
+    <w:rsid w:val="006007AB"/>
     <w:rsid w:val="00600DF2"/>
     <w:rsid w:val="006018A3"/>
     <w:rsid w:val="00601ACB"/>
     <w:rsid w:val="00602208"/>
+    <w:rsid w:val="00603DA9"/>
     <w:rsid w:val="00604419"/>
     <w:rsid w:val="00604EB5"/>
     <w:rsid w:val="006056FE"/>
     <w:rsid w:val="006057AE"/>
     <w:rsid w:val="006063E6"/>
     <w:rsid w:val="006073C9"/>
     <w:rsid w:val="006109D6"/>
     <w:rsid w:val="00613EF0"/>
     <w:rsid w:val="006156C6"/>
     <w:rsid w:val="0061729D"/>
     <w:rsid w:val="0062105E"/>
     <w:rsid w:val="00621553"/>
     <w:rsid w:val="0062156E"/>
     <w:rsid w:val="00623AD3"/>
     <w:rsid w:val="00623E52"/>
     <w:rsid w:val="0062444D"/>
     <w:rsid w:val="00625E70"/>
     <w:rsid w:val="00626642"/>
     <w:rsid w:val="00627E76"/>
     <w:rsid w:val="006319BD"/>
     <w:rsid w:val="0063388E"/>
     <w:rsid w:val="00633BF6"/>
     <w:rsid w:val="006420F4"/>
     <w:rsid w:val="00642854"/>
     <w:rsid w:val="006428E7"/>
     <w:rsid w:val="00644BBC"/>
+    <w:rsid w:val="00645381"/>
     <w:rsid w:val="00645E77"/>
     <w:rsid w:val="006470A3"/>
     <w:rsid w:val="00647430"/>
     <w:rsid w:val="0065031C"/>
     <w:rsid w:val="0065242D"/>
     <w:rsid w:val="006529C5"/>
     <w:rsid w:val="00652C70"/>
     <w:rsid w:val="00654352"/>
     <w:rsid w:val="00655649"/>
     <w:rsid w:val="006565B2"/>
     <w:rsid w:val="00656A5B"/>
     <w:rsid w:val="00656D78"/>
     <w:rsid w:val="00657EE4"/>
     <w:rsid w:val="0066038D"/>
     <w:rsid w:val="00663F91"/>
     <w:rsid w:val="00666252"/>
     <w:rsid w:val="0066706A"/>
     <w:rsid w:val="00667AC6"/>
     <w:rsid w:val="00670AF7"/>
     <w:rsid w:val="00671804"/>
     <w:rsid w:val="0067294B"/>
     <w:rsid w:val="0067425C"/>
     <w:rsid w:val="00681363"/>
     <w:rsid w:val="006870FA"/>
     <w:rsid w:val="0068747F"/>
@@ -39526,68 +37954,70 @@
     <w:rsid w:val="006A1479"/>
     <w:rsid w:val="006A2676"/>
     <w:rsid w:val="006A62E3"/>
     <w:rsid w:val="006A7E03"/>
     <w:rsid w:val="006B180E"/>
     <w:rsid w:val="006B36C9"/>
     <w:rsid w:val="006B3B7B"/>
     <w:rsid w:val="006B4EDB"/>
     <w:rsid w:val="006B5A89"/>
     <w:rsid w:val="006B5D44"/>
     <w:rsid w:val="006B6164"/>
     <w:rsid w:val="006B7D1F"/>
     <w:rsid w:val="006C0C34"/>
     <w:rsid w:val="006C239D"/>
     <w:rsid w:val="006C466C"/>
     <w:rsid w:val="006C4F12"/>
     <w:rsid w:val="006D3F4E"/>
     <w:rsid w:val="006D49C2"/>
     <w:rsid w:val="006D4BE4"/>
     <w:rsid w:val="006D6B87"/>
     <w:rsid w:val="006D7932"/>
     <w:rsid w:val="006E1B7B"/>
     <w:rsid w:val="006E2B64"/>
     <w:rsid w:val="006E54AA"/>
     <w:rsid w:val="006E6169"/>
+    <w:rsid w:val="006F42D3"/>
     <w:rsid w:val="006F5DE8"/>
     <w:rsid w:val="006F6D4C"/>
     <w:rsid w:val="006F7201"/>
     <w:rsid w:val="00700489"/>
     <w:rsid w:val="007017A4"/>
     <w:rsid w:val="007069B6"/>
     <w:rsid w:val="007153D1"/>
     <w:rsid w:val="00720CC8"/>
     <w:rsid w:val="00721E34"/>
     <w:rsid w:val="007275F1"/>
     <w:rsid w:val="007279EC"/>
     <w:rsid w:val="00727B87"/>
     <w:rsid w:val="0073029D"/>
     <w:rsid w:val="0073114A"/>
     <w:rsid w:val="007314CB"/>
     <w:rsid w:val="00731582"/>
     <w:rsid w:val="007371C6"/>
     <w:rsid w:val="0073723C"/>
+    <w:rsid w:val="007377AE"/>
     <w:rsid w:val="007404D2"/>
     <w:rsid w:val="007426AE"/>
     <w:rsid w:val="0074423A"/>
     <w:rsid w:val="007453DA"/>
     <w:rsid w:val="007520B7"/>
     <w:rsid w:val="0075534E"/>
     <w:rsid w:val="00760296"/>
     <w:rsid w:val="00760D38"/>
     <w:rsid w:val="00761CCF"/>
     <w:rsid w:val="007623FB"/>
     <w:rsid w:val="00763EC4"/>
     <w:rsid w:val="0076510A"/>
     <w:rsid w:val="00766491"/>
     <w:rsid w:val="00766C03"/>
     <w:rsid w:val="007676B1"/>
     <w:rsid w:val="00772026"/>
     <w:rsid w:val="0077322C"/>
     <w:rsid w:val="00773B73"/>
     <w:rsid w:val="00773C69"/>
     <w:rsid w:val="00773C7C"/>
     <w:rsid w:val="007741EA"/>
     <w:rsid w:val="00774411"/>
     <w:rsid w:val="00775D3F"/>
     <w:rsid w:val="00776E3A"/>
     <w:rsid w:val="00777955"/>
@@ -39646,50 +38076,51 @@
     <w:rsid w:val="007E1856"/>
     <w:rsid w:val="007E1C89"/>
     <w:rsid w:val="007E27E8"/>
     <w:rsid w:val="007E2C5A"/>
     <w:rsid w:val="007E6702"/>
     <w:rsid w:val="007E72C1"/>
     <w:rsid w:val="007F522D"/>
     <w:rsid w:val="007F5B45"/>
     <w:rsid w:val="007F71BC"/>
     <w:rsid w:val="007F7FEB"/>
     <w:rsid w:val="0080060D"/>
     <w:rsid w:val="00802684"/>
     <w:rsid w:val="00803F2A"/>
     <w:rsid w:val="00811244"/>
     <w:rsid w:val="00813609"/>
     <w:rsid w:val="00821B30"/>
     <w:rsid w:val="008222AA"/>
     <w:rsid w:val="008230BF"/>
     <w:rsid w:val="00823BE4"/>
     <w:rsid w:val="008257B1"/>
     <w:rsid w:val="00827C3F"/>
     <w:rsid w:val="00830607"/>
     <w:rsid w:val="00830EBE"/>
     <w:rsid w:val="008320F3"/>
     <w:rsid w:val="0083267B"/>
+    <w:rsid w:val="00832E15"/>
     <w:rsid w:val="00833916"/>
     <w:rsid w:val="00835F34"/>
     <w:rsid w:val="008368DE"/>
     <w:rsid w:val="008434AF"/>
     <w:rsid w:val="008446B1"/>
     <w:rsid w:val="00844A36"/>
     <w:rsid w:val="0084580D"/>
     <w:rsid w:val="00850B7C"/>
     <w:rsid w:val="00851B81"/>
     <w:rsid w:val="0085361B"/>
     <w:rsid w:val="00854246"/>
     <w:rsid w:val="008549DA"/>
     <w:rsid w:val="00856145"/>
     <w:rsid w:val="00856B6A"/>
     <w:rsid w:val="00856DB6"/>
     <w:rsid w:val="008633E1"/>
     <w:rsid w:val="00863F52"/>
     <w:rsid w:val="00864EE6"/>
     <w:rsid w:val="00867C26"/>
     <w:rsid w:val="008705B4"/>
     <w:rsid w:val="00870723"/>
     <w:rsid w:val="00872E9E"/>
     <w:rsid w:val="00873079"/>
     <w:rsid w:val="00873377"/>
     <w:rsid w:val="00873732"/>
@@ -39956,57 +38387,59 @@
     <w:rsid w:val="00B033F1"/>
     <w:rsid w:val="00B041B8"/>
     <w:rsid w:val="00B047AE"/>
     <w:rsid w:val="00B0781C"/>
     <w:rsid w:val="00B108AA"/>
     <w:rsid w:val="00B11586"/>
     <w:rsid w:val="00B115F9"/>
     <w:rsid w:val="00B14030"/>
     <w:rsid w:val="00B14EF4"/>
     <w:rsid w:val="00B17B2C"/>
     <w:rsid w:val="00B2206E"/>
     <w:rsid w:val="00B317B2"/>
     <w:rsid w:val="00B33B37"/>
     <w:rsid w:val="00B342E6"/>
     <w:rsid w:val="00B36127"/>
     <w:rsid w:val="00B3799C"/>
     <w:rsid w:val="00B40C45"/>
     <w:rsid w:val="00B43605"/>
     <w:rsid w:val="00B441C2"/>
     <w:rsid w:val="00B44658"/>
     <w:rsid w:val="00B44D5C"/>
     <w:rsid w:val="00B466AF"/>
     <w:rsid w:val="00B46A2E"/>
     <w:rsid w:val="00B52259"/>
     <w:rsid w:val="00B56994"/>
+    <w:rsid w:val="00B57E2B"/>
     <w:rsid w:val="00B63200"/>
     <w:rsid w:val="00B6435C"/>
     <w:rsid w:val="00B66BFC"/>
     <w:rsid w:val="00B675E4"/>
     <w:rsid w:val="00B7016A"/>
     <w:rsid w:val="00B71FF0"/>
     <w:rsid w:val="00B73135"/>
+    <w:rsid w:val="00B750AA"/>
     <w:rsid w:val="00B80D52"/>
     <w:rsid w:val="00B80E68"/>
     <w:rsid w:val="00B838F6"/>
     <w:rsid w:val="00B86941"/>
     <w:rsid w:val="00B90A44"/>
     <w:rsid w:val="00B92754"/>
     <w:rsid w:val="00B93230"/>
     <w:rsid w:val="00B94595"/>
     <w:rsid w:val="00B94AA5"/>
     <w:rsid w:val="00B9725D"/>
     <w:rsid w:val="00B9730D"/>
     <w:rsid w:val="00B975A6"/>
     <w:rsid w:val="00BA1332"/>
     <w:rsid w:val="00BA1499"/>
     <w:rsid w:val="00BA6039"/>
     <w:rsid w:val="00BA63F6"/>
     <w:rsid w:val="00BB01C0"/>
     <w:rsid w:val="00BB1FA3"/>
     <w:rsid w:val="00BB2BD4"/>
     <w:rsid w:val="00BB3A9C"/>
     <w:rsid w:val="00BB442E"/>
     <w:rsid w:val="00BB4DF8"/>
     <w:rsid w:val="00BB5F68"/>
     <w:rsid w:val="00BB70A3"/>
     <w:rsid w:val="00BB749F"/>
@@ -40055,50 +38488,51 @@
     <w:rsid w:val="00C125FE"/>
     <w:rsid w:val="00C12E73"/>
     <w:rsid w:val="00C13A20"/>
     <w:rsid w:val="00C149D2"/>
     <w:rsid w:val="00C152FF"/>
     <w:rsid w:val="00C20ADA"/>
     <w:rsid w:val="00C2138F"/>
     <w:rsid w:val="00C2155F"/>
     <w:rsid w:val="00C23A3B"/>
     <w:rsid w:val="00C23C26"/>
     <w:rsid w:val="00C25A70"/>
     <w:rsid w:val="00C27584"/>
     <w:rsid w:val="00C2776E"/>
     <w:rsid w:val="00C27ED3"/>
     <w:rsid w:val="00C30DCF"/>
     <w:rsid w:val="00C347AA"/>
     <w:rsid w:val="00C34C5F"/>
     <w:rsid w:val="00C36CC1"/>
     <w:rsid w:val="00C40E6C"/>
     <w:rsid w:val="00C4113B"/>
     <w:rsid w:val="00C41428"/>
     <w:rsid w:val="00C41908"/>
     <w:rsid w:val="00C42E27"/>
     <w:rsid w:val="00C43FC9"/>
     <w:rsid w:val="00C457D9"/>
+    <w:rsid w:val="00C465CC"/>
     <w:rsid w:val="00C46F3F"/>
     <w:rsid w:val="00C50C5F"/>
     <w:rsid w:val="00C525E5"/>
     <w:rsid w:val="00C53320"/>
     <w:rsid w:val="00C53FEB"/>
     <w:rsid w:val="00C55EBD"/>
     <w:rsid w:val="00C568D4"/>
     <w:rsid w:val="00C6293B"/>
     <w:rsid w:val="00C63A4E"/>
     <w:rsid w:val="00C66BD6"/>
     <w:rsid w:val="00C70B40"/>
     <w:rsid w:val="00C70CE2"/>
     <w:rsid w:val="00C73DE7"/>
     <w:rsid w:val="00C75FF1"/>
     <w:rsid w:val="00C76C72"/>
     <w:rsid w:val="00C77EAD"/>
     <w:rsid w:val="00C80530"/>
     <w:rsid w:val="00C814A5"/>
     <w:rsid w:val="00C819D1"/>
     <w:rsid w:val="00C82698"/>
     <w:rsid w:val="00C832C6"/>
     <w:rsid w:val="00C84CC9"/>
     <w:rsid w:val="00C84F72"/>
     <w:rsid w:val="00C85D83"/>
     <w:rsid w:val="00C87874"/>
@@ -40156,150 +38590,154 @@
     <w:rsid w:val="00D17ECC"/>
     <w:rsid w:val="00D210CF"/>
     <w:rsid w:val="00D21319"/>
     <w:rsid w:val="00D228E6"/>
     <w:rsid w:val="00D23ADC"/>
     <w:rsid w:val="00D25705"/>
     <w:rsid w:val="00D26DD7"/>
     <w:rsid w:val="00D31AF7"/>
     <w:rsid w:val="00D3257D"/>
     <w:rsid w:val="00D33C3C"/>
     <w:rsid w:val="00D34ABE"/>
     <w:rsid w:val="00D3559A"/>
     <w:rsid w:val="00D37131"/>
     <w:rsid w:val="00D37B09"/>
     <w:rsid w:val="00D37E4A"/>
     <w:rsid w:val="00D40A25"/>
     <w:rsid w:val="00D4309D"/>
     <w:rsid w:val="00D44673"/>
     <w:rsid w:val="00D447E1"/>
     <w:rsid w:val="00D46009"/>
     <w:rsid w:val="00D504C7"/>
     <w:rsid w:val="00D5086F"/>
     <w:rsid w:val="00D53043"/>
     <w:rsid w:val="00D54785"/>
     <w:rsid w:val="00D54C14"/>
+    <w:rsid w:val="00D5614B"/>
     <w:rsid w:val="00D57573"/>
     <w:rsid w:val="00D60A45"/>
     <w:rsid w:val="00D60E7F"/>
     <w:rsid w:val="00D61900"/>
     <w:rsid w:val="00D62DE7"/>
     <w:rsid w:val="00D63BE1"/>
     <w:rsid w:val="00D63C26"/>
     <w:rsid w:val="00D6502D"/>
     <w:rsid w:val="00D65B19"/>
     <w:rsid w:val="00D65FA1"/>
     <w:rsid w:val="00D66CB2"/>
     <w:rsid w:val="00D711DE"/>
     <w:rsid w:val="00D72060"/>
     <w:rsid w:val="00D75546"/>
     <w:rsid w:val="00D76246"/>
     <w:rsid w:val="00D7782D"/>
     <w:rsid w:val="00D82809"/>
     <w:rsid w:val="00D83166"/>
     <w:rsid w:val="00D84AA5"/>
     <w:rsid w:val="00D862B5"/>
     <w:rsid w:val="00D87AB0"/>
     <w:rsid w:val="00D9395D"/>
     <w:rsid w:val="00D93B09"/>
     <w:rsid w:val="00D95574"/>
     <w:rsid w:val="00D97E71"/>
     <w:rsid w:val="00DA02F3"/>
     <w:rsid w:val="00DA2EA4"/>
     <w:rsid w:val="00DA322E"/>
     <w:rsid w:val="00DA526F"/>
     <w:rsid w:val="00DA602D"/>
     <w:rsid w:val="00DA6663"/>
     <w:rsid w:val="00DA6B38"/>
     <w:rsid w:val="00DA7F7B"/>
     <w:rsid w:val="00DB02FD"/>
     <w:rsid w:val="00DB21E0"/>
     <w:rsid w:val="00DB5239"/>
     <w:rsid w:val="00DB5CAD"/>
     <w:rsid w:val="00DB61A1"/>
     <w:rsid w:val="00DC2F1C"/>
     <w:rsid w:val="00DC33C0"/>
+    <w:rsid w:val="00DC416A"/>
     <w:rsid w:val="00DC464E"/>
     <w:rsid w:val="00DC5462"/>
     <w:rsid w:val="00DC5C6F"/>
     <w:rsid w:val="00DC668C"/>
     <w:rsid w:val="00DD1309"/>
     <w:rsid w:val="00DD19F8"/>
     <w:rsid w:val="00DD49CA"/>
     <w:rsid w:val="00DD4D49"/>
     <w:rsid w:val="00DD58C9"/>
     <w:rsid w:val="00DD5B54"/>
     <w:rsid w:val="00DD6DC6"/>
     <w:rsid w:val="00DD78D0"/>
     <w:rsid w:val="00DE0AFC"/>
     <w:rsid w:val="00DE27E5"/>
     <w:rsid w:val="00DE4486"/>
     <w:rsid w:val="00DE51CF"/>
     <w:rsid w:val="00DE5705"/>
     <w:rsid w:val="00DE5791"/>
     <w:rsid w:val="00DE613D"/>
+    <w:rsid w:val="00DE773B"/>
     <w:rsid w:val="00DE7847"/>
     <w:rsid w:val="00DF04F9"/>
     <w:rsid w:val="00DF0D36"/>
     <w:rsid w:val="00DF0F80"/>
     <w:rsid w:val="00DF13A4"/>
     <w:rsid w:val="00DF1D1B"/>
     <w:rsid w:val="00DF2BC4"/>
     <w:rsid w:val="00DF2C7A"/>
     <w:rsid w:val="00DF2FC5"/>
     <w:rsid w:val="00DF334D"/>
     <w:rsid w:val="00DF4115"/>
     <w:rsid w:val="00DF65C0"/>
     <w:rsid w:val="00DF7663"/>
     <w:rsid w:val="00E01294"/>
     <w:rsid w:val="00E01371"/>
     <w:rsid w:val="00E01CB1"/>
     <w:rsid w:val="00E031FA"/>
     <w:rsid w:val="00E0491C"/>
     <w:rsid w:val="00E0535C"/>
     <w:rsid w:val="00E06F37"/>
     <w:rsid w:val="00E10016"/>
     <w:rsid w:val="00E109B9"/>
     <w:rsid w:val="00E13919"/>
     <w:rsid w:val="00E13DEF"/>
     <w:rsid w:val="00E15034"/>
     <w:rsid w:val="00E1525E"/>
     <w:rsid w:val="00E20C01"/>
     <w:rsid w:val="00E20E08"/>
     <w:rsid w:val="00E227FD"/>
     <w:rsid w:val="00E2311C"/>
     <w:rsid w:val="00E24E69"/>
     <w:rsid w:val="00E2639E"/>
     <w:rsid w:val="00E27688"/>
     <w:rsid w:val="00E30F24"/>
     <w:rsid w:val="00E32F2D"/>
     <w:rsid w:val="00E330D2"/>
     <w:rsid w:val="00E33D66"/>
     <w:rsid w:val="00E35A45"/>
     <w:rsid w:val="00E35BB6"/>
     <w:rsid w:val="00E41340"/>
     <w:rsid w:val="00E41FDC"/>
+    <w:rsid w:val="00E422F7"/>
     <w:rsid w:val="00E42BCB"/>
     <w:rsid w:val="00E45965"/>
     <w:rsid w:val="00E46988"/>
     <w:rsid w:val="00E53340"/>
     <w:rsid w:val="00E53462"/>
     <w:rsid w:val="00E55136"/>
     <w:rsid w:val="00E552A8"/>
     <w:rsid w:val="00E568DA"/>
     <w:rsid w:val="00E62A2F"/>
     <w:rsid w:val="00E64088"/>
     <w:rsid w:val="00E6421B"/>
     <w:rsid w:val="00E64C12"/>
     <w:rsid w:val="00E64F83"/>
     <w:rsid w:val="00E66DF1"/>
     <w:rsid w:val="00E6773F"/>
     <w:rsid w:val="00E67BBA"/>
     <w:rsid w:val="00E722B2"/>
     <w:rsid w:val="00E72AB0"/>
     <w:rsid w:val="00E7360E"/>
     <w:rsid w:val="00E73E93"/>
     <w:rsid w:val="00E74886"/>
     <w:rsid w:val="00E808D5"/>
     <w:rsid w:val="00E82441"/>
     <w:rsid w:val="00E8668C"/>
     <w:rsid w:val="00E86837"/>
@@ -40421,85 +38859,90 @@
     <w:rsid w:val="00FC4143"/>
     <w:rsid w:val="00FC4F3C"/>
     <w:rsid w:val="00FC57F9"/>
     <w:rsid w:val="00FC5A61"/>
     <w:rsid w:val="00FC5DC9"/>
     <w:rsid w:val="00FC7E8C"/>
     <w:rsid w:val="00FD1A72"/>
     <w:rsid w:val="00FD30D0"/>
     <w:rsid w:val="00FD4C9D"/>
     <w:rsid w:val="00FD5C1A"/>
     <w:rsid w:val="00FD6FD6"/>
     <w:rsid w:val="00FE0073"/>
     <w:rsid w:val="00FE06B8"/>
     <w:rsid w:val="00FE1D43"/>
     <w:rsid w:val="00FE27A1"/>
     <w:rsid w:val="00FE30A9"/>
     <w:rsid w:val="00FE43BE"/>
     <w:rsid w:val="00FE4F00"/>
     <w:rsid w:val="00FE5CAD"/>
     <w:rsid w:val="00FE6BCE"/>
     <w:rsid w:val="00FF0624"/>
     <w:rsid w:val="00FF0662"/>
     <w:rsid w:val="00FF2CD3"/>
     <w:rsid w:val="00FF49C6"/>
     <w:rsid w:val="00FF508E"/>
+    <w:rsid w:val="00FF5159"/>
     <w:rsid w:val="00FF5442"/>
     <w:rsid w:val="00FF6851"/>
     <w:rsid w:val="00FF7762"/>
+    <w:rsid w:val="070240EC"/>
+    <w:rsid w:val="4A5EE576"/>
+    <w:rsid w:val="50E6B0EA"/>
+    <w:rsid w:val="59030A6B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="53BD29F1"/>
   <w15:docId w15:val="{8E0B85F8-8202-46D0-89EF-73EA7076A159}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -40931,50 +39374,51 @@
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="50"/>
     <w:qFormat/>
     <w:rsid w:val="00C10B23"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
@@ -41379,51 +39823,51 @@
     <w:name w:val="x_elementtoproof"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="008A67EB"/>
     <w:pPr>
       <w:bidi w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="כותרת 2 תו"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:semiHidden/>
     <w:rsid w:val="00213B9E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="22443668">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1622683524">
           <w:blockQuote w:val="1"/>
           <w:marLeft w:val="720"/>
           <w:marRight w:val="720"/>
           <w:marTop w:val="100"/>
           <w:marBottom w:val="100"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -42303,286 +40747,294 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12884-023-06011-8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cost.eu/actions/CA22159/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shiranb@yvc.ac.il" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/eurpub/ckac131.224" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/eurpub/ckac131.377" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="631E1907A09B4F3A89B7FA1C52A74306"/>
         <w:category>
           <w:name w:val="כללי"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{902DAD2A-C17A-481F-9C20-36D484599498}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00BD11AD" w:rsidRDefault="008848F5" w:rsidP="008848F5">
           <w:pPr>
             <w:pStyle w:val="631E1907A09B4F3A89B7FA1C52A74306"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:rtl/>
               <w:cs/>
               <w:lang w:val="he-IL"/>
             </w:rPr>
             <w:t>[הקלד את כותרת המסמך]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Guttman Yad-Brush">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000801" w:usb1="40000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E10006FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="David">
     <w:panose1 w:val="020E0502060401010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008848F5"/>
     <w:rsid w:val="00020EED"/>
+    <w:rsid w:val="000318F0"/>
     <w:rsid w:val="000929F8"/>
     <w:rsid w:val="000B2F7E"/>
+    <w:rsid w:val="000C3383"/>
     <w:rsid w:val="001203D0"/>
+    <w:rsid w:val="001E5FE1"/>
     <w:rsid w:val="00236B20"/>
     <w:rsid w:val="00237D9E"/>
     <w:rsid w:val="00260BB6"/>
     <w:rsid w:val="00294E34"/>
     <w:rsid w:val="002B0D9D"/>
     <w:rsid w:val="002E60B4"/>
     <w:rsid w:val="00316529"/>
     <w:rsid w:val="003656FC"/>
     <w:rsid w:val="00532E1E"/>
     <w:rsid w:val="00566001"/>
     <w:rsid w:val="005C2E47"/>
     <w:rsid w:val="005F3DF5"/>
     <w:rsid w:val="00600763"/>
+    <w:rsid w:val="00603DA9"/>
     <w:rsid w:val="00621412"/>
     <w:rsid w:val="00641CF5"/>
+    <w:rsid w:val="00647B1B"/>
     <w:rsid w:val="00650085"/>
     <w:rsid w:val="00670AF7"/>
     <w:rsid w:val="00692A63"/>
+    <w:rsid w:val="0078743A"/>
     <w:rsid w:val="00821F55"/>
     <w:rsid w:val="00841C5D"/>
     <w:rsid w:val="008848F5"/>
     <w:rsid w:val="008C0683"/>
     <w:rsid w:val="00943B52"/>
     <w:rsid w:val="009502AF"/>
     <w:rsid w:val="00982F93"/>
+    <w:rsid w:val="00A135A5"/>
     <w:rsid w:val="00A613C1"/>
     <w:rsid w:val="00A81A84"/>
     <w:rsid w:val="00AC4961"/>
     <w:rsid w:val="00AD096C"/>
     <w:rsid w:val="00AD22F5"/>
     <w:rsid w:val="00B63C92"/>
+    <w:rsid w:val="00B750AA"/>
     <w:rsid w:val="00BD11AD"/>
     <w:rsid w:val="00BE06F7"/>
     <w:rsid w:val="00C15051"/>
     <w:rsid w:val="00C47ABB"/>
     <w:rsid w:val="00C93E17"/>
     <w:rsid w:val="00CF74AA"/>
     <w:rsid w:val="00D8191D"/>
     <w:rsid w:val="00D8397D"/>
     <w:rsid w:val="00DF7D98"/>
     <w:rsid w:val="00E958B0"/>
     <w:rsid w:val="00EB4851"/>
     <w:rsid w:val="00ED3E56"/>
     <w:rsid w:val="00EF6923"/>
     <w:rsid w:val="00F63CC6"/>
     <w:rsid w:val="00F81366"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -42978,51 +41430,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="631E1907A09B4F3A89B7FA1C52A74306">
     <w:name w:val="631E1907A09B4F3A89B7FA1C52A74306"/>
     <w:rsid w:val="008848F5"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ערכת נושא Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -43286,125 +41738,116 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="cdfb0db1-a4e2-44ae-a5c4-b6a7e8970f1c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19" xsi:nil="true"/>
     <_dlc_DocId xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19">CVK6SK37K4J5-1711138831-157461</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19">
       <Url>https://yvcac.sharepoint.com/sites/AcadAdmin/_layouts/15/DocIdRedir.aspx?ID=CVK6SK37K4J5-1711138831-157461</Url>
       <Description>CVK6SK37K4J5-1711138831-157461</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="מסמך" ma:contentTypeID="0x010100E74619C71D575845962647DBD52E1FC0" ma:contentTypeVersion="2713" ma:contentTypeDescription="צור מסמך חדש." ma:contentTypeScope="" ma:versionID="e559794daba527f0321e3d5d32a0fe16">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bc24395-5445-4cf0-9cff-a32c215bef19" xmlns:ns3="cdfb0db1-a4e2-44ae-a5c4-b6a7e8970f1c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d03b6b5aea7589741cdacad8ce4afb72" ns2:_="" ns3:_="">
     <xsd:import namespace="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
     <xsd:import namespace="cdfb0db1-a4e2-44ae-a5c4-b6a7e8970f1c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
@@ -43628,135 +42071,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38DD45C0-BB19-45B3-B8E4-0F062A545117}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="cdfb0db1-a4e2-44ae-a5c4-b6a7e8970f1c"/>
     <ds:schemaRef ds:uri="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECD05262-1532-4E1B-B5C8-F3C5D69FFCFC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B908B35-36AB-49C2-9B06-88655EDEB425}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
     <ds:schemaRef ds:uri="cdfb0db1-a4e2-44ae-a5c4-b6a7e8970f1c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3E97229-C167-475E-9418-9299116D5659}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>30</Pages>
-  <Words>10450</Words>
-  <Characters>52254</Characters>
+  <Words>10410</Words>
+  <Characters>52053</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>435</Lines>
-  <Paragraphs>125</Paragraphs>
+  <Lines>433</Lines>
+  <Paragraphs>124</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>שם</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>המכללה האקדמית עמק יזרעאל ע"ש מקס שטרן</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>המכללה האקדמית עמק יזרעאל ע" מקס שטרן</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>האקדמית עמק יזרעאל</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>62579</CharactersWithSpaces>
+  <CharactersWithSpaces>62339</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>המכללה האקדמית עמק יזרעאל ע"ש מקס שטרן</dc:title>
+  <dc:title>המכללה האקדמית עמק יזרעאל ע" מקס שטרן</dc:title>
   <dc:creator>Inbal Granov</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E74619C71D575845962647DBD52E1FC0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>c8a6bf5d-1017-4904-9fd4-53d75632a056</vt:lpwstr>
   </property>
 </Properties>
 </file>