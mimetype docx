--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -5,70 +5,70 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4C1ACF8D" w14:textId="76307631" w:rsidR="00533BE8" w:rsidRPr="00533BE8" w:rsidRDefault="00177E0D" w:rsidP="00CF2B2D">
+    <w:p w14:paraId="4C1ACF8D" w14:textId="5CDBE0F8" w:rsidR="00533BE8" w:rsidRPr="00533BE8" w:rsidRDefault="00D72384" w:rsidP="00CF2B2D">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>September</w:t>
+        <w:t>November</w:t>
       </w:r>
       <w:r w:rsidR="0045450C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
       <w:r w:rsidR="00FC279F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B9923DF" w14:textId="77777777" w:rsidR="00026447" w:rsidRPr="00951CC5" w:rsidRDefault="00026447" w:rsidP="00533BE8">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -2118,51 +2118,65 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>2022-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4641" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0816A1BE" w14:textId="20F696D3" w:rsidR="00E97365" w:rsidRDefault="00E97365" w:rsidP="0035443F">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB20D0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
-              <w:t>Initiator of solar panels installation on the college buildings roofs. Presented and promoted with the college CEO and head of operation, maintenance, and construction unit.</w:t>
+              <w:t xml:space="preserve">Initiator of solar panels installation on the college </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00BB20D0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>buildings</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00BB20D0">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> roofs. Presented and promoted with the college CEO and head of operation, maintenance, and construction unit.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="450ED088" w14:textId="77777777" w:rsidR="000B6DE8" w:rsidRDefault="000B6DE8" w:rsidP="000B6DE8">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="171A65AF" w14:textId="7215407F" w:rsidR="00026447" w:rsidRPr="00E55FD8" w:rsidRDefault="00026447" w:rsidP="00E55FD8">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
@@ -2598,525 +2612,288 @@
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05BC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ournals</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="498B90FC" w14:textId="77777777" w:rsidR="00F05BC9" w:rsidRPr="00F05BC9" w:rsidRDefault="00F05BC9" w:rsidP="00F05BC9">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="509"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C790179" w14:textId="77777777" w:rsidR="00075ADD" w:rsidRDefault="008557D0" w:rsidP="00075ADD">
+    <w:p w14:paraId="22D20CB4" w14:textId="542FA564" w:rsidR="006A3138" w:rsidRDefault="006A3138" w:rsidP="006A3138">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="509"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t>Ethnic and Racial Studies (ERS) (Q1, Impact factor - 2.76)</w:t>
+        <w:t>Cognet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Social Sciences (Q2, Cite score 2.0); Ethnic and Racial Studies (ERS); (Q1, Impact factor - 2.76); Ethnicities (Q1, Impact factor - 2.50); Frontiers in Public Health (Q1, Impact factor - 6.41); Geographical Review (Q2, Impact factor - 1.69); </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009521D4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Gilu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Da'at</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Q2, in Hebrew); Horizons in Geography (Q2, in Hebrew); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C6C62">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Journal of Cross-Cultural Psychology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Q1, Impact factor - 2.8); </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Journal of Women and Minorities in Science and Engineering (Q2, Impact </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">factor – 1.9); </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Papers in Regional Science (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>PiRS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) (Q1, Impact factor - 2.82); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12D660CC" w14:textId="43B898BB" w:rsidR="00075ADD" w:rsidRDefault="008557D0" w:rsidP="00075ADD">
+    <w:p w14:paraId="209FF046" w14:textId="49B68D3F" w:rsidR="006A3138" w:rsidRDefault="006A3138" w:rsidP="006A3138">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="509"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ethnicities (Q1, Impact factor </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">- </w:t>
+        <w:t xml:space="preserve">Quality and Quantity (QUQU), (Q1, Impact </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-        </w:rPr>
-        <w:t>2.50)</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">factor - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00075ADD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>2.43)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Social Identities (Q2, Impact </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>factor -0.9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>); Social Science Research (Q1, Impact factor - 2.62</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="478A64E0" w14:textId="67EB6597" w:rsidR="00075ADD" w:rsidRDefault="008557D0" w:rsidP="00075ADD">
+    <w:p w14:paraId="721A9856" w14:textId="179BABE2" w:rsidR="006A3138" w:rsidRDefault="006A3138" w:rsidP="006A3138">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="509"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Frontiers in Public Health (Q1, Impact factor </w:t>
-[...5 lines deleted...]
-        <w:t>-</w:t>
+        <w:t xml:space="preserve">Urban Affairs Review (UAR) (Q1, Impact factor - 3.03); </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> 6.41)</w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">World (Q1, Impact factor – 1.9); </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Young, (Q2, Impact factor - 1.64) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="269F44E3" w14:textId="78AC7045" w:rsidR="002A50CA" w:rsidRDefault="002A50CA" w:rsidP="002A50CA">
-[...332 lines deleted...]
-    <w:p w14:paraId="757B1491" w14:textId="77777777" w:rsidR="0032778A" w:rsidRDefault="0032778A" w:rsidP="00B67315">
+    <w:p w14:paraId="65E3EAA5" w14:textId="77777777" w:rsidR="00833E88" w:rsidRDefault="00833E88" w:rsidP="00833E88">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="148A4B54" w14:textId="77777777" w:rsidR="00833E88" w:rsidRDefault="00833E88" w:rsidP="00833E88">
+    <w:p w14:paraId="2AF56129" w14:textId="0DD0E57B" w:rsidR="00026447" w:rsidRDefault="0091599B" w:rsidP="0032778A">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:ind w:left="142"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB65C5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...22 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00026447" w:rsidRPr="00DB65C5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00026447" w:rsidRPr="00DB65C5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Membership in Professional Associa</w:t>
       </w:r>
       <w:r w:rsidR="00026447" w:rsidRPr="00362A66">
         <w:rPr>
@@ -3141,50 +2918,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>British Sociological Association</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (BSA)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79634168" w14:textId="4CA5EF83" w:rsidR="00111639" w:rsidRDefault="00111639" w:rsidP="00833E88">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>International Society for the Study of Work and Organizational Values (ISSWOW)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="229D2E66" w14:textId="09436415" w:rsidR="00BE2722" w:rsidRPr="00362A66" w:rsidRDefault="00BE2722" w:rsidP="00111639">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00362A66">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>American Association of Geographers (AAG)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0309CF7F" w14:textId="77777777" w:rsidR="00BE2722" w:rsidRDefault="00BE2722" w:rsidP="00BE2722">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:bidi w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
@@ -3814,51 +3592,50 @@
               <w:t>8/2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00026447" w:rsidRPr="00362A66" w14:paraId="0FB906A0" w14:textId="77777777" w:rsidTr="006C7624">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1466" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58B8EA94" w14:textId="77777777" w:rsidR="00026447" w:rsidRPr="00362A66" w:rsidRDefault="00026447" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Presenter in a panel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2667" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="490C1C30" w14:textId="77777777" w:rsidR="00026447" w:rsidRPr="00362A66" w:rsidRDefault="00026447" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:t>Segregation/Integration Index (GSI) and labor integration of Arabs in Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3878,96 +3655,105 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="193B1B76" w14:textId="68CF1890" w:rsidR="00026447" w:rsidRPr="00362A66" w:rsidRDefault="00026447" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:t xml:space="preserve">Global </w:t>
             </w:r>
             <w:r w:rsidR="007F38A9">
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00362A66">
-              <w:t>onference of Economic Geography</w:t>
+              <w:t xml:space="preserve">onference </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00362A66">
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00362A66">
+              <w:t xml:space="preserve"> Economic Geography</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1004" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B9935FE" w14:textId="77777777" w:rsidR="00026447" w:rsidRPr="00362A66" w:rsidRDefault="00026447" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>8/2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C98" w:rsidRPr="00362A66" w14:paraId="058742DC" w14:textId="77777777" w:rsidTr="006C7624">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1466" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="483FE830" w14:textId="77777777" w:rsidR="00107C98" w:rsidRPr="00362A66" w:rsidRDefault="00107C98" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Presenter in a panel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2667" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56BB5EE4" w14:textId="77777777" w:rsidR="00107C98" w:rsidRPr="00362A66" w:rsidRDefault="00107C98" w:rsidP="00107C98">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:t>Place identity among minorities and exposure to the majority's social space: lessons from Arabs in Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D34286B" w14:textId="77777777" w:rsidR="00107C98" w:rsidRPr="00362A66" w:rsidRDefault="00107C98" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
@@ -4625,291 +4411,300 @@
               <w:t>Presenter in a panel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2667" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="57725D7A" w14:textId="77777777" w:rsidR="000D240D" w:rsidRPr="000D240D" w:rsidRDefault="000D240D" w:rsidP="000D240D">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D240D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integration of ethnic minorities into managerial positions: </w:t>
-[...6 lines deleted...]
-              <w:t>Lessons from Arabs in Israel</w:t>
+              <w:t>Integration of ethnic minorities into managerial positions: Lessons from Arabs in Israel</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E4590F7" w14:textId="77777777" w:rsidR="000D240D" w:rsidRDefault="000D240D" w:rsidP="001B6E68">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4DD760E5" w14:textId="7FB0AD32" w:rsidR="000D240D" w:rsidRDefault="000D240D" w:rsidP="001B6E68">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Durham, UK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5AAD131F" w14:textId="122A59F0" w:rsidR="000D240D" w:rsidRDefault="000D240D" w:rsidP="001B6E68">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">IREC – Industrial Relation </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Conference Europe </w:t>
+              <w:t xml:space="preserve">IREC – Industrial Relation Conference Europe </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3CC3759D" w14:textId="0B29467F" w:rsidR="000D240D" w:rsidRDefault="000D240D" w:rsidP="001B6E68">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>9/2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D062F6" w14:paraId="5D961932" w14:textId="77777777" w:rsidTr="006C7624">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="31639045" w14:textId="6152CD06" w:rsidR="00D062F6" w:rsidRPr="00533BE8" w:rsidRDefault="00555037" w:rsidP="001B6E68">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Co-presenter with Moshe Sharabi and Galit </w:t>
+              <w:t xml:space="preserve">Co-presenter with Moshe Sharabi and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Galit </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Yannay</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>-Ventura</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2667" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="717E6395" w14:textId="77777777" w:rsidR="00497F2B" w:rsidRPr="00497F2B" w:rsidRDefault="00497F2B" w:rsidP="00497F2B">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:val="en-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00497F2B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:val="en-IL"/>
               </w:rPr>
-              <w:t>The Effect of Culture on Work values among Jewish and Muslim Managers</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">The Effect of Culture on Work values among </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00497F2B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:val="en-IL"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Jewish and Muslim Managers</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53A28600" w14:textId="29686F99" w:rsidR="00D062F6" w:rsidRPr="00497F2B" w:rsidRDefault="00D062F6" w:rsidP="00555037">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:val="en-IL"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1CFB8D29" w14:textId="5A9536E9" w:rsidR="00D062F6" w:rsidRDefault="00497F2B" w:rsidP="001B6E68">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Tokyo, Japan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="79632B98" w14:textId="3219D593" w:rsidR="00D062F6" w:rsidRPr="00555037" w:rsidRDefault="00497F2B" w:rsidP="00497F2B">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="en-IL"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00497F2B">
               <w:t>The 14</w:t>
             </w:r>
             <w:r w:rsidRPr="00497F2B">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00497F2B">
-              <w:t> Asian Conference on Psychology &amp; the Behavioral Sciences</w:t>
+              <w:t xml:space="preserve"> Asian Conference on Psychology &amp; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00497F2B">
+              <w:lastRenderedPageBreak/>
+              <w:t>the Behavioral Sciences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1004" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C8C4DEB" w14:textId="0385C697" w:rsidR="00D062F6" w:rsidRDefault="00497F2B" w:rsidP="001B6E68">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00555037">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>/2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D062F6" w14:paraId="2AAFCE8F" w14:textId="77777777" w:rsidTr="006C7624">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1466" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E704950" w14:textId="304B27C7" w:rsidR="00D062F6" w:rsidRPr="00533BE8" w:rsidRDefault="00642D0F" w:rsidP="001B6E68">
             <w:pPr>
               <w:bidi w:val="0"/>
@@ -5619,82 +5414,74 @@
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Presenter in a panel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2663" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1899303B" w14:textId="77777777" w:rsidR="002E2B1B" w:rsidRPr="002E2B1B" w:rsidRDefault="002E2B1B" w:rsidP="002E2B1B">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2B1B">
               <w:rPr>
                 <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Changes in the Relationship between Arab-Muslims and Arab-Christians in the State of Israel, the Case of </w:t>
-[...6 lines deleted...]
-              <w:t>Northern Israel Since 1967</w:t>
+              <w:t>Changes in the Relationship between Arab-Muslims and Arab-Christians in the State of Israel, the Case of Northern Israel Since 1967</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47DC1429" w14:textId="77777777" w:rsidR="002E2B1B" w:rsidRPr="002E2B1B" w:rsidRDefault="002E2B1B" w:rsidP="002E2B1B">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2B1B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Beer Sheva, Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1747" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60FE42BB" w14:textId="77777777" w:rsidR="002E2B1B" w:rsidRPr="002E2B1B" w:rsidRDefault="002E2B1B" w:rsidP="002E2B1B">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2B1B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Association for Israel Studies (Annual Conference)</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5741,116 +5528,133 @@
               </w:rPr>
               <w:t>Presenter in a panel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2663" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72426E2E" w14:textId="77777777" w:rsidR="002E2B1B" w:rsidRPr="00362A66" w:rsidRDefault="002E2B1B" w:rsidP="002E2B1B">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
               </w:rPr>
-              <w:t>Socio-economic Changes within the Arab Society in Israel and their Implications on Muslim-Christians Relations</w:t>
+              <w:t xml:space="preserve">Socio-economic Changes within the Arab Society in Israel and their </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00362A66">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Implications on Muslim-Christians Relations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1396" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7989CD0C" w14:textId="77777777" w:rsidR="002E2B1B" w:rsidRPr="00362A66" w:rsidRDefault="002E2B1B" w:rsidP="002E2B1B">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Beer Sheva, Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1747" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="368C4CC1" w14:textId="77777777" w:rsidR="002E2B1B" w:rsidRPr="00362A66" w:rsidRDefault="002E2B1B" w:rsidP="002E2B1B">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
-              <w:t>Middle East &amp; Islamic Studies Association of Israel (Annual Conference)</w:t>
+              <w:t xml:space="preserve">Middle East &amp; Islamic Studies Association of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00362A66">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Israel (Annual Conference)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1004" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F696AA5" w14:textId="77777777" w:rsidR="002E2B1B" w:rsidRPr="00362A66" w:rsidRDefault="002E2B1B" w:rsidP="002E2B1B">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6/2010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002E2B1B" w:rsidRPr="00362A66" w14:paraId="5DE35F6D" w14:textId="77777777" w:rsidTr="000E363F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DD794C5" w14:textId="77777777" w:rsidR="002E2B1B" w:rsidRPr="002E2B1B" w:rsidRDefault="002E2B1B" w:rsidP="002E2B1B">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2B1B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Presenter in a panel</w:t>
             </w:r>
           </w:p>
@@ -6372,51 +6176,50 @@
               <w:t>6/2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002E2B1B" w:rsidRPr="00362A66" w14:paraId="1BD461D2" w14:textId="77777777" w:rsidTr="000E363F">
         <w:trPr>
           <w:trHeight w:val="2010"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EEB8577" w14:textId="77777777" w:rsidR="002E2B1B" w:rsidRPr="00362A66" w:rsidRDefault="002E2B1B" w:rsidP="002E2B1B">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Discussant in a panel with M. Sharabi; H. De-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Sevilia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> and V. Fridman </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2663" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C6BF2F5" w14:textId="460AE57A" w:rsidR="002E2B1B" w:rsidRPr="00362A66" w:rsidRDefault="002E2B1B" w:rsidP="002E2B1B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
@@ -6592,50 +6395,51 @@
               <w:t>2/2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B1CED" w:rsidRPr="00362A66" w14:paraId="18ED513A" w14:textId="77777777" w:rsidTr="000E363F">
         <w:trPr>
           <w:trHeight w:val="2010"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B56F0BD" w14:textId="35B94FA4" w:rsidR="001B1CED" w:rsidRDefault="00862374" w:rsidP="002E2B1B">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Presenter in a panel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2663" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="215E36BD" w14:textId="7C49A9E8" w:rsidR="001B1CED" w:rsidRPr="0091599B" w:rsidRDefault="00862374" w:rsidP="002E2B1B">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Identity of Arabs in Israel – Palestinians vs. other identity dimensions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7429,51 +7233,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>4/2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00026447" w:rsidRPr="00362A66" w14:paraId="67E4637C" w14:textId="77777777" w:rsidTr="00FB36E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22470770" w14:textId="77777777" w:rsidR="00026447" w:rsidRPr="00362A66" w:rsidRDefault="00026447" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Administrative organizer of the conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19F50A50" w14:textId="77777777" w:rsidR="00026447" w:rsidRPr="00362A66" w:rsidRDefault="00026447" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>An inter</w:t>
             </w:r>
             <w:r w:rsidR="00BC5708">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -7544,50 +7347,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>1/2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00026447" w:rsidRPr="00362A66" w14:paraId="4D4CB352" w14:textId="77777777" w:rsidTr="00FB36E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FC968F5" w14:textId="77777777" w:rsidR="00026447" w:rsidRPr="00362A66" w:rsidRDefault="00026447" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Organizer of the conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2102" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CCC61D6" w14:textId="77777777" w:rsidR="00026447" w:rsidRPr="00362A66" w:rsidRDefault="00026447" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>Launch conference for an authored book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8257,51 +8061,50 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="159A755F" w14:textId="11E4C224" w:rsidR="002E2B1B" w:rsidRPr="00E7604C" w:rsidRDefault="002E2B1B" w:rsidP="00E7604C">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7604C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>National</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2736"/>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="1743"/>
         <w:gridCol w:w="1128"/>
       </w:tblGrid>
       <w:tr w:rsidR="00026447" w:rsidRPr="00362A66" w14:paraId="79260C35" w14:textId="77777777" w:rsidTr="00533BE8">
         <w:tc>
@@ -8397,50 +8200,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00026447" w:rsidRPr="00362A66" w14:paraId="3AA7BDE2" w14:textId="77777777" w:rsidTr="00533BE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43AF3D59" w14:textId="77777777" w:rsidR="00026447" w:rsidRPr="00362A66" w:rsidRDefault="00026447" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Methodological issues in inter-religious relations - Muslims and Christians in Israel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34D14EFB" w14:textId="77777777" w:rsidR="00026447" w:rsidRPr="00362A66" w:rsidRDefault="00026447" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>A religion studies workshop</w:t>
             </w:r>
             <w:r w:rsidR="00357700">
               <w:rPr>
@@ -9053,51 +8857,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00533BE8" w14:paraId="163420EC" w14:textId="77777777" w:rsidTr="00533BE8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5468406F" w14:textId="77777777" w:rsidR="00533BE8" w:rsidRPr="00533BE8" w:rsidRDefault="00533BE8" w:rsidP="001B6E68">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533BE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>The role of Interrelation of Jewish and Arab college students in accumulating social and cultural capital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3E7CB964" w14:textId="77777777" w:rsidR="00533BE8" w:rsidRPr="00533BE8" w:rsidRDefault="00533BE8" w:rsidP="001B6E68">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533BE8">
               <w:rPr>
@@ -9164,50 +8967,51 @@
         <w:trPr>
           <w:trHeight w:val="1415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="68DFB255" w14:textId="77777777" w:rsidR="00533BE8" w:rsidRPr="00533BE8" w:rsidRDefault="00533BE8" w:rsidP="001B6E68">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533BE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Islamization and Muslim-Christian Relations in Israel: A Field Study Perspective</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="68C95459" w14:textId="77777777" w:rsidR="00533BE8" w:rsidRPr="00533BE8" w:rsidRDefault="00533BE8" w:rsidP="00357700">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00533BE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
@@ -9918,134 +9722,149 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>PI (sole)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D1947" w:rsidRPr="00362A66" w14:paraId="008529CC" w14:textId="77777777" w:rsidTr="0060451E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27BAEC13" w14:textId="77777777" w:rsidR="003D1947" w:rsidRPr="00362A66" w:rsidRDefault="003D1947" w:rsidP="0060451E">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
+              <w:t>2016-2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3742" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48FF5065" w14:textId="77777777" w:rsidR="003D1947" w:rsidRDefault="003D1947" w:rsidP="0060451E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A combination </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>of:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      1. Prime minister's office </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05BC1513" w14:textId="761011B8" w:rsidR="003D1947" w:rsidRPr="00362A66" w:rsidRDefault="003D1947" w:rsidP="0060451E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00362A66">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>Ministry of Economy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B814056" w14:textId="77777777" w:rsidR="003D1947" w:rsidRPr="00362A66" w:rsidRDefault="003D1947" w:rsidP="0060451E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>2016-2020</w:t>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">2. </w:t>
+              <w:t>250</w:t>
             </w:r>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
-              <w:t>Ministry of Economy</w:t>
-[...16 lines deleted...]
-            </w:r>
+              <w:t>,000 NIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="488DF331" w14:textId="77777777" w:rsidR="003D1947" w:rsidRPr="00362A66" w:rsidRDefault="003D1947" w:rsidP="0060451E">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
-              <w:t>,000 NIS</w:t>
-[...18 lines deleted...]
-              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Integration of Arab graduates of leading Arab schools into Israel's</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> labo</w:t>
             </w:r>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>r market</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08B77160" w14:textId="77777777" w:rsidR="003D1947" w:rsidRPr="00362A66" w:rsidRDefault="003D1947" w:rsidP="0060451E">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
@@ -10885,126 +10704,119 @@
             </w:r>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>000 NIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A60F0AD" w14:textId="39CB2024" w:rsidR="00C124F4" w:rsidRDefault="00C124F4" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Involvement of NEET (Not in Employment Education of Professional </w:t>
-[...6 lines deleted...]
-              <w:t>Training) Arabs aged 18-24 in crime</w:t>
+              <w:t>Involvement of NEET (Not in Employment Education of Professional Training) Arabs aged 18-24 in crime</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33FDE3BB" w14:textId="03C9B17A" w:rsidR="00C124F4" w:rsidRDefault="00C124F4" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00362A66">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>PI</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> (sole)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E60FDD1" w14:textId="77777777" w:rsidR="00231C62" w:rsidRDefault="00231C62" w:rsidP="00231C62">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18972B8F" w14:textId="77777777" w:rsidR="00026447" w:rsidRPr="00D47E55" w:rsidRDefault="00026447" w:rsidP="0027710B">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="850"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B27D62">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>7. Scholarships, Awards and Prizes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A6EDA59" w14:textId="1B5722D4" w:rsidR="00026447" w:rsidRDefault="00026447" w:rsidP="00026447">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006141F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>2011 - Milwaukee WI, USA, The Society for the Scientific Study of Religion, travel grant 550$</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78DFCE4B" w14:textId="3CFA04B0" w:rsidR="004D1727" w:rsidRDefault="004D1727" w:rsidP="004D1727">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -12146,113 +11958,114 @@
             </w:r>
             <w:r w:rsidR="00DD1F9E">
               <w:rPr>
                 <w:rFonts w:cs="David"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="David"/>
               </w:rPr>
               <w:t xml:space="preserve">iving </w:t>
             </w:r>
             <w:r w:rsidR="00DD1F9E">
               <w:rPr>
                 <w:rFonts w:cs="David"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="David"/>
               </w:rPr>
               <w:t xml:space="preserve">ogether </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00DD1F9E">
               <w:rPr>
                 <w:rFonts w:cs="David"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="David"/>
               </w:rPr>
               <w:t>ossible?</w:t>
             </w:r>
             <w:r w:rsidR="000A7C58">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1191" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50CFAA65" w14:textId="17B7F232" w:rsidR="005F28AB" w:rsidRDefault="005F28AB" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C4205A" w:rsidRPr="006141F2" w14:paraId="2150A965" w14:textId="77777777" w:rsidTr="005F28AB">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="11ED6415" w14:textId="77777777" w:rsidR="00C4205A" w:rsidRDefault="00552366" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>20~</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5B2529F5" w14:textId="77777777" w:rsidR="00C4205A" w:rsidRDefault="00552366" w:rsidP="004C3D50">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12504,59 +12317,61 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00231C62">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Supervision of Graduate Students</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="177FE160" w14:textId="1B57F5A7" w:rsidR="00231C62" w:rsidRDefault="00554406" w:rsidP="00231C62">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Masters</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00231C62">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Students</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="8699" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -13239,51 +13054,73 @@
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00026447" w:rsidRPr="00951CC5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">ooks </w:t>
       </w:r>
       <w:r w:rsidR="007C24F6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">and monographs </w:t>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C24F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>monographs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C24F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00026447" w:rsidRPr="00951CC5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="008B796D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Peer Reviewed</w:t>
       </w:r>
       <w:r w:rsidR="00026447" w:rsidRPr="00951CC5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -13485,50 +13322,51 @@
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33C9E0FC" w14:textId="1BF550C1" w:rsidR="00E5231F" w:rsidRDefault="00FD5C93" w:rsidP="00E5231F">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A533D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="003A533D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>hdema, I.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00111639">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidR="00111639" w:rsidRPr="00111639">
@@ -14598,51 +14436,50 @@
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58CE301D" w14:textId="77777777" w:rsidR="00581629" w:rsidRDefault="00581629" w:rsidP="00581629">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Shdema, I.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Martin, D. and Abu-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Asbe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, K. (2021) Exposure to the majority social space and residential place identity among minorities: Evidence from Arabs in Israel, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
@@ -14735,51 +14572,58 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Urban Studies</w:t>
       </w:r>
       <w:r w:rsidR="00C50B0C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> 59(9), 1800-1818</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Impact factor, 4.66; SJR=1.922; 3/222 in urban studies; 46/123 environmental studies, Q1).</w:t>
+        <w:t xml:space="preserve"> (Impact </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>factor, 4.66; SJR=1.922; 3/222 in urban studies; 46/123 environmental studies, Q1).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="020B1B52" w14:textId="77777777" w:rsidR="00FE029D" w:rsidRDefault="00FE029D" w:rsidP="00FE029D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:bidi w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17773CC7" w14:textId="14104964" w:rsidR="00FE029D" w:rsidRDefault="00FE029D" w:rsidP="00FE029D">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-GB"/>
@@ -15291,51 +15135,51 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:rtl/>
         </w:rPr>
         <w:t>‏</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Q1, SJR=0.7, H-index-77; Impact factor not reported).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D3D4A81" w14:textId="77777777" w:rsidR="00393094" w:rsidRPr="00393094" w:rsidRDefault="00393094" w:rsidP="00393094">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BB5FF09" w14:textId="461A3102" w:rsidR="00393094" w:rsidRDefault="00393094" w:rsidP="00393094">
+    <w:p w14:paraId="6BB5FF09" w14:textId="6F03CE0E" w:rsidR="00393094" w:rsidRDefault="00393094" w:rsidP="00393094">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:ind w:right="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00393094">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Yakhnich</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00393094">
         <w:rPr>
@@ -15488,61 +15332,68 @@
       <w:r w:rsidRPr="00393094">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Cultural Psychology</w:t>
       </w:r>
       <w:r w:rsidR="009D7EF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 56(1) 61-82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. (Q1; Impact factor, 2.4; SJR=0.99) </w:t>
       </w:r>
+      <w:r w:rsidR="002D3A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1B16ED84" w14:textId="77777777" w:rsidR="009D7EF9" w:rsidRPr="009D7EF9" w:rsidRDefault="009D7EF9" w:rsidP="009D7EF9">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E530335" w14:textId="6799B953" w:rsidR="009D7EF9" w:rsidRDefault="009D7EF9" w:rsidP="009D7EF9">
+    <w:p w14:paraId="4E530335" w14:textId="1F2BA61B" w:rsidR="009D7EF9" w:rsidRDefault="009D7EF9" w:rsidP="009D7EF9">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D7EF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">Sharabi, M., </w:t>
       </w:r>
       <w:r w:rsidRPr="009D7EF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Shdema, I.,</w:t>
       </w:r>
@@ -15664,86 +15515,307 @@
       </w:r>
       <w:r w:rsidR="00CD6CF3">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">mpact factor, </w:t>
       </w:r>
       <w:r w:rsidR="007A35D4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>1.9</w:t>
       </w:r>
       <w:r w:rsidRPr="009D7EF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007A35D4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="002D3A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="581B4C40" w14:textId="77777777" w:rsidR="00A47F00" w:rsidRPr="00A47F00" w:rsidRDefault="00A47F00" w:rsidP="00A47F00">
+    <w:p w14:paraId="218E599F" w14:textId="77777777" w:rsidR="009C5370" w:rsidRPr="009C5370" w:rsidRDefault="009C5370" w:rsidP="009C5370">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CB7F413" w14:textId="65ADF2E9" w:rsidR="00A47F00" w:rsidRPr="009D7EF9" w:rsidRDefault="00A47F00" w:rsidP="00A47F00">
+    <w:p w14:paraId="5A7B4535" w14:textId="77777777" w:rsidR="009C5370" w:rsidRDefault="009C5370" w:rsidP="009C5370">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:bidi w:val="0"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006A0F61">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk212716076"/>
+      <w:r w:rsidRPr="006C3B94">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>Shdema, I.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3B94">
+        <w:t xml:space="preserve"> Mor, Y. and Abu Rayya, H. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3B94">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3B94">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Conflicting identities and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C3B94">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>labour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C3B94">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> market outcomes of minorities: Evidence from Arabs in Israel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088198B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Journal of Intercultural Relations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 109, 1-12. (Q1, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D7EF9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>mpact factor, 2.8). *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66EE27DB" w14:textId="77777777" w:rsidR="002370FD" w:rsidRPr="002370FD" w:rsidRDefault="002370FD" w:rsidP="002370FD">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A1ADE2A" w14:textId="19FD8E2E" w:rsidR="002370FD" w:rsidRDefault="002370FD" w:rsidP="002370FD">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3B94">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Shdema, I.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3B94">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6446">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3B94">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3B94">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3B94">
+        <w:t xml:space="preserve">patial </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3B94">
+        <w:t xml:space="preserve">spect of </w:t>
+      </w:r>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3B94">
+        <w:t xml:space="preserve">nterfaith </w:t>
+      </w:r>
+      <w:r>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3B94">
+        <w:t xml:space="preserve">elations: The </w:t>
+      </w:r>
+      <w:r>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3B94">
+        <w:t xml:space="preserve">ase of Muslim and Christian Arabs in </w:t>
+      </w:r>
+      <w:r>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3B94">
+        <w:t xml:space="preserve">ontemporary </w:t>
+      </w:r>
+      <w:r>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C3B94">
+        <w:t>orthern Israel</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088198B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Horizons in Geography</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 105-106, 152-169 (in Hebrew). *</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29684E3E" w14:textId="77777777" w:rsidR="009C5370" w:rsidRDefault="009C5370" w:rsidP="009C5370">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:left="643"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CB7F413" w14:textId="19160DCE" w:rsidR="00A47F00" w:rsidRDefault="00A47F00" w:rsidP="00A47F00">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A0F61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Shdema, I</w:t>
       </w:r>
       <w:r w:rsidRPr="00440544">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006A0F61">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00440544">
-        <w:t xml:space="preserve"> Sharabi, M.; Mor, Y.; Abu-Rayya, H.M. </w:t>
+        <w:t xml:space="preserve"> Sharabi, M.</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3B94">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440544">
+        <w:t xml:space="preserve"> Mor, Y.</w:t>
+      </w:r>
+      <w:r w:rsidR="006C3B94">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440544">
+        <w:t xml:space="preserve">Abu-Rayya, H.M. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(2025) </w:t>
       </w:r>
       <w:r w:rsidRPr="00440544">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Labor Market Integration of Minority Women: The Role of Religiosity, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00440544">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Residential Area and Their Interaction Among Arab Muslim and Christian Women in Israel. </w:t>
       </w:r>
       <w:r w:rsidRPr="00440544">
         <w:rPr>
           <w:i/>
@@ -15809,51 +15881,71 @@
       </w:r>
       <w:r w:rsidRPr="009D7EF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>mpact factor, 1.9</w:t>
       </w:r>
       <w:r w:rsidRPr="009D7EF9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="002D3A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *</w:t>
+      </w:r>
     </w:p>
+    <w:p w14:paraId="2730EBD3" w14:textId="77777777" w:rsidR="009C5370" w:rsidRPr="009C5370" w:rsidRDefault="009C5370" w:rsidP="009C5370">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E2DB139" w14:textId="77777777" w:rsidR="006C3B94" w:rsidRDefault="006C3B94" w:rsidP="006C3B94">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="19884049" w14:textId="77777777" w:rsidR="009D7EF9" w:rsidRPr="00393094" w:rsidRDefault="009D7EF9" w:rsidP="009D7EF9">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:bidi w:val="0"/>
         <w:ind w:left="643" w:right="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="724339B1" w14:textId="77777777" w:rsidR="005B05CE" w:rsidRDefault="005B05CE" w:rsidP="005B05CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:bidi w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="221E654D" w14:textId="77777777" w:rsidR="00581629" w:rsidRDefault="00581629" w:rsidP="00581629">
@@ -15863,71 +15955,82 @@
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D6C0633" w14:textId="3E622571" w:rsidR="00026447" w:rsidRPr="00951CC5" w:rsidRDefault="00026447" w:rsidP="006C54FB">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00951CC5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0086785F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Refereed Chapters in Collective </w:t>
+        <w:t>Refereed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0086785F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chapters in Collective </w:t>
       </w:r>
       <w:r w:rsidR="00F64D8E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="0086785F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">olumes </w:t>
       </w:r>
       <w:r w:rsidRPr="00951CC5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -16877,51 +16980,51 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Handbook of Human Services</w:t>
       </w:r>
       <w:r w:rsidR="009707C7">
         <w:t xml:space="preserve">. Pardes, pp. 253-260 </w:t>
       </w:r>
       <w:r>
         <w:t>(in Hebrew)</w:t>
       </w:r>
       <w:r w:rsidR="00D062F6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A13D3B4" w14:textId="77777777" w:rsidR="00D062F6" w:rsidRPr="00D062F6" w:rsidRDefault="00D062F6" w:rsidP="00D062F6">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06FFB01C" w14:textId="74245C7F" w:rsidR="00D062F6" w:rsidRPr="00D062F6" w:rsidRDefault="00D062F6" w:rsidP="00D062F6">
+    <w:p w14:paraId="06FFB01C" w14:textId="4043403A" w:rsidR="00D062F6" w:rsidRPr="00D062F6" w:rsidRDefault="00D062F6" w:rsidP="00D062F6">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D062F6">
         <w:rPr>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Sharabi, M., </w:t>
       </w:r>
       <w:r w:rsidRPr="00D062F6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Shdema, I.</w:t>
@@ -17006,52 +17109,66 @@
       </w:r>
       <w:r w:rsidRPr="00D062F6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Advances in Business and Management</w:t>
       </w:r>
       <w:r w:rsidRPr="00D062F6">
         <w:rPr>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>, Vol. 24</w:t>
       </w:r>
       <w:r w:rsidR="00942959">
         <w:rPr>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>, pp.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D062F6">
         <w:rPr>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>149-170. Hauppauge, N. Y.: Nova Science Publishers.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">149-170. Hauppauge, N. Y.: Nova Science </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D062F6">
+        <w:rPr>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Publishers.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D3A1F">
+        <w:rPr>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="61DC65D7" w14:textId="77777777" w:rsidR="00E97365" w:rsidRPr="00E97365" w:rsidRDefault="00E97365" w:rsidP="00E97365">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="258F8406" w14:textId="77777777" w:rsidR="00E97365" w:rsidRPr="00E97365" w:rsidRDefault="00E97365" w:rsidP="00E97365">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A42CA7B" w14:textId="738577BB" w:rsidR="006C54FB" w:rsidRPr="00951CC5" w:rsidRDefault="006C54FB" w:rsidP="00090083">
       <w:pPr>
         <w:keepNext/>
         <w:bidi w:val="0"/>
         <w:ind w:right="360"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
@@ -17626,247 +17743,429 @@
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA28E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>evisions Papers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D176A48" w14:textId="77777777" w:rsidR="00464B4D" w:rsidRPr="00464B4D" w:rsidRDefault="00464B4D" w:rsidP="00464B4D">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk135919817"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk135919817"/>
     </w:p>
-    <w:p w14:paraId="74AD2FB9" w14:textId="214C184B" w:rsidR="00464B4D" w:rsidRDefault="00464B4D" w:rsidP="00464B4D">
+    <w:p w14:paraId="74AD2FB9" w14:textId="75664D18" w:rsidR="00464B4D" w:rsidRDefault="00464B4D" w:rsidP="00464B4D">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C36548">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Shdema, I.,</w:t>
       </w:r>
       <w:r w:rsidRPr="00464B4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Michael, K, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00464B4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Yakhnich</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00464B4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">, L., and Sharabi, M Integration of Arabs in Israel in Israel into STEM occupations: Barriers and pathways to success. </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">, L. and Sharabi, M Integration of Arabs in Israel in Israel into STEM occupations: Barriers and pathways to success. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3340" w:rsidRPr="00464B4D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3340">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3340" w:rsidRPr="00464B4D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>bmitted</w:t>
+      </w:r>
       <w:r w:rsidRPr="00464B4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> to: </w:t>
       </w:r>
       <w:r w:rsidRPr="00464B4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Women and Minorities in Science and Engineering </w:t>
       </w:r>
       <w:r w:rsidRPr="00464B4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">(Q2, Impact </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-IL"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00464B4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-IL"/>
         </w:rPr>
         <w:t>actor- 1.9)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-IL"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661EB5BD" w14:textId="77777777" w:rsidR="00464B4D" w:rsidRPr="00464B4D" w:rsidRDefault="00464B4D" w:rsidP="00464B4D">
+    <w:p w14:paraId="28D1D044" w14:textId="77777777" w:rsidR="0089412D" w:rsidRDefault="0089412D" w:rsidP="0089412D">
       <w:pPr>
         <w:pStyle w:val="a9"/>
+        <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:lang w:val="en-IL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A2A7EFE" w14:textId="0C1B27D3" w:rsidR="00464B4D" w:rsidRPr="00464B4D" w:rsidRDefault="00464B4D" w:rsidP="00464B4D">
+    <w:p w14:paraId="777BB04B" w14:textId="26938184" w:rsidR="0089412D" w:rsidRPr="0089412D" w:rsidRDefault="0089412D" w:rsidP="0089412D">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3828"/>
         </w:tabs>
         <w:bidi w:val="0"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C36548">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0089412D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Sh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089412D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>arabi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0089412D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089412D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00C36548" w:rsidRPr="00C36548">
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Shdema, I.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089412D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089412D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="David"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yanay-Ventura, G., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089412D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Changes in Work Goal Preferences according to Gender in Israel: Cross-sectional study between 1981 and 2019</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464B4D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464B4D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>bmitted to:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Employee Relations (Q1, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464B4D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impact </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464B4D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>actor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>, 3.2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EDBA81B" w14:textId="5F271CE3" w:rsidR="0089412D" w:rsidRDefault="0089412D" w:rsidP="0089412D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43D05FA4" w14:textId="77777777" w:rsidR="00DD3340" w:rsidRDefault="00DD3340" w:rsidP="00DD3340">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CE4FD60" w14:textId="777419D3" w:rsidR="00DD3340" w:rsidRPr="00DD3340" w:rsidRDefault="00DD3340" w:rsidP="00DD3340">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>.,</w:t>
+        <w:t xml:space="preserve">Shdema, I., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3340">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Mor, Y and Asali, M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Mor, Y. and Abu Rayya, H., </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD3340">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Where do minorities are more satisfied with their jobs, in or outside their ethnic enclaves? Lessons from Arabs in Israel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00464B4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Conflicting identities and </w:t>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00464B4D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>bmitted to:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> International </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00464B4D">
-[...3 lines deleted...]
-        <w:t>labour</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Labour</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00464B4D">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Submitted  to: </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (Q1, Impact factor – 2.8).</w:t>
+        <w:t xml:space="preserve"> Review (Q1</w:t>
+      </w:r>
+      <w:r w:rsidR="0089412D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0089412D" w:rsidRPr="00464B4D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impact </w:t>
+      </w:r>
+      <w:r w:rsidR="0089412D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="0089412D" w:rsidRPr="00464B4D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>actor</w:t>
+      </w:r>
+      <w:r w:rsidR="0089412D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>, 2.3).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3012AAD1" w14:textId="77777777" w:rsidR="00056C38" w:rsidRDefault="00056C38" w:rsidP="00464B4D">
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="4FF9C194" w14:textId="0AA2E3E5" w:rsidR="0090104B" w:rsidRDefault="0090104B" w:rsidP="00AA5370">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200"/>
         <w:ind w:right="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4546CF9C" w14:textId="668F5A75" w:rsidR="00BB20D0" w:rsidRDefault="00BB20D0" w:rsidP="00BB20D0">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200"/>
         <w:ind w:right="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
@@ -17884,278 +18183,285 @@
         <w:t xml:space="preserve">H. In </w:t>
       </w:r>
       <w:r w:rsidR="00FA28E2" w:rsidRPr="00FA28E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA28E2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>reparation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="156E0422" w14:textId="77777777" w:rsidR="005278DB" w:rsidRDefault="005278DB" w:rsidP="005278DB">
-[...1 lines deleted...]
-        <w:pStyle w:val="a9"/>
+    <w:p w14:paraId="2D8BBB6D" w14:textId="77777777" w:rsidR="0089412D" w:rsidRDefault="0089412D" w:rsidP="0089412D">
+      <w:pPr>
         <w:bidi w:val="0"/>
+        <w:spacing w:after="200"/>
+        <w:ind w:right="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49B8E14B" w14:textId="7B72296A" w:rsidR="00A244FE" w:rsidRDefault="00571188" w:rsidP="005278DB">
+    <w:p w14:paraId="06676F2F" w14:textId="3B6C21FD" w:rsidR="008067CC" w:rsidRDefault="008067CC" w:rsidP="00A244FE">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0090411D">
+      <w:r w:rsidRPr="00C36548">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Shdema, I.,</w:t>
+        <w:t>Shdema, I</w:t>
+      </w:r>
+      <w:r w:rsidR="00571188" w:rsidRPr="00C36548">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Mor. Y., and Asli, M were do ethnic minorities are more satisfied with their jobs? – in or outside ethnic enclaves. Evidence from Arabs in Israel.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0089412D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asali, M., </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00571188">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Mor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00571188">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>., ‘Antagonistic identities</w:t>
+      </w:r>
+      <w:r w:rsidR="00571188">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00571188">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Israeli-Palestinian</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00571188">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="005278DB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00571188">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="005278DB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>workplace e</w:t>
+      </w:r>
+      <w:r w:rsidR="00571188">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>motional bonding</w:t>
+      </w:r>
+      <w:r w:rsidR="005278DB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Arabs in Israel’</w:t>
+      </w:r>
+      <w:r w:rsidR="0089412D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F404A0" w14:textId="77777777" w:rsidR="00571188" w:rsidRDefault="00571188" w:rsidP="00571188">
+    <w:p w14:paraId="1D34A0F0" w14:textId="77777777" w:rsidR="0089412D" w:rsidRDefault="0089412D" w:rsidP="0089412D">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:bidi w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06676F2F" w14:textId="3B0C8084" w:rsidR="008067CC" w:rsidRPr="008067CC" w:rsidRDefault="008067CC" w:rsidP="00A244FE">
+    <w:p w14:paraId="087F22AD" w14:textId="53B4D561" w:rsidR="00BB20D0" w:rsidRPr="0089412D" w:rsidRDefault="0089412D" w:rsidP="007E1FE4">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:bidi w:val="0"/>
-        <w:jc w:val="both"/>
-[...95 lines deleted...]
-        <w:bidi w:val="0"/>
         <w:spacing w:after="200"/>
         <w:ind w:right="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Guttman Yad-Brush"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...20 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="0089412D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Shdema, I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089412D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Asali, M. Does the women paradox of job Satisfaction apply to other marginalized populations? </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3477CA00" w14:textId="77777777" w:rsidR="00BB20D0" w:rsidRPr="00BB20D0" w:rsidRDefault="00BB20D0" w:rsidP="00BB20D0">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Guttman Yad-Brush"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="097DA6E1" w14:textId="77FFE666" w:rsidR="00BB20D0" w:rsidRPr="00BB20D0" w:rsidRDefault="00BB20D0" w:rsidP="00BB20D0">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200"/>
         <w:ind w:right="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Guttman Yad-Brush"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BB20D0" w:rsidRPr="00BB20D0" w:rsidSect="003A3A52">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40120772" w14:textId="77777777" w:rsidR="00192261" w:rsidRDefault="00192261">
+    <w:p w14:paraId="2C56B6F8" w14:textId="77777777" w:rsidR="00AC0333" w:rsidRDefault="00AC0333">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BB1CD92" w14:textId="77777777" w:rsidR="00192261" w:rsidRDefault="00192261">
+    <w:p w14:paraId="05D66FCC" w14:textId="77777777" w:rsidR="00AC0333" w:rsidRDefault="00AC0333">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Guttman Yad-Brush">
@@ -18436,58 +18742,58 @@
             <w:pStyle w:val="a3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:rtl/>
               <w:cs/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="405DFFFA" w14:textId="77777777" w:rsidR="007C24F6" w:rsidRDefault="007C24F6" w:rsidP="00A1330D">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="292F60D5" w14:textId="77777777" w:rsidR="00192261" w:rsidRDefault="00192261">
+    <w:p w14:paraId="6394BD79" w14:textId="77777777" w:rsidR="00AC0333" w:rsidRDefault="00AC0333">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C36AEB9" w14:textId="77777777" w:rsidR="00192261" w:rsidRDefault="00192261">
+    <w:p w14:paraId="140B0BBD" w14:textId="77777777" w:rsidR="00AC0333" w:rsidRDefault="00AC0333">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D41669F" w14:textId="0F46EA00" w:rsidR="007C24F6" w:rsidRPr="007474C8" w:rsidRDefault="00670907" w:rsidP="00A1330D">
     <w:pPr>
       <w:bidi w:val="0"/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007474C8">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -21341,53 +21647,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1596285155">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1053501773">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="526601653">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="733893751">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="181094461">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1059590950">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="168"/>
+  <w:zoom w:percent="220"/>
   <w:doNotDisplayPageBoundaries/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00026447"/>
     <w:rsid w:val="00003734"/>
     <w:rsid w:val="00007D65"/>
     <w:rsid w:val="00011A69"/>
     <w:rsid w:val="000159F9"/>
     <w:rsid w:val="00026447"/>
@@ -21436,119 +21742,125 @@
     <w:rsid w:val="00164BF0"/>
     <w:rsid w:val="00165DB5"/>
     <w:rsid w:val="00177E0D"/>
     <w:rsid w:val="00190441"/>
     <w:rsid w:val="00192261"/>
     <w:rsid w:val="00193417"/>
     <w:rsid w:val="00194557"/>
     <w:rsid w:val="00194E35"/>
     <w:rsid w:val="00194EAA"/>
     <w:rsid w:val="0019725D"/>
     <w:rsid w:val="001B1CED"/>
     <w:rsid w:val="001B2DB9"/>
     <w:rsid w:val="001B5F1B"/>
     <w:rsid w:val="001B6E68"/>
     <w:rsid w:val="001C4A4D"/>
     <w:rsid w:val="001C5B5D"/>
     <w:rsid w:val="001C5BBB"/>
     <w:rsid w:val="001D2196"/>
     <w:rsid w:val="001D24B6"/>
     <w:rsid w:val="001E743B"/>
     <w:rsid w:val="00206D0E"/>
     <w:rsid w:val="00215A3B"/>
     <w:rsid w:val="002269BF"/>
     <w:rsid w:val="00231C62"/>
     <w:rsid w:val="002367F7"/>
+    <w:rsid w:val="002370FD"/>
     <w:rsid w:val="002521B5"/>
     <w:rsid w:val="00252232"/>
     <w:rsid w:val="00252811"/>
     <w:rsid w:val="00257678"/>
     <w:rsid w:val="0026429E"/>
     <w:rsid w:val="002649E2"/>
     <w:rsid w:val="00264B80"/>
     <w:rsid w:val="0027710B"/>
     <w:rsid w:val="00284221"/>
     <w:rsid w:val="00291AFC"/>
     <w:rsid w:val="00292D1A"/>
     <w:rsid w:val="00293DE4"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A7E17"/>
     <w:rsid w:val="002B528C"/>
     <w:rsid w:val="002C11BB"/>
     <w:rsid w:val="002C3400"/>
     <w:rsid w:val="002C6687"/>
     <w:rsid w:val="002D0F66"/>
+    <w:rsid w:val="002D3A1F"/>
     <w:rsid w:val="002E20DB"/>
     <w:rsid w:val="002E23DA"/>
     <w:rsid w:val="002E2B1B"/>
     <w:rsid w:val="002E74ED"/>
     <w:rsid w:val="002F5D16"/>
     <w:rsid w:val="002F670F"/>
     <w:rsid w:val="002F6941"/>
     <w:rsid w:val="00301D00"/>
     <w:rsid w:val="00304679"/>
     <w:rsid w:val="00311839"/>
     <w:rsid w:val="003224DE"/>
     <w:rsid w:val="00325821"/>
     <w:rsid w:val="0032674A"/>
     <w:rsid w:val="0032778A"/>
     <w:rsid w:val="00332747"/>
     <w:rsid w:val="00336DE1"/>
+    <w:rsid w:val="00345104"/>
     <w:rsid w:val="0035073D"/>
     <w:rsid w:val="0035443F"/>
     <w:rsid w:val="003558D3"/>
     <w:rsid w:val="00356115"/>
     <w:rsid w:val="00357143"/>
     <w:rsid w:val="00357700"/>
     <w:rsid w:val="00362013"/>
     <w:rsid w:val="00362A66"/>
     <w:rsid w:val="00364D0E"/>
     <w:rsid w:val="00364D62"/>
     <w:rsid w:val="003665CC"/>
     <w:rsid w:val="00366AF6"/>
+    <w:rsid w:val="0037336C"/>
     <w:rsid w:val="003757D5"/>
     <w:rsid w:val="00375B2D"/>
     <w:rsid w:val="0037726F"/>
     <w:rsid w:val="003828CE"/>
     <w:rsid w:val="00382F1F"/>
     <w:rsid w:val="003832DA"/>
     <w:rsid w:val="00393094"/>
     <w:rsid w:val="00397731"/>
     <w:rsid w:val="003A3999"/>
     <w:rsid w:val="003A3A52"/>
     <w:rsid w:val="003A4994"/>
     <w:rsid w:val="003A533D"/>
     <w:rsid w:val="003B0C77"/>
     <w:rsid w:val="003B37AB"/>
     <w:rsid w:val="003C44EB"/>
     <w:rsid w:val="003C5EEA"/>
     <w:rsid w:val="003C6A47"/>
     <w:rsid w:val="003C7AF8"/>
     <w:rsid w:val="003D1947"/>
     <w:rsid w:val="003D7862"/>
+    <w:rsid w:val="003D794C"/>
     <w:rsid w:val="003E2822"/>
     <w:rsid w:val="003E5019"/>
+    <w:rsid w:val="003E6F90"/>
     <w:rsid w:val="003F1234"/>
     <w:rsid w:val="0041459F"/>
     <w:rsid w:val="00420C01"/>
     <w:rsid w:val="004266F3"/>
     <w:rsid w:val="00427938"/>
     <w:rsid w:val="00435C1D"/>
     <w:rsid w:val="0044004C"/>
     <w:rsid w:val="00442E61"/>
     <w:rsid w:val="00443575"/>
     <w:rsid w:val="004523DA"/>
     <w:rsid w:val="0045450C"/>
     <w:rsid w:val="004617CD"/>
     <w:rsid w:val="00464B4D"/>
     <w:rsid w:val="004670DA"/>
     <w:rsid w:val="00474856"/>
     <w:rsid w:val="00474966"/>
     <w:rsid w:val="00477099"/>
     <w:rsid w:val="004776FE"/>
     <w:rsid w:val="004836FB"/>
     <w:rsid w:val="004850E4"/>
     <w:rsid w:val="00491818"/>
     <w:rsid w:val="00492305"/>
     <w:rsid w:val="00494603"/>
     <w:rsid w:val="00497F2B"/>
     <w:rsid w:val="004A0FD9"/>
@@ -21599,357 +21911,384 @@
     <w:rsid w:val="0059488E"/>
     <w:rsid w:val="00597309"/>
     <w:rsid w:val="005A327B"/>
     <w:rsid w:val="005A5A19"/>
     <w:rsid w:val="005A768F"/>
     <w:rsid w:val="005B05CE"/>
     <w:rsid w:val="005B34C8"/>
     <w:rsid w:val="005B6B75"/>
     <w:rsid w:val="005C698D"/>
     <w:rsid w:val="005C6BA3"/>
     <w:rsid w:val="005D049B"/>
     <w:rsid w:val="005D0D24"/>
     <w:rsid w:val="005D1046"/>
     <w:rsid w:val="005D1356"/>
     <w:rsid w:val="005D2F2B"/>
     <w:rsid w:val="005D3FCB"/>
     <w:rsid w:val="005D4948"/>
     <w:rsid w:val="005D6286"/>
     <w:rsid w:val="005F28AB"/>
     <w:rsid w:val="005F5FCE"/>
     <w:rsid w:val="005F77AB"/>
     <w:rsid w:val="005F7C00"/>
     <w:rsid w:val="00610E98"/>
     <w:rsid w:val="006141F2"/>
     <w:rsid w:val="00617D85"/>
+    <w:rsid w:val="006218C3"/>
     <w:rsid w:val="00621B55"/>
     <w:rsid w:val="0062444A"/>
     <w:rsid w:val="006355A9"/>
     <w:rsid w:val="00640CCC"/>
     <w:rsid w:val="00642D0F"/>
+    <w:rsid w:val="00646BCA"/>
     <w:rsid w:val="00654AEE"/>
     <w:rsid w:val="00670907"/>
     <w:rsid w:val="00671113"/>
     <w:rsid w:val="00671460"/>
     <w:rsid w:val="006807B1"/>
     <w:rsid w:val="00697B09"/>
     <w:rsid w:val="006A0F61"/>
+    <w:rsid w:val="006A3138"/>
     <w:rsid w:val="006A50B4"/>
     <w:rsid w:val="006A75BA"/>
     <w:rsid w:val="006A7723"/>
     <w:rsid w:val="006B62FC"/>
+    <w:rsid w:val="006C3B94"/>
     <w:rsid w:val="006C4870"/>
     <w:rsid w:val="006C4ACF"/>
     <w:rsid w:val="006C54FB"/>
     <w:rsid w:val="006C70A5"/>
     <w:rsid w:val="006C7624"/>
     <w:rsid w:val="006D212B"/>
     <w:rsid w:val="006E4F19"/>
     <w:rsid w:val="006E6639"/>
     <w:rsid w:val="006E749B"/>
     <w:rsid w:val="006F041D"/>
     <w:rsid w:val="006F07C2"/>
     <w:rsid w:val="006F149D"/>
+    <w:rsid w:val="006F2C09"/>
     <w:rsid w:val="006F4B30"/>
     <w:rsid w:val="00702FDD"/>
     <w:rsid w:val="0070343D"/>
     <w:rsid w:val="007048AE"/>
     <w:rsid w:val="00706515"/>
     <w:rsid w:val="00707347"/>
     <w:rsid w:val="00713F58"/>
     <w:rsid w:val="007219F2"/>
     <w:rsid w:val="00730694"/>
     <w:rsid w:val="007339FB"/>
     <w:rsid w:val="00733B26"/>
+    <w:rsid w:val="0073603D"/>
     <w:rsid w:val="00736AF1"/>
     <w:rsid w:val="00740D9B"/>
     <w:rsid w:val="00744C27"/>
     <w:rsid w:val="007474C8"/>
     <w:rsid w:val="00764259"/>
     <w:rsid w:val="007663EE"/>
+    <w:rsid w:val="007703FA"/>
     <w:rsid w:val="0077574F"/>
     <w:rsid w:val="00787C21"/>
     <w:rsid w:val="007912BA"/>
     <w:rsid w:val="00793823"/>
     <w:rsid w:val="00795573"/>
     <w:rsid w:val="007A2961"/>
     <w:rsid w:val="007A35D4"/>
     <w:rsid w:val="007A5F1E"/>
     <w:rsid w:val="007B1DD3"/>
+    <w:rsid w:val="007B6446"/>
     <w:rsid w:val="007B70B9"/>
     <w:rsid w:val="007B76F2"/>
     <w:rsid w:val="007C0B4A"/>
     <w:rsid w:val="007C24F6"/>
     <w:rsid w:val="007C3534"/>
     <w:rsid w:val="007C5BBB"/>
     <w:rsid w:val="007C6C62"/>
+    <w:rsid w:val="007C707A"/>
     <w:rsid w:val="007E5541"/>
     <w:rsid w:val="007E6E79"/>
     <w:rsid w:val="007F38A9"/>
     <w:rsid w:val="00803798"/>
     <w:rsid w:val="00805024"/>
     <w:rsid w:val="008067CC"/>
     <w:rsid w:val="0080742E"/>
     <w:rsid w:val="0081013F"/>
     <w:rsid w:val="00811307"/>
     <w:rsid w:val="00812596"/>
     <w:rsid w:val="008139ED"/>
     <w:rsid w:val="00814252"/>
     <w:rsid w:val="00825FCB"/>
     <w:rsid w:val="00833E88"/>
     <w:rsid w:val="00836637"/>
     <w:rsid w:val="008432C3"/>
     <w:rsid w:val="00844228"/>
     <w:rsid w:val="00844BE0"/>
     <w:rsid w:val="00845DE0"/>
     <w:rsid w:val="00847496"/>
     <w:rsid w:val="008557D0"/>
     <w:rsid w:val="00855B6B"/>
     <w:rsid w:val="008610C3"/>
     <w:rsid w:val="00862374"/>
     <w:rsid w:val="0086785F"/>
     <w:rsid w:val="00871540"/>
     <w:rsid w:val="008747DA"/>
     <w:rsid w:val="008753B7"/>
+    <w:rsid w:val="0088198B"/>
     <w:rsid w:val="00881D8B"/>
     <w:rsid w:val="008824FD"/>
     <w:rsid w:val="00887443"/>
     <w:rsid w:val="00891B27"/>
+    <w:rsid w:val="0089412D"/>
     <w:rsid w:val="00895391"/>
     <w:rsid w:val="008A2840"/>
     <w:rsid w:val="008B26C9"/>
     <w:rsid w:val="008B796D"/>
     <w:rsid w:val="008C1D4A"/>
     <w:rsid w:val="008C7462"/>
     <w:rsid w:val="008D1DB9"/>
     <w:rsid w:val="008D28A5"/>
     <w:rsid w:val="008D4ECB"/>
     <w:rsid w:val="008D54BC"/>
     <w:rsid w:val="008E4261"/>
     <w:rsid w:val="008E4E98"/>
     <w:rsid w:val="008E5C2F"/>
     <w:rsid w:val="008E5D19"/>
     <w:rsid w:val="008F0462"/>
     <w:rsid w:val="008F1DE2"/>
     <w:rsid w:val="008F204E"/>
     <w:rsid w:val="0090104B"/>
     <w:rsid w:val="0090411D"/>
     <w:rsid w:val="0090607E"/>
     <w:rsid w:val="00911C83"/>
     <w:rsid w:val="009154DE"/>
     <w:rsid w:val="0091599B"/>
     <w:rsid w:val="0092150D"/>
     <w:rsid w:val="009249D6"/>
     <w:rsid w:val="00942959"/>
     <w:rsid w:val="00950864"/>
     <w:rsid w:val="0095142D"/>
     <w:rsid w:val="009521D4"/>
+    <w:rsid w:val="00956FE7"/>
     <w:rsid w:val="0096477E"/>
     <w:rsid w:val="00965D91"/>
     <w:rsid w:val="009678BB"/>
     <w:rsid w:val="009707C7"/>
     <w:rsid w:val="00973304"/>
     <w:rsid w:val="00982BB1"/>
     <w:rsid w:val="00985D55"/>
     <w:rsid w:val="00997A37"/>
     <w:rsid w:val="009A3101"/>
     <w:rsid w:val="009A7641"/>
     <w:rsid w:val="009B3046"/>
     <w:rsid w:val="009B4987"/>
     <w:rsid w:val="009C3BF1"/>
+    <w:rsid w:val="009C5370"/>
     <w:rsid w:val="009D7EF9"/>
     <w:rsid w:val="00A04061"/>
     <w:rsid w:val="00A079AC"/>
     <w:rsid w:val="00A1330D"/>
     <w:rsid w:val="00A22ADB"/>
     <w:rsid w:val="00A24103"/>
     <w:rsid w:val="00A244FE"/>
     <w:rsid w:val="00A25939"/>
     <w:rsid w:val="00A315EB"/>
     <w:rsid w:val="00A3461F"/>
     <w:rsid w:val="00A4128A"/>
     <w:rsid w:val="00A4291C"/>
     <w:rsid w:val="00A43DCA"/>
     <w:rsid w:val="00A45AE3"/>
     <w:rsid w:val="00A47F00"/>
     <w:rsid w:val="00A50505"/>
     <w:rsid w:val="00A52354"/>
     <w:rsid w:val="00A52417"/>
     <w:rsid w:val="00A54670"/>
     <w:rsid w:val="00A55022"/>
     <w:rsid w:val="00A61F6E"/>
     <w:rsid w:val="00A6348C"/>
     <w:rsid w:val="00A65CF9"/>
     <w:rsid w:val="00A66439"/>
     <w:rsid w:val="00A73AE1"/>
+    <w:rsid w:val="00A746A8"/>
     <w:rsid w:val="00A82DB6"/>
     <w:rsid w:val="00A861B8"/>
     <w:rsid w:val="00A87582"/>
     <w:rsid w:val="00A92C12"/>
     <w:rsid w:val="00A94190"/>
     <w:rsid w:val="00AA5370"/>
     <w:rsid w:val="00AA6225"/>
+    <w:rsid w:val="00AC0333"/>
     <w:rsid w:val="00AC5802"/>
     <w:rsid w:val="00AF16B5"/>
     <w:rsid w:val="00AF5A6F"/>
     <w:rsid w:val="00B01E08"/>
     <w:rsid w:val="00B02C01"/>
     <w:rsid w:val="00B03B55"/>
     <w:rsid w:val="00B07EA9"/>
     <w:rsid w:val="00B16EA0"/>
     <w:rsid w:val="00B1750E"/>
     <w:rsid w:val="00B205D1"/>
+    <w:rsid w:val="00B2270F"/>
     <w:rsid w:val="00B27D62"/>
+    <w:rsid w:val="00B31B6E"/>
     <w:rsid w:val="00B46C93"/>
     <w:rsid w:val="00B50159"/>
     <w:rsid w:val="00B51583"/>
     <w:rsid w:val="00B52C58"/>
     <w:rsid w:val="00B560CF"/>
     <w:rsid w:val="00B653C1"/>
     <w:rsid w:val="00B66333"/>
     <w:rsid w:val="00B66A5C"/>
     <w:rsid w:val="00B67315"/>
     <w:rsid w:val="00B67D30"/>
     <w:rsid w:val="00B73069"/>
     <w:rsid w:val="00B8191B"/>
     <w:rsid w:val="00B86864"/>
     <w:rsid w:val="00B91E58"/>
     <w:rsid w:val="00B9471D"/>
     <w:rsid w:val="00B9580B"/>
+    <w:rsid w:val="00B970FE"/>
     <w:rsid w:val="00BA649D"/>
     <w:rsid w:val="00BA7F43"/>
     <w:rsid w:val="00BB0703"/>
     <w:rsid w:val="00BB0A64"/>
     <w:rsid w:val="00BB20D0"/>
     <w:rsid w:val="00BB392E"/>
     <w:rsid w:val="00BC5708"/>
     <w:rsid w:val="00BE14DE"/>
     <w:rsid w:val="00BE2722"/>
     <w:rsid w:val="00BE530D"/>
     <w:rsid w:val="00BF6233"/>
     <w:rsid w:val="00C00000"/>
     <w:rsid w:val="00C124F4"/>
     <w:rsid w:val="00C16B85"/>
     <w:rsid w:val="00C16CA2"/>
+    <w:rsid w:val="00C17355"/>
     <w:rsid w:val="00C21D58"/>
     <w:rsid w:val="00C36548"/>
     <w:rsid w:val="00C372FB"/>
+    <w:rsid w:val="00C402C4"/>
     <w:rsid w:val="00C41C2B"/>
     <w:rsid w:val="00C4205A"/>
     <w:rsid w:val="00C50B0C"/>
     <w:rsid w:val="00C62D07"/>
+    <w:rsid w:val="00C7029F"/>
     <w:rsid w:val="00C7141C"/>
     <w:rsid w:val="00C715BC"/>
     <w:rsid w:val="00C73168"/>
     <w:rsid w:val="00C76EEF"/>
     <w:rsid w:val="00C90BA1"/>
     <w:rsid w:val="00CA1A29"/>
     <w:rsid w:val="00CB103E"/>
     <w:rsid w:val="00CB4A91"/>
     <w:rsid w:val="00CB5AEB"/>
     <w:rsid w:val="00CB67B8"/>
     <w:rsid w:val="00CC5CC2"/>
     <w:rsid w:val="00CC6536"/>
     <w:rsid w:val="00CD2577"/>
     <w:rsid w:val="00CD5292"/>
     <w:rsid w:val="00CD6CF3"/>
     <w:rsid w:val="00CD7E4C"/>
     <w:rsid w:val="00CE03DC"/>
     <w:rsid w:val="00CE4B33"/>
     <w:rsid w:val="00CE595C"/>
     <w:rsid w:val="00CF2B2D"/>
     <w:rsid w:val="00D062F6"/>
     <w:rsid w:val="00D10544"/>
     <w:rsid w:val="00D175B2"/>
+    <w:rsid w:val="00D30B7A"/>
     <w:rsid w:val="00D43520"/>
     <w:rsid w:val="00D46732"/>
     <w:rsid w:val="00D51EBB"/>
     <w:rsid w:val="00D6034E"/>
     <w:rsid w:val="00D60541"/>
+    <w:rsid w:val="00D6655D"/>
     <w:rsid w:val="00D7069F"/>
+    <w:rsid w:val="00D72384"/>
     <w:rsid w:val="00D73D01"/>
     <w:rsid w:val="00D82235"/>
     <w:rsid w:val="00D844B8"/>
     <w:rsid w:val="00D933FC"/>
     <w:rsid w:val="00D953CD"/>
     <w:rsid w:val="00D95589"/>
     <w:rsid w:val="00DA4D34"/>
     <w:rsid w:val="00DB5FBB"/>
     <w:rsid w:val="00DB65C5"/>
     <w:rsid w:val="00DC3320"/>
     <w:rsid w:val="00DD1F9E"/>
+    <w:rsid w:val="00DD3340"/>
     <w:rsid w:val="00DD437D"/>
     <w:rsid w:val="00DD44A8"/>
     <w:rsid w:val="00DD4BBF"/>
     <w:rsid w:val="00DE42B1"/>
+    <w:rsid w:val="00DF2DB5"/>
     <w:rsid w:val="00DF386B"/>
     <w:rsid w:val="00E03712"/>
     <w:rsid w:val="00E07B76"/>
     <w:rsid w:val="00E14069"/>
     <w:rsid w:val="00E16BBC"/>
     <w:rsid w:val="00E177DD"/>
     <w:rsid w:val="00E21C97"/>
     <w:rsid w:val="00E233D3"/>
     <w:rsid w:val="00E33DAC"/>
     <w:rsid w:val="00E511BB"/>
     <w:rsid w:val="00E5231F"/>
     <w:rsid w:val="00E5408A"/>
     <w:rsid w:val="00E55FD8"/>
     <w:rsid w:val="00E57BEC"/>
     <w:rsid w:val="00E61821"/>
     <w:rsid w:val="00E6513E"/>
     <w:rsid w:val="00E65A6B"/>
     <w:rsid w:val="00E702EC"/>
     <w:rsid w:val="00E7604C"/>
     <w:rsid w:val="00E8101E"/>
     <w:rsid w:val="00E82630"/>
     <w:rsid w:val="00E87489"/>
     <w:rsid w:val="00E904C7"/>
     <w:rsid w:val="00E97365"/>
     <w:rsid w:val="00EA607F"/>
     <w:rsid w:val="00EB0999"/>
     <w:rsid w:val="00EB1944"/>
     <w:rsid w:val="00EB7E41"/>
     <w:rsid w:val="00EC41DF"/>
     <w:rsid w:val="00EC5F66"/>
     <w:rsid w:val="00ED2A93"/>
     <w:rsid w:val="00ED490B"/>
     <w:rsid w:val="00ED4B82"/>
     <w:rsid w:val="00EE63B6"/>
     <w:rsid w:val="00EF7276"/>
     <w:rsid w:val="00F051EF"/>
     <w:rsid w:val="00F05BC9"/>
     <w:rsid w:val="00F20C41"/>
     <w:rsid w:val="00F3774F"/>
     <w:rsid w:val="00F46B1F"/>
     <w:rsid w:val="00F47799"/>
     <w:rsid w:val="00F53770"/>
     <w:rsid w:val="00F6016D"/>
     <w:rsid w:val="00F64D8E"/>
     <w:rsid w:val="00F6563D"/>
     <w:rsid w:val="00F7165F"/>
     <w:rsid w:val="00F72F51"/>
+    <w:rsid w:val="00F730EC"/>
     <w:rsid w:val="00F77AA9"/>
     <w:rsid w:val="00F85DD1"/>
     <w:rsid w:val="00F9354F"/>
     <w:rsid w:val="00FA28E2"/>
     <w:rsid w:val="00FB25AA"/>
     <w:rsid w:val="00FB34C4"/>
     <w:rsid w:val="00FB36E4"/>
     <w:rsid w:val="00FB3B5F"/>
     <w:rsid w:val="00FB5917"/>
     <w:rsid w:val="00FC0436"/>
     <w:rsid w:val="00FC2375"/>
     <w:rsid w:val="00FC279F"/>
     <w:rsid w:val="00FC7323"/>
     <w:rsid w:val="00FC779E"/>
     <w:rsid w:val="00FD304A"/>
     <w:rsid w:val="00FD5C93"/>
     <w:rsid w:val="00FE029D"/>
     <w:rsid w:val="00FE5909"/>
     <w:rsid w:val="00FF019A"/>
     <w:rsid w:val="00FF4443"/>
     <w:rsid w:val="00FF6DB7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -23744,73 +24083,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>3688</Words>
-  <Characters>21022</Characters>
+  <Words>4531</Words>
+  <Characters>20981</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>175</Lines>
-  <Paragraphs>49</Paragraphs>
+  <Lines>999</Lines>
+  <Paragraphs>750</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24661</CharactersWithSpaces>
+  <CharactersWithSpaces>24762</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ilan Shdema</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>