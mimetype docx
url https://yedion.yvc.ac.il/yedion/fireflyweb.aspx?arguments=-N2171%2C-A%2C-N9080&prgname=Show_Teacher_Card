--- v0 (2025-11-02)
+++ v1 (2025-12-23)
@@ -8,120 +8,94 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="59A5DEE7" w14:textId="77777777" w:rsidR="000618D1" w:rsidRPr="00301FC3" w:rsidRDefault="000618D1" w:rsidP="000618D1">
-[...25 lines deleted...]
-    <w:p w14:paraId="158B99F0" w14:textId="00C07253" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+    <w:p w14:paraId="158B99F0" w14:textId="5EE35D2E" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301FC3">
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00301FC3">
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000618D1">
+      <w:r w:rsidRPr="00301FC3">
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="005840A2">
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Roee Kibrik</w:t>
       </w:r>
       <w:r w:rsidRPr="00301FC3">
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00301FC3">
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
@@ -129,396 +103,782 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00301FC3">
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00301FC3">
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Da</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF46ED">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>te</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36370">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: 26.11.2025</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="32C24C6F" w14:textId="5BB6CC5E" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="000618D1" w:rsidP="00991167">
+    <w:p w14:paraId="279D3999" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>CURRICULUM VITAE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B758E7" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75DA8A34" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Personal Details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3F7AFE" w14:textId="77777777" w:rsidR="00895021" w:rsidRDefault="00895021" w:rsidP="00895021">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DAE89AC" w14:textId="644D804A" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00895021">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Permanent Home Address:</w:t>
+      </w:r>
+      <w:r w:rsidR="00991167">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kibbutz Mizra, 1931200, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55EFFD3A" w14:textId="7ED5A82A" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00895021">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Home Telephone Number:</w:t>
+      </w:r>
+      <w:r w:rsidR="000F30F6">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00991167">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>+972-4-6429884</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46593C17" w14:textId="79990805" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00895021">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cellular Phone:</w:t>
+      </w:r>
+      <w:r w:rsidR="000F30F6">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00991167">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>+972-58-4598558</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DF73893" w14:textId="06A2CC71" w:rsidR="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00895021">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Electronic Address:</w:t>
+      </w:r>
+      <w:r w:rsidR="00991167">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00991167" w:rsidRPr="00D05598">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Roeek@yvc.ac.il</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00991167">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00991167" w:rsidRPr="00D05598">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Roee.kibrik@mail.huji.ac.il</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00991167">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9040C1" w14:textId="022B2CBE" w:rsidR="00B204D6" w:rsidRPr="00301FC3" w:rsidRDefault="00B204D6" w:rsidP="00895021">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B204D6">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ORC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B204D6">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B204D6">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00B204D6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://orcid.org/0000-0002-8303-2643</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5042453B" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00AE672E">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1966BC81" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Higher Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32C24C6F" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00301FC3">
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:t>Academic Background</w:t>
+        <w:t>Undergraduate and Graduate Studies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62FB1803" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="4317" w:firstLine="3"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2442"/>
         <w:gridCol w:w="2060"/>
         <w:gridCol w:w="2241"/>
         <w:gridCol w:w="1683"/>
       </w:tblGrid>
       <w:tr w:rsidR="00301FC3" w:rsidRPr="00301FC3" w14:paraId="69A30409" w14:textId="77777777" w:rsidTr="00301FC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2442" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55D51530" w14:textId="311B8F1F" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="000618D1" w:rsidP="00991167">
+          <w:p w14:paraId="55D51530" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00301FC3">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Area of specialization</w:t>
+              <w:t>Year of Approval of Degree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2060" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A9AB411" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301FC3">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Degree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BFAE404" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+          <w:p w14:paraId="730A403F" w14:textId="65EC792A" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00DF5F9C">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00301FC3">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of Institution</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+            <w:r w:rsidR="00DF5F9C">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00301FC3">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>and Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B4FA612" w14:textId="105F879F" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="000618D1" w:rsidP="00991167">
+          <w:p w14:paraId="6B4FA612" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00301FC3">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Date (from-to)</w:t>
+              <w:t>Period of Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000618D1" w:rsidRPr="00301FC3" w14:paraId="4AD9A941" w14:textId="77777777" w:rsidTr="00301FC3">
+      <w:tr w:rsidR="00301FC3" w:rsidRPr="00301FC3" w14:paraId="15278429" w14:textId="77777777" w:rsidTr="00301FC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2442" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67F2EBAD" w14:textId="531B53DF" w:rsidR="000618D1" w:rsidRPr="000618D1" w:rsidRDefault="000618D1" w:rsidP="000618D1">
-[...15 lines deleted...]
-              <w:t>Political science and History</w:t>
+          <w:p w14:paraId="2DDEC515" w14:textId="0392F7D1" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D4837F7" w14:textId="1BDD0F2A" w:rsidR="000618D1" w:rsidRPr="00301FC3" w:rsidRDefault="000618D1" w:rsidP="000618D1">
-[...6 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="563B7B1D" w14:textId="32DFA617" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>BA (Cum Laude)</w:t>
+              <w:t>PhD.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0698030F" w14:textId="328CDAC9" w:rsidR="000618D1" w:rsidRPr="00301FC3" w:rsidRDefault="000618D1" w:rsidP="00991167">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="42EEE220" w14:textId="6BC14BCD" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>/ History Department</w:t>
+              <w:t>The Hebrew Univers</w:t>
+            </w:r>
+            <w:r w:rsidR="0019035C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ty – International Relation Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10BA0189" w14:textId="7B82DD2B" w:rsidR="000618D1" w:rsidRDefault="000618D1" w:rsidP="00991167">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="6165B040" w14:textId="4F903BA4" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>October 2004-July 2006</w:t>
+              <w:t>2009-2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00991167" w:rsidRPr="00301FC3" w14:paraId="32A19674" w14:textId="77777777" w:rsidTr="00301FC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2442" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C1CD3DE" w14:textId="4B93D777" w:rsidR="00991167" w:rsidRPr="00301FC3" w:rsidRDefault="000618D1" w:rsidP="00991167">
+          <w:p w14:paraId="1C1CD3DE" w14:textId="7BACFBB4" w:rsidR="00991167" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Political thought</w:t>
+              <w:t>2009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2060" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18F8AAAA" w14:textId="475CA7DF" w:rsidR="00991167" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MA</w:t>
             </w:r>
@@ -531,247 +891,220 @@
           <w:p w14:paraId="16B80C62" w14:textId="4C6401F0" w:rsidR="00991167" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Haifa University – School for Political Science</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DBFD02A" w14:textId="7FF892F9" w:rsidR="00991167" w:rsidRPr="00301FC3" w:rsidRDefault="000618D1" w:rsidP="00991167">
+          <w:p w14:paraId="2DBFD02A" w14:textId="4C2EF95E" w:rsidR="00991167" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">October </w:t>
-[...23 lines deleted...]
-              <w:t>2009</w:t>
+              <w:t>2006-2009</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00301FC3" w:rsidRPr="00301FC3" w14:paraId="0DB219E7" w14:textId="77777777" w:rsidTr="00301FC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2442" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2805C481" w14:textId="2A3F1CA1" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="000618D1" w:rsidP="00991167">
+          <w:p w14:paraId="2805C481" w14:textId="4C6D2117" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>International relations. Advisor: Professor Piki Ish-Shalom</w:t>
+              <w:t>2006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="005057C4" w14:textId="195F91D6" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="000618D1" w:rsidP="00991167">
+          <w:p w14:paraId="005057C4" w14:textId="65D6AB3F" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>PhD.</w:t>
+              <w:t>BA (Cum Laude)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2543B7F2" w14:textId="7F8C0F10" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="000618D1" w:rsidP="00991167">
+          <w:p w14:paraId="2543B7F2" w14:textId="3B36919A" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00991167">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Haifa University – School for Political Science</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>The Hebrew Universuty – International Relation Department</w:t>
+              <w:t>/ History Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31F48C2B" w14:textId="6E7F6F8C" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="000618D1" w:rsidP="00991167">
+          <w:p w14:paraId="31F48C2B" w14:textId="3AE7B59B" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>October 2009- July 2015</w:t>
+              <w:t>2004-2006</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6518C84F" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02C97C35" w14:textId="7A40A0CC" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+    <w:p w14:paraId="02C97C35" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
       <w:pPr>
         <w:keepNext/>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:outlineLvl w:val="4"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301FC3">
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
-        <w:t xml:space="preserve">B. </w:t>
-[...10 lines deleted...]
-        <w:t>Previous employment</w:t>
+        <w:t>B. Post-Doctoral Studies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="782BD72E" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="4317" w:firstLine="3"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301FC3">
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
@@ -792,2066 +1125,13418 @@
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2442"/>
         <w:gridCol w:w="2060"/>
         <w:gridCol w:w="2241"/>
         <w:gridCol w:w="1683"/>
       </w:tblGrid>
       <w:tr w:rsidR="00301FC3" w:rsidRPr="00301FC3" w14:paraId="4B0A6B9C" w14:textId="77777777" w:rsidTr="00301FC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2442" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44EAFDCE" w14:textId="1ACC6F75" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00190DD3" w:rsidP="00190DD3">
-[...2 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="44EAFDCE" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00301FC3">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Research area</w:t>
+              <w:t>Year of Completion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0617AD5E" w14:textId="1BBCC051" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00190DD3" w:rsidP="00190DD3">
-[...2 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+          <w:p w14:paraId="0617AD5E" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00301FC3">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Title</w:t>
+              <w:t>Degree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5562A758" w14:textId="3A7A8FD1" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00190DD3" w:rsidP="00991167">
+          <w:p w14:paraId="5562A758" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00301FC3">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Institute</w:t>
+              <w:t>Name of Institution, Department and Host</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44BABDA6" w14:textId="73CA77F3" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00190DD3" w:rsidP="00190DD3">
+          <w:p w14:paraId="44BABDA6" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00190DD3">
+            <w:r w:rsidRPr="00301FC3">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Date (from-to)</w:t>
+              <w:t>Period of Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00301FC3" w:rsidRPr="00301FC3" w14:paraId="341272B0" w14:textId="77777777" w:rsidTr="00301FC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2442" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69CF257F" w14:textId="65BBE121" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00190DD3" w:rsidP="00991167">
+          <w:p w14:paraId="69CF257F" w14:textId="5F612E99" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Israel foreign policies; the Israeli-Palestinian peacemaking; Eastern-Mediterranean geopolitics</w:t>
+              <w:t>2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4ADE7392" w14:textId="6CA8255C" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00190DD3" w:rsidP="00991167">
+          <w:p w14:paraId="4ADE7392" w14:textId="71A1B073" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Head of Research</w:t>
+              <w:t>Post-doc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53047A3C" w14:textId="60EB3DFF" w:rsidR="005840A2" w:rsidRPr="00301FC3" w:rsidRDefault="00190DD3" w:rsidP="005840A2">
+          <w:p w14:paraId="1DF08832" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>King’s College London, War Department, Prof. Ned Lebow</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53047A3C" w14:textId="278795FD" w:rsidR="005840A2" w:rsidRPr="00301FC3" w:rsidRDefault="005840A2" w:rsidP="005840A2">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Mitvim – The Israeli Institute for Regional Foreign Policies</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>An Israel Institute Fellow</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DD23399" w14:textId="7A74CA4C" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00190DD3" w:rsidP="00190DD3">
+          <w:p w14:paraId="6DD23399" w14:textId="055363E4" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000618D1">
-[...5 lines deleted...]
-              <w:t>2016- present</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2015-2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00991167" w:rsidRPr="00301FC3" w14:paraId="0701FFD5" w14:textId="77777777" w:rsidTr="00301FC3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2442" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51960C05" w14:textId="3687C98B" w:rsidR="00991167" w:rsidRDefault="00190DD3" w:rsidP="00991167">
+          <w:p w14:paraId="51960C05" w14:textId="04848F55" w:rsidR="00991167" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>International relations theory, Humanitarian Dilemma</w:t>
+              <w:t>2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2060" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0458046C" w14:textId="645FE6C0" w:rsidR="00991167" w:rsidRDefault="00190DD3" w:rsidP="00991167">
+          <w:p w14:paraId="0458046C" w14:textId="54C5D55F" w:rsidR="00991167" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Researcher</w:t>
+              <w:t>Post-doc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FAE463A" w14:textId="40677F73" w:rsidR="00991167" w:rsidRDefault="00991167" w:rsidP="00991167">
+          <w:p w14:paraId="3FAE463A" w14:textId="35F06153" w:rsidR="00991167" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>The Hebrew University</w:t>
+              <w:t>The Hebrew University, The Leonard Davis Institute for International Relations, Prof. Ish-Shalom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1683" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC8F23E" w14:textId="5F66BA81" w:rsidR="00991167" w:rsidRDefault="00190DD3" w:rsidP="00190DD3">
-[...335 lines deleted...]
-          <w:p w14:paraId="13D7CC10" w14:textId="2684D249" w:rsidR="00190DD3" w:rsidRDefault="00190DD3" w:rsidP="00991167">
+          <w:p w14:paraId="1BC8F23E" w14:textId="39E95C03" w:rsidR="00991167" w:rsidRDefault="00991167" w:rsidP="00991167">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2014-2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6EE7F906" w14:textId="77777777" w:rsidR="000618D1" w:rsidRDefault="000618D1" w:rsidP="000618D1">
+    <w:p w14:paraId="42C69863" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="055F2FBE" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Academic Ranks and Tenure in Institutes of Higher Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB747AB" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:bidiVisual/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2629"/>
+        <w:gridCol w:w="3179"/>
+        <w:gridCol w:w="2652"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00301FC3" w:rsidRPr="00301FC3" w14:paraId="0BEC767A" w14:textId="77777777" w:rsidTr="00301FC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2629" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5B9F34" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                                                                       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rank/Position</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F7597E" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name of Institution and Department</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19311B2E" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dates</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41D34" w:rsidRPr="00301FC3" w14:paraId="4E8AB5E8" w14:textId="77777777" w:rsidTr="00301FC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2629" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E2A511C" w14:textId="66206B9E" w:rsidR="00F41D34" w:rsidRPr="00AE672E" w:rsidRDefault="00852B74" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lecturer</w:t>
+            </w:r>
+            <w:r w:rsidR="004B2BC7">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (offered)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78766826" w14:textId="73A83ED1" w:rsidR="00F41D34" w:rsidRPr="00AE672E" w:rsidRDefault="00852B74" w:rsidP="00852B74">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00852B74">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Max Stern </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00852B74">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Yezreel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00852B74">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Valley College</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="718676DB" w14:textId="746D77BF" w:rsidR="00F41D34" w:rsidRPr="00AE672E" w:rsidRDefault="00F41D34" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="007A4866">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3-2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00301FC3" w:rsidRPr="00301FC3" w14:paraId="40047C29" w14:textId="77777777" w:rsidTr="00301FC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2629" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0989D3BB" w14:textId="25E45814" w:rsidR="00301FC3" w:rsidRPr="00AE672E" w:rsidRDefault="00B15BF3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE672E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Research fellow</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3179" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="078C6343" w14:textId="1F7199CB" w:rsidR="00301FC3" w:rsidRPr="00AE672E" w:rsidRDefault="00B15BF3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE672E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Hebrew University, IR Department</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2652" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC8A8E7" w14:textId="73E23B34" w:rsidR="00301FC3" w:rsidRPr="00AE672E" w:rsidRDefault="00B15BF3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE672E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2021-2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="74082818" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77F71AEC" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Offices in Academic Administration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30416ADD" w14:textId="5BB4B4BC" w:rsidR="00301FC3" w:rsidRPr="00ED01FF" w:rsidRDefault="00301FC3" w:rsidP="00ED01FF">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1D51">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED01FF">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2023-2025 - </w:t>
+      </w:r>
+      <w:r w:rsidR="0033388B" w:rsidRPr="0033388B">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Disciplinary Committee Member at the College</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12248FF2" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Scholarly Positions and Activities outside the Institution</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CAC9F9" w14:textId="757F9A65" w:rsidR="00B15BF3" w:rsidRDefault="00B15BF3" w:rsidP="00B15BF3">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Editing and referee </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3005"/>
+        <w:gridCol w:w="3006"/>
+        <w:gridCol w:w="3006"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B15BF3" w:rsidRPr="00AE672E" w14:paraId="342B6B4B" w14:textId="77777777" w:rsidTr="00B15BF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24562BD3" w14:textId="02AFE52A" w:rsidR="00B15BF3" w:rsidRPr="00AE672E" w:rsidRDefault="00B15BF3" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE672E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18DBFD1F" w14:textId="608492C6" w:rsidR="00B15BF3" w:rsidRPr="00AE672E" w:rsidRDefault="00B15BF3" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE672E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Position/activity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8A3BF8" w14:textId="3F2B3F0D" w:rsidR="00B15BF3" w:rsidRPr="00AE672E" w:rsidRDefault="00B15BF3" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE672E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Institution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00890FD4" w14:paraId="4742B399" w14:textId="77777777" w:rsidTr="00B15BF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F08D50B" w14:textId="602A9507" w:rsidR="00890FD4" w:rsidRDefault="004C0063" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E1BCB9" w14:textId="0537D7BF" w:rsidR="00890FD4" w:rsidRPr="005840A2" w:rsidRDefault="004C0063" w:rsidP="005840A2">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Article referee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F11C1BF" w14:textId="19A866D3" w:rsidR="00890FD4" w:rsidRDefault="004C0063" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE672E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>International Journal of Middle East Studies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B15BF3" w14:paraId="4C5588A5" w14:textId="77777777" w:rsidTr="00B15BF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00BFD9B1" w14:textId="06866F92" w:rsidR="00B15BF3" w:rsidRDefault="005840A2" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2012-2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B0F0CAD" w14:textId="3615FC0F" w:rsidR="00B15BF3" w:rsidRDefault="005840A2" w:rsidP="005840A2">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005840A2">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Editor of "Politika" Journal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B663D96" w14:textId="49618B5C" w:rsidR="00B15BF3" w:rsidRDefault="005840A2" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Hebrew University</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3000CF06" w14:textId="77777777" w:rsidR="00DF5F9C" w:rsidRDefault="00DF5F9C" w:rsidP="00B15BF3">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1095A0" w14:textId="3BF13812" w:rsidR="00B15BF3" w:rsidRDefault="00B15BF3" w:rsidP="00DF5F9C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Member in associations and groups</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3005"/>
+        <w:gridCol w:w="3006"/>
+        <w:gridCol w:w="3006"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B15BF3" w:rsidRPr="00AE672E" w14:paraId="31720E78" w14:textId="77777777" w:rsidTr="00B15BF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F0B845" w14:textId="5557392C" w:rsidR="00B15BF3" w:rsidRPr="00AE672E" w:rsidRDefault="00B15BF3" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE672E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65D9EC81" w14:textId="435CFE2D" w:rsidR="00B15BF3" w:rsidRPr="00AE672E" w:rsidRDefault="00B15BF3" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE672E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Position</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74530EF7" w14:textId="42D0EC2B" w:rsidR="00B15BF3" w:rsidRPr="00AE672E" w:rsidRDefault="00B15BF3" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE672E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Institution/association</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F49BD" w14:paraId="3C409011" w14:textId="77777777" w:rsidTr="00B15BF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5043A5E1" w14:textId="0119AF72" w:rsidR="004F49BD" w:rsidRDefault="004C520B" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2023-</w:t>
+            </w:r>
+            <w:r w:rsidR="00793D29">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>today</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3F8B7E" w14:textId="25FE6397" w:rsidR="004F49BD" w:rsidRDefault="009D7D79" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D74A0B" w14:textId="26D720BA" w:rsidR="004F49BD" w:rsidRDefault="004C520B" w:rsidP="004C520B">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C520B">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IAIS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C520B">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Israel Association for International Studies)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C520B" w14:paraId="4BE084D4" w14:textId="77777777" w:rsidTr="00B15BF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F1A5B5D" w14:textId="1295E7F7" w:rsidR="004C520B" w:rsidRDefault="000E4358" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="412FD866" w14:textId="65C65DA3" w:rsidR="004C520B" w:rsidRDefault="000F2067" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="638DA42F" w14:textId="5586F7FF" w:rsidR="004C520B" w:rsidRPr="000F2067" w:rsidRDefault="009D7D79" w:rsidP="000F2067">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IPSA (</w:t>
+            </w:r>
+            <w:r w:rsidR="000F2067" w:rsidRPr="000F2067">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Israel Political Science Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D7D79" w14:paraId="46E03733" w14:textId="77777777" w:rsidTr="00B15BF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E45512" w14:textId="04AA561C" w:rsidR="009D7D79" w:rsidRDefault="009D7D79" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA07DB6" w14:textId="0B978215" w:rsidR="009D7D79" w:rsidRDefault="000E4358" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A0397B8" w14:textId="1A687932" w:rsidR="009D7D79" w:rsidRDefault="000E4358" w:rsidP="000F2067">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>AIS (Association for Israel Studies)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00793D29" w14:paraId="6B88D6D7" w14:textId="77777777" w:rsidTr="00B5331B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03AB644D" w14:textId="77777777" w:rsidR="00793D29" w:rsidRDefault="00793D29" w:rsidP="00B5331B">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2016-today</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61339B43" w14:textId="77777777" w:rsidR="00793D29" w:rsidRDefault="00793D29" w:rsidP="00B5331B">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D84983" w14:textId="77777777" w:rsidR="00793D29" w:rsidRDefault="00793D29" w:rsidP="00B5331B">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ECPR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B15BF3" w14:paraId="14C84C84" w14:textId="77777777" w:rsidTr="00B15BF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA1EB6E" w14:textId="39FC3B40" w:rsidR="00B15BF3" w:rsidRDefault="00236B92" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D1D300" w14:textId="337605EE" w:rsidR="00B15BF3" w:rsidRDefault="00236B92" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69985A2C" w14:textId="3F937BB7" w:rsidR="00B15BF3" w:rsidRDefault="00236B92" w:rsidP="00236B92">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IASEI (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00236B92">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sraeli </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00236B92">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ssociation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00236B92">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>for the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00236B92">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>tudy of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00236B92">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> E</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">uropean </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00236B92">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ntegration</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00236B92">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B15BF3" w14:paraId="10561FE4" w14:textId="77777777" w:rsidTr="00B15BF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="052843D4" w14:textId="02B4492A" w:rsidR="00B15BF3" w:rsidRDefault="005840A2" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74BEC7FF" w14:textId="5F970530" w:rsidR="00B15BF3" w:rsidRDefault="005840A2" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="560B7360" w14:textId="4A4EAB33" w:rsidR="00B15BF3" w:rsidRDefault="005840A2" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>BISA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B15BF3" w14:paraId="48A84AD8" w14:textId="77777777" w:rsidTr="00B15BF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53122486" w14:textId="0284BA2A" w:rsidR="00B15BF3" w:rsidRDefault="005840A2" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2017-2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A101972" w14:textId="70AE7785" w:rsidR="00B15BF3" w:rsidRDefault="005840A2" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56AD126A" w14:textId="120DF431" w:rsidR="00B15BF3" w:rsidRDefault="005840A2" w:rsidP="00B22B85">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IAIS</w:t>
+            </w:r>
+            <w:r w:rsidR="00B22B85">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00B22B85" w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Israel Association for International Studies</w:t>
+            </w:r>
+            <w:r w:rsidR="00B22B85">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B15BF3" w14:paraId="0358E65F" w14:textId="77777777" w:rsidTr="00B15BF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B4C0E3E" w14:textId="6786046D" w:rsidR="00B15BF3" w:rsidRDefault="005840A2" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+            <w:r w:rsidR="00B74CD2">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FCB4F32" w14:textId="1B085976" w:rsidR="00B15BF3" w:rsidRDefault="005840A2" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25A9EF95" w14:textId="274C5ECB" w:rsidR="00B15BF3" w:rsidRDefault="005840A2" w:rsidP="00B15BF3">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ISA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5ACC5E55" w14:textId="77777777" w:rsidR="00B15BF3" w:rsidRDefault="00B15BF3" w:rsidP="00B15BF3">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45CC56AF" w14:textId="312F3401" w:rsidR="002F61CA" w:rsidRDefault="002F61CA" w:rsidP="002F61CA">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Visiting Research Fellow</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2969"/>
+        <w:gridCol w:w="2995"/>
+        <w:gridCol w:w="3053"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002F61CA" w:rsidRPr="00AE672E" w14:paraId="21DB0DBB" w14:textId="77777777" w:rsidTr="00B74CD2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E173C4D" w14:textId="42A7BF16" w:rsidR="002F61CA" w:rsidRPr="00AE672E" w:rsidRDefault="002F61CA" w:rsidP="002F61CA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE672E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7104F4" w14:textId="3CED6592" w:rsidR="002F61CA" w:rsidRPr="00AE672E" w:rsidRDefault="002F61CA" w:rsidP="002F61CA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE672E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>position</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3053" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D7DA36" w14:textId="4FEA953B" w:rsidR="002F61CA" w:rsidRPr="00AE672E" w:rsidRDefault="002F61CA" w:rsidP="002F61CA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE672E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Institution/association</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F61CA" w14:paraId="6C9761D1" w14:textId="77777777" w:rsidTr="00B74CD2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC079B1" w14:textId="63F08010" w:rsidR="002F61CA" w:rsidRDefault="002F61CA" w:rsidP="002F61CA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2014-2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C094913" w14:textId="1BE1F5CF" w:rsidR="002F61CA" w:rsidRPr="002F61CA" w:rsidRDefault="002F61CA" w:rsidP="002F61CA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Neubauer Research Fellow</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3053" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B454C92" w14:textId="54936610" w:rsidR="002F61CA" w:rsidRPr="002F61CA" w:rsidRDefault="002F61CA" w:rsidP="002F61CA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>INSS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F61CA" w14:paraId="0E6F3B15" w14:textId="77777777" w:rsidTr="00B74CD2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAA76AE" w14:textId="732ACF7C" w:rsidR="002F61CA" w:rsidRDefault="002F61CA" w:rsidP="002F61CA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2995" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0597D073" w14:textId="689E55DD" w:rsidR="002F61CA" w:rsidRDefault="002F61CA" w:rsidP="002F61CA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Guest Researcher </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3053" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C247A29" w14:textId="52259D10" w:rsidR="002F61CA" w:rsidRDefault="002F61CA" w:rsidP="002F61CA">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Peace Research Institute in Frankfurt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="210AA783" w14:textId="77777777" w:rsidR="002F61CA" w:rsidRDefault="002F61CA" w:rsidP="002F61CA">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53363499" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Participation in Scholarly Conferences</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="618CB16A" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D7F158F" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00882D79" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a.   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Active Participation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E772A2" w14:textId="78308CE6" w:rsidR="00301FC3" w:rsidRPr="00882D79" w:rsidRDefault="00D73EB5" w:rsidP="00882D79">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>International Conferences:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:bidiVisual/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1475"/>
+        <w:gridCol w:w="2588"/>
+        <w:gridCol w:w="1391"/>
+        <w:gridCol w:w="1643"/>
+        <w:gridCol w:w="1522"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00277A8F" w:rsidRPr="00301FC3" w14:paraId="275139D2" w14:textId="0A6AE4A6" w:rsidTr="00F64CA1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2585D3" w14:textId="77777777" w:rsidR="007709C5" w:rsidRPr="00301FC3" w:rsidRDefault="007709C5" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Role</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8BA261" w14:textId="064F48B5" w:rsidR="007709C5" w:rsidRPr="00301FC3" w:rsidRDefault="007709C5" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Subject of Lecture/Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E13BF3" w14:textId="77777777" w:rsidR="007709C5" w:rsidRPr="00301FC3" w:rsidRDefault="007709C5" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Place of Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22C5DBE1" w14:textId="77777777" w:rsidR="007709C5" w:rsidRPr="00301FC3" w:rsidRDefault="007709C5" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name of Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B91114B" w14:textId="77777777" w:rsidR="007709C5" w:rsidRPr="00301FC3" w:rsidRDefault="007709C5" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F160A7" w:rsidRPr="00301FC3" w14:paraId="549EEA9F" w14:textId="77777777" w:rsidTr="00F64CA1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="524A1B3F" w14:textId="361A5CF6" w:rsidR="00303120" w:rsidRDefault="000E196E" w:rsidP="00416A16">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E196E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oral Presentation </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_Hlk183340376"/>
+            <w:r w:rsidR="00640C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00D30EEA" w:rsidRPr="00D30EEA">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Session </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00D30EEA" w:rsidRPr="00D30EEA">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Chair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00042E09" w14:textId="4CDE6771" w:rsidR="00F160A7" w:rsidRDefault="00F64CA1" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ontological security after October 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B66C332" w14:textId="7CFADF0F" w:rsidR="00F160A7" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>University of Haifa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="705B2A48" w14:textId="4D5CE97B" w:rsidR="00F160A7" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>AIS Annual conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7472010B" w14:textId="1EC43C81" w:rsidR="00F160A7" w:rsidRPr="003E5E0C" w:rsidRDefault="00395F48" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">* </w:t>
+            </w:r>
+            <w:r w:rsidR="00F160A7">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">July </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB6F7A">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">September </w:t>
+            </w:r>
+            <w:r w:rsidR="00F160A7">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F160A7" w:rsidRPr="00301FC3" w14:paraId="0BE138B2" w14:textId="77777777" w:rsidTr="00F64CA1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9BB7B1" w14:textId="2F8EA96C" w:rsidR="00F160A7" w:rsidRDefault="00D30EEA" w:rsidP="00D30EEA">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D30EEA">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43E2EAA6" w14:textId="7108FBDC" w:rsidR="00F160A7" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00980BC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Israel in Pursuit of Security after October 7th: A concept state and its aftermath</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7350CB20" w14:textId="5716548F" w:rsidR="00F160A7" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22372">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>University College Dublin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, Dublin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8D8F3F" w14:textId="37670997" w:rsidR="00F160A7" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E22372">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECPR General Conference 2024 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ABD5135" w14:textId="71ACCF64" w:rsidR="00F160A7" w:rsidRPr="007A0B71" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*August, 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F160A7" w:rsidRPr="00301FC3" w14:paraId="04B0FCDD" w14:textId="40824E37" w:rsidTr="00F64CA1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0780951A" w14:textId="6ED5FD7D" w:rsidR="00F160A7" w:rsidRPr="007A0B71" w:rsidRDefault="00640C2C" w:rsidP="00640C2C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE4C396" w14:textId="3294E9C1" w:rsidR="00F160A7" w:rsidRPr="007A0B71" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A0B71">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exploring the Potential of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0B71">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Minilateralism</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0B71">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for Europe-Mediterranean Partnership</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="653033B9" w14:textId="04141364" w:rsidR="00F160A7" w:rsidRPr="007A0B71" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A0B71">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Madrid</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="053D1F25" w14:textId="36655A4C" w:rsidR="00F160A7" w:rsidRPr="007A0B71" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A0B71">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>EuroMesco</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A0B71">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Annual Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E0873D" w14:textId="58284F42" w:rsidR="00F160A7" w:rsidRPr="007A0B71" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A0B71">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>October, 2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F160A7" w:rsidRPr="00090A26" w14:paraId="2FA1BC96" w14:textId="1F9ABDA9" w:rsidTr="00F64CA1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37B5DF51" w14:textId="72B31933" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00640C2C" w:rsidP="00640C2C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5744EC08" w14:textId="6E1DA10D" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“The Humanitarian Dilemma at the Gaza Border”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8DF0DC" w14:textId="77777777" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Charles University,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A1FE54C" w14:textId="531A01A8" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Prague</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04AC47CA" w14:textId="38CBA9DC" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECPR General Conference, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="604AC62E" w14:textId="60E6B386" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>September 2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F160A7" w:rsidRPr="00090A26" w14:paraId="621824FC" w14:textId="474AAF7B" w:rsidTr="00F64CA1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76AA3BEC" w14:textId="0ECE7275" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00640C2C" w:rsidP="00640C2C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC9D40D" w14:textId="44880381" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"Sovereignty and Terror"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08D8F8BA" w14:textId="501150AA" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edinburgh, Scotland</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06CAB0BF" w14:textId="7978B7BF" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>British International Studies Association</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Annual Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28EB3334" w14:textId="3DA34914" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F160A7" w:rsidRPr="00090A26" w14:paraId="5A92AF9B" w14:textId="46C563B5" w:rsidTr="00F64CA1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="534FC23E" w14:textId="07D03A61" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00640C2C" w:rsidP="00640C2C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35DBB78A" w14:textId="37A4CC22" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"The States of Concepts: Constructing Sovereignty in Jerusalem"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="491CFC01" w14:textId="29BBED0D" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Hebrew University, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jerusalem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FC8827" w14:textId="50A8CA8B" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International workshop, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"Concepts at Work", held by the Leonard Davis Institute</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E003F8C" w14:textId="08AD0379" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F160A7" w:rsidRPr="00090A26" w14:paraId="415D3EAB" w14:textId="6ECC9571" w:rsidTr="00F64CA1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E58D6C1" w14:textId="443C28E5" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00640C2C" w:rsidP="00640C2C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="413394D0" w14:textId="1203B4D0" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"'Right of Return' Vs. 'Trans-State Democracy': Identity Detached from Territory in the Conflict in Israel/Palestine"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E0BC36" w14:textId="3911C8E4" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Hebrew University, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jerusalem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A15CDA" w14:textId="1DFFBC5D" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>the 5th "Transnational Dimensions of Global Governance" doctoral workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with Freie University</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7373ED23" w14:textId="3C2189D3" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F160A7" w:rsidRPr="00090A26" w14:paraId="136D790D" w14:textId="18B68F16" w:rsidTr="00F64CA1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72240361" w14:textId="48D14CB4" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00640C2C" w:rsidP="00640C2C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA29520" w14:textId="314609EC" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"The Theoretical Gap, the Security Concept and Negotiations between Israelis and Palestinians"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3FD43F" w14:textId="4870E09E" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>San Francisco</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBE7D1A" w14:textId="41CB0353" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISA Annual </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD25758" w14:textId="1CB6309D" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F160A7" w:rsidRPr="00090A26" w14:paraId="732D6257" w14:textId="5BEACC3D" w:rsidTr="00F64CA1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="061C0D10" w14:textId="234897A5" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00640C2C" w:rsidP="00640C2C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2DDC1A" w14:textId="19DC632E" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"Security as Interplay: The Theoretical Gap, the Security Concept and Negotiations between Israelis and Palestinians"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6361C19C" w14:textId="74A1BD28" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Freie University</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Berlin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="384D7ABA" w14:textId="0627E5D2" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>the 4th "Transnational Dimensions of Global Governance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F6A117B" w14:textId="4B1E52F3" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F160A7" w:rsidRPr="00090A26" w14:paraId="3DC325B3" w14:textId="3FD052C3" w:rsidTr="00F64CA1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C552EC9" w14:textId="4F65E00E" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00640C2C" w:rsidP="00640C2C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF0C1F7" w14:textId="3D5FE06D" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"Who is the Sovereign Who Conquers His Desires?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="314DFEC4" w14:textId="674A0DFE" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Hebrew University, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jerusalem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18337D8C" w14:textId="78155EAE" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>the 3rd International Ph.D. Workshop on “Transnational Dimensions of Global Governance”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A641D42" w14:textId="30DF5064" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F160A7" w:rsidRPr="00090A26" w14:paraId="62D88991" w14:textId="4EBF9F2A" w:rsidTr="00F64CA1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="028A0AC4" w14:textId="54BA7765" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00640C2C" w:rsidP="00640C2C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CBA04D" w14:textId="2BF1E3A8" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00587173" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidR="00F160A7" w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Gap between the Ideal Border and the Real Border as an Element of a Political Conflict"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12D16C11" w14:textId="0B7BD3A2" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Berlin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="072B743A" w14:textId="38436F41" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>d International Ph.D. Workshop on “Transnational Dimensions of Global Governance”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2916982C" w14:textId="2F5E7F42" w:rsidR="00F160A7" w:rsidRPr="00090A26" w:rsidRDefault="00F160A7" w:rsidP="00F160A7">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1A88184C" w14:textId="037E58B2" w:rsidR="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42D2AE11" w14:textId="08BBB09F" w:rsidR="00882D79" w:rsidRPr="0044088B" w:rsidRDefault="00F572AD" w:rsidP="00882D79">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0044088B">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Local Conf</w:t>
+      </w:r>
+      <w:r w:rsidR="0044088B" w:rsidRPr="0044088B">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044088B">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rence</w:t>
+      </w:r>
+      <w:r w:rsidR="0044088B" w:rsidRPr="0044088B">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:bidiVisual/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1475"/>
+        <w:gridCol w:w="2588"/>
+        <w:gridCol w:w="1443"/>
+        <w:gridCol w:w="1643"/>
+        <w:gridCol w:w="1522"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00882D79" w:rsidRPr="00301FC3" w14:paraId="7EA609A9" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF36D4E" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00301FC3" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Role</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB5492A" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00301FC3" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Subject of Lecture/Discussion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC4A599" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00301FC3" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Place of Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4211DA83" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00301FC3" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name of Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41F8BE37" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00301FC3" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A07C6" w:rsidRPr="00301FC3" w14:paraId="53BA2746" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10D729A7" w14:textId="77777777" w:rsidR="00640C2C" w:rsidRDefault="00640C2C" w:rsidP="00640C2C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oral Presentation </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C2FAAA3" w14:textId="3B0A1AF1" w:rsidR="00A03B94" w:rsidRDefault="00640C2C" w:rsidP="00640C2C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05FFCBF2" w14:textId="475A2B3A" w:rsidR="001A07C6" w:rsidRPr="00640C2C" w:rsidRDefault="00640C2C" w:rsidP="00640C2C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidR="00587173" w:rsidRPr="00640C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Humanitarian Dilemma</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BB1F2F3" w14:textId="50576955" w:rsidR="00A03B94" w:rsidRDefault="00640C2C" w:rsidP="00A03B94">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidR="00A03B94">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Examining the power of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A03B94">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Minilateralism</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C235E9" w14:textId="06FCAABD" w:rsidR="001A07C6" w:rsidRDefault="00CD2802" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019035C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ashkelon Academic College</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="199AF920" w14:textId="01D3967F" w:rsidR="001A07C6" w:rsidRPr="00F134F6" w:rsidRDefault="00CD2802" w:rsidP="00CD2802">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD2802">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IAIS – Annual Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6953ED0E" w14:textId="73FB926B" w:rsidR="001A07C6" w:rsidRPr="00A03B94" w:rsidRDefault="00E5105A" w:rsidP="00A03B94">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD2802" w:rsidRPr="00A03B94">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>June</w:t>
+            </w:r>
+            <w:r w:rsidR="003E5E0C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD2802" w:rsidRPr="00A03B94">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882D79" w:rsidRPr="00301FC3" w14:paraId="70402D81" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="756F591D" w14:textId="77777777" w:rsidR="005929B4" w:rsidRDefault="005929B4" w:rsidP="005929B4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005929B4">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Session Chair </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FB899A5" w14:textId="70548496" w:rsidR="00640C2C" w:rsidRDefault="00640C2C" w:rsidP="005929B4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00640C2C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oral Presentation </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74B1FC39" w14:textId="26782D6E" w:rsidR="00070F11" w:rsidRDefault="005929B4" w:rsidP="005929B4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005929B4">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Session Chair</w:t>
+            </w:r>
+            <w:r w:rsidR="00070F11">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and discussant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33C06C85" w14:textId="718B8937" w:rsidR="00882D79" w:rsidRDefault="00640C2C" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0856">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>International politics of resources</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DBCB9DF" w14:textId="2C8429AB" w:rsidR="00D117A5" w:rsidRDefault="00640C2C" w:rsidP="00D117A5">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidR="00D117A5" w:rsidRPr="00D117A5">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Can We Learn about </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D117A5" w:rsidRPr="00D117A5">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Minilateralism</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6B25FE08" w14:textId="4981682E" w:rsidR="00BF0856" w:rsidRDefault="00640C2C" w:rsidP="00BF0856">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidR="00070F11">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Political-climate sustainability in Israel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8F6554" w14:textId="7751F75C" w:rsidR="00882D79" w:rsidRDefault="00CA3EF9" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ben Gurion University, Be’er Sheva</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="372F1B10" w14:textId="219FBBA1" w:rsidR="00882D79" w:rsidRDefault="00F134F6" w:rsidP="00F134F6">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F134F6">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IPSA – Annual Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="252DFC99" w14:textId="4D3ADB2F" w:rsidR="00882D79" w:rsidRPr="007A0B71" w:rsidRDefault="00395F48" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00F134F6">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>February, 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882D79" w:rsidRPr="00301FC3" w14:paraId="05FB1FA4" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7158DB30" w14:textId="7CFA8470" w:rsidR="00882D79" w:rsidRDefault="005929B4" w:rsidP="005929B4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005929B4">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Session Chair </w:t>
+            </w:r>
+            <w:r w:rsidR="0012572A">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidR="00B53A91">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>discussant</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="691EA958" w14:textId="7ED83013" w:rsidR="00B53A91" w:rsidRDefault="00B53A91" w:rsidP="00B53A91">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58537BFE" w14:textId="7F1B2568" w:rsidR="00882D79" w:rsidRDefault="0012572A" w:rsidP="0012572A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0012572A">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Israel’s Contemporary Environmental Challenges: Strategies and Solutions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C8B61D" w14:textId="379557BB" w:rsidR="00882D79" w:rsidRDefault="00F76D00" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tel Aviv University</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FFF2D28" w14:textId="2BD96BC9" w:rsidR="00882D79" w:rsidRDefault="00EF13C1" w:rsidP="00EF13C1">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EF13C1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Israeli Association for the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF13C1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Study of European Integration Annual Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B744155" w14:textId="63BBCBEF" w:rsidR="00882D79" w:rsidRPr="007A0B71" w:rsidRDefault="00395F48" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF13C1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>December, 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882D79" w:rsidRPr="00301FC3" w14:paraId="003F774A" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF98E2E" w14:textId="26775ED2" w:rsidR="00882D79" w:rsidRDefault="00434C1D" w:rsidP="00434C1D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00434C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D025A5" w14:textId="7EF77BAD" w:rsidR="00882D79" w:rsidRDefault="00EE4FF9" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Israeli initiative for solving the conflict</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="014107DB" w14:textId="0CFE8A85" w:rsidR="00882D79" w:rsidRDefault="00A71245" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Leonard Davis Institute for International Relations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D71907" w14:textId="1B1FEE2A" w:rsidR="00882D79" w:rsidRDefault="00E4304D" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Before the day after</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74E7EB6C" w14:textId="45BE959B" w:rsidR="00882D79" w:rsidRPr="007A0B71" w:rsidRDefault="00395F48" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00E4304D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>July, 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A567F1" w:rsidRPr="00301FC3" w14:paraId="1A6FD7C0" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD8203E" w14:textId="3955C9E0" w:rsidR="00A567F1" w:rsidRDefault="005929B4" w:rsidP="005929B4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005929B4">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Session Chair </w:t>
+            </w:r>
+            <w:r w:rsidR="00A2770F" w:rsidRPr="00A2770F">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and discussant</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C3393F5" w14:textId="013B3195" w:rsidR="00112883" w:rsidRDefault="00434C1D" w:rsidP="00434C1D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00434C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C333367" w14:textId="7DD0ABF8" w:rsidR="00A567F1" w:rsidRDefault="005929B4" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidR="00A2770F">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The road for peace after October 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61C01703" w14:textId="5C85A4A1" w:rsidR="00A2770F" w:rsidRDefault="005929B4" w:rsidP="00A2770F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidR="00112883">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Security in Israel discourse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="213FB56B" w14:textId="27A6894E" w:rsidR="00A567F1" w:rsidRDefault="00DB2FC2" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The open University Campus, Ra’anana</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="241F8FDB" w14:textId="0777D612" w:rsidR="00A567F1" w:rsidRDefault="00F40D9F" w:rsidP="00F40D9F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F40D9F">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IAIS – Annual Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69DE910F" w14:textId="731741EA" w:rsidR="00A567F1" w:rsidRDefault="00395F48" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00A567F1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>June</w:t>
+            </w:r>
+            <w:r w:rsidR="00F40D9F">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A567F1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C57A0" w:rsidRPr="00301FC3" w14:paraId="0085CB54" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="002455D0" w14:textId="61695FF0" w:rsidR="004C57A0" w:rsidRDefault="005929B4" w:rsidP="005929B4">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005929B4">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Session Chair </w:t>
+            </w:r>
+            <w:r w:rsidR="005135E4">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and discussant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFCC164" w14:textId="526B68F3" w:rsidR="004C57A0" w:rsidRDefault="00B813B1" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Expertise, Knowledge and Security</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5793CEFA" w14:textId="2A52637D" w:rsidR="004C57A0" w:rsidRDefault="002029A4" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sophie Davis</w:t>
+            </w:r>
+            <w:r w:rsidR="00F97B10">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Forum, The Hebrew University</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C783722" w14:textId="351FF060" w:rsidR="004C57A0" w:rsidRDefault="004C57A0" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beyond </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sords</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="002029A4">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>New thinking on security after October 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE7FA9B" w14:textId="3FCA9EE1" w:rsidR="004C57A0" w:rsidRDefault="00395F48" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="004C57A0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>June, 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882D79" w:rsidRPr="00301FC3" w14:paraId="0FEFAE47" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DCFF879" w14:textId="7718399E" w:rsidR="00882D79" w:rsidRDefault="00434C1D" w:rsidP="00434C1D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00434C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7C0257" w14:textId="1E87D035" w:rsidR="00882D79" w:rsidRDefault="00750D07" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:r w:rsidR="00182295">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Israeli Initiative, A road map for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> security”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0672974E" w14:textId="725CB66A" w:rsidR="00882D79" w:rsidRDefault="00750D07" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Van Leer, Jerusalem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75233AB0" w14:textId="3AE41696" w:rsidR="00882D79" w:rsidRDefault="0087700E" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Van-Leer Ins</w:t>
+            </w:r>
+            <w:r w:rsidR="002A3E71">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>titute 2</w:t>
+            </w:r>
+            <w:r w:rsidR="002A3E71" w:rsidRPr="002A3E71">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r w:rsidR="002A3E71">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Annual Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="638F6A58" w14:textId="717E0F63" w:rsidR="00882D79" w:rsidRPr="007A0B71" w:rsidRDefault="00395F48" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="0087700E">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>May, 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882D79" w:rsidRPr="00301FC3" w14:paraId="1EF076B7" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78FD9A61" w14:textId="3F8C4631" w:rsidR="00882D79" w:rsidRPr="007A0B71" w:rsidRDefault="00434C1D" w:rsidP="00434C1D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00434C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34186B1B" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="007A0B71" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E73141">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Roundtable: </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E73141">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>European-Israeli</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E73141">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Relations and the Gaza War</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D1CBFE" w14:textId="3A7BE37A" w:rsidR="00882D79" w:rsidRPr="007A0B71" w:rsidRDefault="004D08E1" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tel-Aviv university</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="368B994E" w14:textId="22B848CC" w:rsidR="00882D79" w:rsidRPr="007A0B71" w:rsidRDefault="004D08E1" w:rsidP="004D08E1">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D08E1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Israeli Association for the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D08E1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Study of European Integration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Annual Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24850A7F" w14:textId="7742909E" w:rsidR="00E47112" w:rsidRPr="00E47112" w:rsidRDefault="00FA3BC3" w:rsidP="00FA3BC3">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00E47112" w:rsidRPr="00E47112">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>December</w:t>
+            </w:r>
+            <w:r w:rsidR="00E47112">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E47112" w:rsidRPr="00E47112">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882D79" w:rsidRPr="00090A26" w14:paraId="55C04C20" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="573CFE90" w14:textId="061AD380" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00434C1D" w:rsidP="00434C1D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00434C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59FEAE61" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"Positive Securitization"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A74B7CD" w14:textId="3D786B69" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="0048529F" w:rsidP="0048529F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048529F">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Hebrew University, Jerusalem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ABBF0EB" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Political Responsibility in a globalized yet fragmented </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>World"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - Workshop</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="671618BF" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882D79" w:rsidRPr="00090A26" w14:paraId="18D26E70" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D354150" w14:textId="1FF56F6E" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00434C1D" w:rsidP="00434C1D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00434C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F17842A" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"Positive Securitization: An Ethnographic Account"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1435FA87" w14:textId="7C7F34C2" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="0048529F" w:rsidP="0048529F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048529F">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Hebrew University, Jerusalem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D8DA84" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IAIS – Annual Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B43F31D" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882D79" w:rsidRPr="00090A26" w14:paraId="3ED2D112" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="673902BD" w14:textId="23C6C550" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00434C1D" w:rsidP="00434C1D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00434C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="112AF171" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- "Marx, Habermas and Gramsci Constructing Sovereignty in Jerusalem: Consensual, Essentially Contested and Destabilized Concept "</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="377D3B4B" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ashkelon, Israel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A586B69" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IPSA – Annual Conference</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1D79B5" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882D79" w:rsidRPr="00090A26" w14:paraId="40AE524A" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB2116C" w14:textId="0388B184" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00434C1D" w:rsidP="00434C1D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00434C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="395339BF" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"Can Theoretical Gap Explain Political Conflict? Some Insights from the Conflict in Israel/Palestine"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48DB223D" w14:textId="1E374326" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00E4002A" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Hebrew University, </w:t>
+            </w:r>
+            <w:r w:rsidR="00882D79" w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jerusalem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19BD4D70" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8th Annual Graduate Conference in Memory of the late Yitzhak Rabin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E507BE9" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882D79" w:rsidRPr="00090A26" w14:paraId="49FB4C2C" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41073C40" w14:textId="482F80EE" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00434C1D" w:rsidP="00434C1D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00434C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9F4CAC" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"The Sovereign Concept as an Element of Political Conflicts in Israel/Palestine"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="734D5220" w14:textId="65605BF8" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00E4002A" w:rsidP="00E4002A">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E4002A">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Hebrew University, Jerusalem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78548830" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>the 7th Annual Graduate Conference in Memory of the late Yitzhak Rabin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF98F4C" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882D79" w:rsidRPr="00090A26" w14:paraId="436D5014" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62ED0A4D" w14:textId="7E4B0DAF" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00434C1D" w:rsidP="00434C1D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00434C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB10B35" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"A Conflict over Border"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3507C4ED" w14:textId="7D0895E3" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00277A8F" w:rsidP="00277A8F">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00277A8F">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Hebrew University, Jerusalem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="061A7551" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>the Sixth Annual Graduate Conference in Memory of Yitzhak Rabin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40136743" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00882D79" w:rsidRPr="00090A26" w14:paraId="21B42598" w14:textId="77777777" w:rsidTr="00395F48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A5E7D4" w14:textId="60C6EA77" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00434C1D" w:rsidP="00434C1D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00434C1D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Oral Presentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2588" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBBA4AE" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"The Choice of the National Conflict: IR Discourse in the Israeli Academy"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1443" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FA979EF" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Western Galilee College</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B78DAE" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E43C50">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>the Eighth Annual Conference of the Israel Association for International Studies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1522" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C32D77" w14:textId="77777777" w:rsidR="00882D79" w:rsidRPr="00090A26" w:rsidRDefault="00882D79" w:rsidP="00FF296D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00090A26">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0AF52AC9" w14:textId="77777777" w:rsidR="00882D79" w:rsidRDefault="00882D79" w:rsidP="00882D79">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B0D4BD6" w14:textId="77777777" w:rsidR="009436F5" w:rsidRDefault="009436F5" w:rsidP="009436F5">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19B6A39D" w14:textId="77777777" w:rsidR="003F0529" w:rsidRDefault="003F0529" w:rsidP="003F0529">
-      <w:pPr>
+    <w:p w14:paraId="2FBFE001" w14:textId="34C1D4CB" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="009436F5">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Invited Lectures\ Colloquium Talks</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7B748254" w14:textId="77777777" w:rsidR="003F0529" w:rsidRPr="000618D1" w:rsidRDefault="003F0529" w:rsidP="003F0529">
-      <w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:bidiVisual/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2702"/>
+        <w:gridCol w:w="2025"/>
+        <w:gridCol w:w="3092"/>
+        <w:gridCol w:w="1198"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00301FC3" w:rsidRPr="00301FC3" w14:paraId="2D3D675E" w14:textId="77777777" w:rsidTr="00092713">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="758C3A8F" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Presentation/Comments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FAF7570" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Name of Forum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3092" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29391C56" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Place of Lecture</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F00D022" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00301FC3" w:rsidRPr="00301FC3" w14:paraId="1A35E7DD" w14:textId="77777777" w:rsidTr="00092713">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B351C6" w14:textId="4700FFB9" w:rsidR="00301FC3" w:rsidRPr="001B629D" w:rsidRDefault="00C12BEC" w:rsidP="00E72B0B">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="00C12BEC">
+                <w:t>P</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00C12BEC">
+                <w:rPr>
+                  <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>resentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60847C08" w14:textId="77777777" w:rsidR="001B629D" w:rsidRPr="001B629D" w:rsidRDefault="001B629D" w:rsidP="001B629D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B629D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>RCIR: Research Centre in International Relations</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2554DD7E" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="001B629D" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3092" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ECC7E35" w14:textId="44799026" w:rsidR="001B629D" w:rsidRPr="001B629D" w:rsidRDefault="001B629D" w:rsidP="001B629D">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B629D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Department of War Studies, King's College London</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43C1E5F8" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="001B629D" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1198" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00A0219B" w14:textId="1981B209" w:rsidR="00301FC3" w:rsidRPr="001B629D" w:rsidRDefault="00563CAE" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">March, </w:t>
+            </w:r>
+            <w:r w:rsidR="001B629D">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="210CD7BD" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04BD3376" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="696BDDC4" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Research Grants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A278A9F" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19ABB9BC" w14:textId="77777777" w:rsidR="000618D1" w:rsidRDefault="000618D1" w:rsidP="000618D1">
-      <w:pPr>
+    <w:p w14:paraId="09FDD2D4" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Grants Awarded</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="03A8BD86" w14:textId="77777777" w:rsidR="000618D1" w:rsidRDefault="000618D1" w:rsidP="000618D1">
+    <w:p w14:paraId="698DB30E" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:bidiVisual/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1159"/>
+        <w:gridCol w:w="1381"/>
+        <w:gridCol w:w="1854"/>
+        <w:gridCol w:w="3116"/>
+        <w:gridCol w:w="1376"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00301FC3" w:rsidRPr="00301FC3" w14:paraId="03F3B841" w14:textId="77777777" w:rsidTr="007155BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3455EE5E" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FA65B6C" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Funded by/ Amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1854" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0E1ED2" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Topic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C116F0" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Co-Researchers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79BFBE38" w14:textId="18F2F954" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF1526B" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Role in Research</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00301FC3" w:rsidRPr="00301FC3" w14:paraId="57FC5DCE" w14:textId="77777777" w:rsidTr="007155BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1159" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F03FE0" w14:textId="598B5E02" w:rsidR="00301FC3" w:rsidRPr="007155BB" w:rsidRDefault="00450A50" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007155BB">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2021-2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1381" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16CF38F0" w14:textId="14D02226" w:rsidR="00301FC3" w:rsidRPr="007155BB" w:rsidRDefault="00512E56" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007155BB">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ISF/</w:t>
+            </w:r>
+            <w:r w:rsidR="00450A50" w:rsidRPr="007155BB">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>220,800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1854" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C80A62" w14:textId="7C331FEE" w:rsidR="00301FC3" w:rsidRPr="007155BB" w:rsidRDefault="00512E56" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007155BB">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Humanitarian Dilemma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3116" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6343181B" w14:textId="2527FF8A" w:rsidR="00301FC3" w:rsidRPr="007155BB" w:rsidRDefault="00512E56" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007155BB">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Prof. Piki Ish-Shalom (PI)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2000C117" w14:textId="5E6E44A7" w:rsidR="00301FC3" w:rsidRPr="007155BB" w:rsidRDefault="00512E56" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007155BB">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Researcher</w:t>
+            </w:r>
+            <w:r w:rsidR="006F6236">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Not PI)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="35EE632C" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="006C13CF">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78A43C31" w14:textId="77777777" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="0031722C" w:rsidP="0031722C">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
+          <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B15643D" w14:textId="77777777" w:rsidR="007B353E" w:rsidRDefault="007B353E" w:rsidP="007B353E">
-      <w:pPr>
+    <w:p w14:paraId="4FA611F2" w14:textId="08111403" w:rsidR="0031722C" w:rsidRPr="006C13CF" w:rsidRDefault="0031722C" w:rsidP="00F03EBF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006C13CF">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Submission of Research Proposals – Not Funded (In the Last 5 Years)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6CCB84CC" w14:textId="444C10E4" w:rsidR="007B353E" w:rsidRDefault="007B353E" w:rsidP="007B353E">
+    <w:p w14:paraId="2B150A89" w14:textId="77777777" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="0031722C" w:rsidP="0031722C">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:bidiVisual/>
+        <w:tblW w:w="8741" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="847"/>
+        <w:gridCol w:w="927"/>
+        <w:gridCol w:w="1877"/>
+        <w:gridCol w:w="1313"/>
+        <w:gridCol w:w="2298"/>
+        <w:gridCol w:w="1479"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0031722C" w:rsidRPr="0031722C" w14:paraId="6D64B88B" w14:textId="77777777" w:rsidTr="0031722C">
+        <w:trPr>
+          <w:trHeight w:val="1195"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6141FAFD" w14:textId="77777777" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="0031722C" w:rsidP="0031722C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031722C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Score</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B46B838" w14:textId="77777777" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="0031722C" w:rsidP="0031722C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031722C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2315FCEF" w14:textId="77777777" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="0031722C" w:rsidP="0031722C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031722C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Funded by</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D952655" w14:textId="77777777" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="0031722C" w:rsidP="0031722C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031722C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>(C=Competitive Fund)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DEC459F" w14:textId="77777777" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="0031722C" w:rsidP="0031722C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1313" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C37CE2F" w14:textId="77777777" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="0031722C" w:rsidP="0031722C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031722C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33EDD0CB" w14:textId="77777777" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="0031722C" w:rsidP="0031722C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031722C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Co-Researchers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="456FCEFE" w14:textId="77777777" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="0031722C" w:rsidP="0031722C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0031722C">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Role in Research</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0031722C" w:rsidRPr="0031722C" w14:paraId="686C6AAC" w14:textId="77777777" w:rsidTr="0031722C">
+        <w:trPr>
+          <w:trHeight w:val="286"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C089745" w14:textId="269E1D47" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="006C13CF" w:rsidP="0031722C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C13CF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00A005C4" w14:textId="229635A5" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="006C13CF" w:rsidP="0031722C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C13CF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1877" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1609DF90" w14:textId="339CEEFF" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="006C13CF" w:rsidP="0031722C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C13CF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ISF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1313" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D24300" w14:textId="5818943E" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="006C13CF" w:rsidP="0031722C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642552">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The concept of security and Israel actions post-October 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2298" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04611203" w14:textId="77777777" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="0031722C" w:rsidP="0031722C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AFC9EFF" w14:textId="21993AC4" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="006C13CF" w:rsidP="0031722C">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C13CF">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*PI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="22453C5D" w14:textId="77777777" w:rsidR="0031722C" w:rsidRPr="0031722C" w:rsidRDefault="0031722C" w:rsidP="0031722C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Publications</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="14F23533" w14:textId="77777777" w:rsidR="007B353E" w:rsidRPr="005F189F" w:rsidRDefault="007B353E" w:rsidP="007B353E">
+    <w:p w14:paraId="155F63A8" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="502EF7C2" w14:textId="7AFF34E1" w:rsidR="00301FC3" w:rsidRPr="005F189F" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+    <w:p w14:paraId="756E2975" w14:textId="77777777" w:rsidR="0031722C" w:rsidRPr="00301FC3" w:rsidRDefault="0031722C" w:rsidP="0031722C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F6B0E33" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Scholarships, Awards and Prizes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="790CB256" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="360" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2860"/>
+        <w:gridCol w:w="2911"/>
+        <w:gridCol w:w="2886"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A563B6" w:rsidRPr="00A563B6" w14:paraId="1A39D347" w14:textId="77777777" w:rsidTr="006809F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="166CC7DC" w14:textId="2F018423" w:rsidR="00450A50" w:rsidRPr="00A563B6" w:rsidRDefault="00450A50" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A563B6">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="663BFA4B" w14:textId="261862E5" w:rsidR="00450A50" w:rsidRPr="00A563B6" w:rsidRDefault="00A563B6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A563B6">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>institution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25FDF201" w14:textId="73D665E6" w:rsidR="00450A50" w:rsidRPr="00A563B6" w:rsidRDefault="00A563B6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A563B6">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A563B6" w14:paraId="2B16003D" w14:textId="77777777" w:rsidTr="006809F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="376B0623" w14:textId="15C4786D" w:rsidR="00450A50" w:rsidRDefault="00A563B6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2015-2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD74129" w14:textId="5D58FEFC" w:rsidR="00450A50" w:rsidRDefault="00A563B6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Israel Studies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FEB9092" w14:textId="5FA60D29" w:rsidR="00450A50" w:rsidRDefault="00A563B6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$80,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A563B6" w14:paraId="631C40FD" w14:textId="77777777" w:rsidTr="006809F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0613FDC7" w14:textId="0EA28435" w:rsidR="00450A50" w:rsidRDefault="00A563B6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2014-2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47FB780F" w14:textId="04FAB562" w:rsidR="00450A50" w:rsidRDefault="00A563B6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Leonard Davis Institute</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1539BD34" w14:textId="32FE1B52" w:rsidR="00450A50" w:rsidRDefault="00A563B6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NIS </w:t>
+            </w:r>
+            <w:r w:rsidR="000F30F6">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A563B6" w14:paraId="23C6FCCA" w14:textId="77777777" w:rsidTr="006809F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF62697" w14:textId="69A00A08" w:rsidR="00450A50" w:rsidRDefault="0042467B" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2014-2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77335248" w14:textId="54D12063" w:rsidR="00450A50" w:rsidRDefault="0042467B" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r w:rsidR="002B0DAB">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Institute for </w:t>
+            </w:r>
+            <w:r w:rsidR="00274173">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>National</w:t>
+            </w:r>
+            <w:r w:rsidR="002B0DAB">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Security Studies</w:t>
+            </w:r>
+            <w:r w:rsidR="00274173">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (INSS)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E895C9" w14:textId="4478A6AB" w:rsidR="00450A50" w:rsidRDefault="00274173" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NIS 120,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006809F0" w14:paraId="56E000AB" w14:textId="77777777" w:rsidTr="006809F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6965FA10" w14:textId="0167023D" w:rsidR="006809F0" w:rsidRDefault="006809F0" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08373792" w14:textId="284DB9FE" w:rsidR="006809F0" w:rsidRDefault="006809F0" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>The Yaacov and Pnina Hertzog Prize – The Hebrew University</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="495B83E7" w14:textId="77777777" w:rsidR="006809F0" w:rsidRDefault="006809F0" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006809F0" w14:paraId="3E523FB6" w14:textId="77777777" w:rsidTr="006809F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A869276" w14:textId="2ACA7092" w:rsidR="006809F0" w:rsidRDefault="006809F0" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2011-2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47AD99C0" w14:textId="7EE0227E" w:rsidR="006809F0" w:rsidRDefault="006809F0" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Davis Fellowship – the Leonard Davis Institute for International Relations in Jerusalem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F02F44" w14:textId="6980585F" w:rsidR="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NIS 80,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006809F0" w14:paraId="58A3DA4F" w14:textId="77777777" w:rsidTr="006809F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7462F431" w14:textId="5DB2B2AB" w:rsidR="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="133EFC28" w14:textId="78DCB2D6" w:rsidR="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Yad Ora</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Scholarship – The Hebrew University</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="725C43D9" w14:textId="77777777" w:rsidR="006809F0" w:rsidRDefault="006809F0" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006809F0" w14:paraId="675F77E9" w14:textId="77777777" w:rsidTr="006809F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30CF378F" w14:textId="2CC5B851" w:rsidR="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1893427E" w14:textId="5699BEDE" w:rsidR="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Einstein Fellowship for Social Sciences – The Hebrew University</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="646A9192" w14:textId="77777777" w:rsidR="006809F0" w:rsidRDefault="006809F0" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006809F0" w14:paraId="7717AD5A" w14:textId="77777777" w:rsidTr="006809F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="548818BC" w14:textId="4A3212EB" w:rsidR="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0429BE24" w14:textId="78349522" w:rsidR="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Excellence Scholarship – The School of Political Sciences – Haifa University</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50701663" w14:textId="77777777" w:rsidR="006809F0" w:rsidRDefault="006809F0" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE05C6" w14:paraId="75BC30D1" w14:textId="77777777" w:rsidTr="006809F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D9D837" w14:textId="032B11DB" w:rsidR="00EE05C6" w:rsidRPr="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="254882EE" w14:textId="03A76BC2" w:rsidR="00EE05C6" w:rsidRPr="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dean's list – Haifa University</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69D399B2" w14:textId="77777777" w:rsidR="00EE05C6" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE05C6" w14:paraId="52B0DA64" w14:textId="77777777" w:rsidTr="006809F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA9C0B4" w14:textId="129D912A" w:rsidR="00EE05C6" w:rsidRPr="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E52A01E" w14:textId="798D4847" w:rsidR="00EE05C6" w:rsidRPr="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00EE05C6">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dean Scholarship –School for Political Sciences and the School of History–Haifa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>University.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02D579DE" w14:textId="77777777" w:rsidR="00EE05C6" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE05C6" w14:paraId="4B8C7002" w14:textId="77777777" w:rsidTr="006809F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65B716A1" w14:textId="184451C6" w:rsidR="00EE05C6" w:rsidRPr="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BEC0956" w14:textId="7A72E9BE" w:rsidR="00EE05C6" w:rsidRPr="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Yad Ben-Zvi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>award</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="692F02D4" w14:textId="77777777" w:rsidR="00EE05C6" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE05C6" w14:paraId="56ACEB96" w14:textId="77777777" w:rsidTr="006809F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65B1D344" w14:textId="0913283D" w:rsidR="00EE05C6" w:rsidRPr="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7202D009" w14:textId="729406E8" w:rsidR="00EE05C6" w:rsidRPr="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dean's list – Haifa University</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F3DE88" w14:textId="77777777" w:rsidR="00EE05C6" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006809F0" w14:paraId="2A9209D1" w14:textId="77777777" w:rsidTr="006809F0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2860" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62624A48" w14:textId="2EA5A847" w:rsidR="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2911" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC89E45" w14:textId="0DC754DB" w:rsidR="006809F0" w:rsidRDefault="00EE05C6" w:rsidP="00EE05C6">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dean Scholarship – School for Political Sciences and the School of History–Haifa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006809F0">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>University</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2886" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E6CAF67" w14:textId="77777777" w:rsidR="006809F0" w:rsidRDefault="006809F0" w:rsidP="00991167">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0068C4E5" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AF15F01" w14:textId="0568933A" w:rsidR="00301FC3" w:rsidRPr="00813955" w:rsidRDefault="00301FC3" w:rsidP="00813955">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D68273" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="360"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+        <w:t>Courses Taught in Recent Years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BBF4997" w14:textId="15BCF2D4" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:keepNext/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="360"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:bidiVisual/>
+        <w:tblW w:w="9214" w:type="dxa"/>
+        <w:jc w:val="right"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="3762"/>
+        <w:gridCol w:w="2057"/>
+        <w:gridCol w:w="985"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00301FC3" w:rsidRPr="00301FC3" w14:paraId="67579E12" w14:textId="77777777" w:rsidTr="00AC17F8">
+        <w:trPr>
+          <w:trHeight w:val="585"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3476EE76" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of Students</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A6FF15" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Degree</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E9496C8" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3762" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44694863" w14:textId="4C36B4B1" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="006F6236">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Type of Course Lecture/Seminar/Workshop/High </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Learn Course/ Introduction Course (Mandatory) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="160ADCFA" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Name of Course</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39CC2296" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00301FC3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00022CAD" w:rsidRPr="00301FC3" w14:paraId="580313E3" w14:textId="77777777" w:rsidTr="00AC17F8">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5F0AF0" w14:textId="39EFE02D" w:rsidR="00022CAD" w:rsidRPr="00127788" w:rsidRDefault="00127788" w:rsidP="00127788">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Around </w:t>
+            </w:r>
+            <w:r w:rsidR="00C653D5">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B336551" w14:textId="0F29EE14" w:rsidR="00022CAD" w:rsidRDefault="00A33639" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>BA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3762" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC29CE2" w14:textId="1715664C" w:rsidR="00022CAD" w:rsidRDefault="00A33639" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Practicum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E095661" w14:textId="42292477" w:rsidR="00022CAD" w:rsidRPr="00A348C1" w:rsidRDefault="00A33639" w:rsidP="00A348C1">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A348C1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Practicum in Israel Foreign Policies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57439DA1" w14:textId="75AF2C10" w:rsidR="00022CAD" w:rsidRDefault="00A33639" w:rsidP="00991167">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2020-2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33639" w:rsidRPr="00301FC3" w14:paraId="2405494C" w14:textId="77777777" w:rsidTr="00AC17F8">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79FF874B" w14:textId="30380E27" w:rsidR="00A33639" w:rsidRPr="00A348C1" w:rsidRDefault="00C653D5" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Around 55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF63FFB" w14:textId="52D2AEA5" w:rsidR="00A33639" w:rsidRDefault="00077677" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>BA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3762" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34016437" w14:textId="6368FD0F" w:rsidR="00A33639" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A348C1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Introduction course</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="346E5844" w14:textId="20B6261C" w:rsidR="00A33639" w:rsidRPr="00A348C1" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A348C1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Introduction to Israel Political System</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="083CEAB8" w14:textId="4ECF6827" w:rsidR="00A33639" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A348C1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2020,2023</w:t>
+            </w:r>
+            <w:r w:rsidR="00077677">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00077677" w:rsidRPr="00301FC3" w14:paraId="639A9ECD" w14:textId="77777777" w:rsidTr="00AC17F8">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B25D498" w14:textId="1A5B6301" w:rsidR="00077677" w:rsidRPr="00A348C1" w:rsidRDefault="007016D3" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Around 55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5559A090" w14:textId="033944D2" w:rsidR="00077677" w:rsidRDefault="00127788" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>BA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3762" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7189E1" w14:textId="698DF5B6" w:rsidR="00077677" w:rsidRDefault="00127788" w:rsidP="00127788">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00127788">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Introduction course</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20C36737" w14:textId="6E37E8FC" w:rsidR="00077677" w:rsidRPr="00A348C1" w:rsidRDefault="00077677" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Introduction </w:t>
+            </w:r>
+            <w:r w:rsidR="007016D3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00127788">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Governance and Politics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="035B60BB" w14:textId="3C215EFD" w:rsidR="00077677" w:rsidRDefault="00077677" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33639" w:rsidRPr="00301FC3" w14:paraId="6CBD50EF" w14:textId="77777777" w:rsidTr="00AC17F8">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21B2F4C0" w14:textId="27BE02F0" w:rsidR="00A33639" w:rsidRPr="00A348C1" w:rsidRDefault="007016D3" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Around 50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69642996" w14:textId="5F7EF53E" w:rsidR="00A33639" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>BA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3762" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="429C5667" w14:textId="5214059F" w:rsidR="00A33639" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lecture/E-course</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02AB9160" w14:textId="2DCF3C2D" w:rsidR="00A33639" w:rsidRPr="00A348C1" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A348C1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">World Order </w:t>
+            </w:r>
+            <w:r w:rsidR="007016D3">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A348C1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the History and Politics of the Idea of Sovereignty</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C58760" w14:textId="77777777" w:rsidR="00A33639" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2014-2018;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="0AF4CF31" w14:textId="5C6841D0" w:rsidR="00A33639" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2020-2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33639" w:rsidRPr="00301FC3" w14:paraId="7F760A20" w14:textId="77777777" w:rsidTr="00AC17F8">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00DC3CAD" w14:textId="3E65F3F7" w:rsidR="00A33639" w:rsidRPr="00A348C1" w:rsidRDefault="007016D3" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C10789D" w14:textId="3103E72D" w:rsidR="00A33639" w:rsidRPr="00A348C1" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>BA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3762" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EEFE89E" w14:textId="50588FEC" w:rsidR="00A33639" w:rsidRPr="00A348C1" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A348C1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Introduction course</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14BBC29D" w14:textId="4314D751" w:rsidR="00A33639" w:rsidRPr="00A348C1" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A348C1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Introduction to Political Thought</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0225CEAA" w14:textId="47CED358" w:rsidR="00A33639" w:rsidRPr="00A348C1" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A348C1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A33639" w:rsidRPr="00301FC3" w14:paraId="376A952B" w14:textId="77777777" w:rsidTr="00AC17F8">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E6F5A92" w14:textId="2DE8287C" w:rsidR="00A33639" w:rsidRPr="00A348C1" w:rsidRDefault="007016D3" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Around 25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F28801" w14:textId="347BD14B" w:rsidR="00A33639" w:rsidRPr="00A348C1" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>BA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3762" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="335856AC" w14:textId="6631DD40" w:rsidR="00A33639" w:rsidRPr="00A348C1" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A348C1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Introduction course</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F01C2D3" w14:textId="0C452B44" w:rsidR="00A33639" w:rsidRPr="00A348C1" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A348C1">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Academic Writing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="619BF749" w14:textId="2838ED57" w:rsidR="00A33639" w:rsidRPr="00A348C1" w:rsidRDefault="00A33639" w:rsidP="00A33639">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2012-2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0D707145" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:keepNext/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="360"/>
+        <w:outlineLvl w:val="5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C54B478" w14:textId="77777777" w:rsidR="00A348C1" w:rsidRPr="00301FC3" w:rsidRDefault="00A348C1" w:rsidP="00A348C1">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47885C43" w14:textId="140AA721" w:rsidR="00301FC3" w:rsidRPr="00A348C1" w:rsidRDefault="00301FC3" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Professional Experience</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="182B7D86" w14:textId="6762FCF1" w:rsidR="00DE0147" w:rsidRDefault="00A348C1" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2016- </w:t>
+      </w:r>
+      <w:r w:rsidR="0019035C">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Today</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Director of Research, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mitvim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - The Israeli Institute for Regional Foreign </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0147">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Policies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D7B986" w14:textId="77777777" w:rsidR="00A348C1" w:rsidRPr="00A348C1" w:rsidRDefault="00A348C1" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2015-2016:       Visiting Researcher at the War Department, King's College London.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F523AB" w14:textId="77777777" w:rsidR="00A348C1" w:rsidRPr="00A348C1" w:rsidRDefault="00A348C1" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2014-2015:       Research Fellow at the Institute for National Security Studies in Tel-Aviv (INSS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6636BB" w14:textId="77777777" w:rsidR="00A348C1" w:rsidRPr="00A348C1" w:rsidRDefault="00A348C1" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2014-2015:       Postdoctoral Fellow at the Leonard Davis Institute for International Relations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F4E7514" w14:textId="77777777" w:rsidR="00A348C1" w:rsidRPr="00A348C1" w:rsidRDefault="00A348C1" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           in Jerusalem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A22802A" w14:textId="77777777" w:rsidR="00A348C1" w:rsidRPr="00A348C1" w:rsidRDefault="00A348C1" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2010-2012:        Head of the education system in kibbutz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mizra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189BC8C4" w14:textId="77777777" w:rsidR="00A348C1" w:rsidRPr="00A348C1" w:rsidRDefault="00A348C1" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2009-2011:        Teacher of political science in "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Amakim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-Tavor" High-School.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B71C445" w14:textId="77777777" w:rsidR="00A348C1" w:rsidRPr="00A348C1" w:rsidRDefault="00A348C1" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2004-2008:        </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk132873153"/>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Director of the "Reut" democratic boarding school</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46836654" w14:textId="77777777" w:rsidR="00A348C1" w:rsidRPr="00A348C1" w:rsidRDefault="00A348C1" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2003-2004:        Youth educator in Kibbutz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mizra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F9877F" w14:textId="77777777" w:rsidR="00A348C1" w:rsidRPr="00A348C1" w:rsidRDefault="00A348C1" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2001-2003:        Young leadership coordinator in "Misgav" regional council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34CFEAF4" w14:textId="77777777" w:rsidR="00A348C1" w:rsidRPr="00A348C1" w:rsidRDefault="00A348C1" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2001-2002:        Coordinator of the establishment of a new Kibbutz –"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hashomer-Hatzair</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277567FC" w14:textId="77777777" w:rsidR="00A348C1" w:rsidRPr="00A348C1" w:rsidRDefault="00A348C1" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1999-2001:        The north region coordinator of the "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hashomer-Hatzair</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A348C1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>" youth movement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7BCA8B" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FCA35C9" w14:textId="38DF3D86" w:rsidR="00CB7CAD" w:rsidRPr="00CB7CAD" w:rsidRDefault="00CB7CAD" w:rsidP="00CB7CAD">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB7CAD">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB7CAD">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB7CAD">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Non-Academic Community Service (Volunteer Activities, pro-bono)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F6F8E3" w14:textId="27295B08" w:rsidR="00571642" w:rsidRPr="00571642" w:rsidRDefault="00571642" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00571642">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2013 – </w:t>
+      </w:r>
+      <w:r w:rsidR="0019035C">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Today </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00571642">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- CEO of the executive board of the "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00571642">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Democraty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00571642">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00571642">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Baemek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00571642">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> School" association.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A13C27" w14:textId="38DB3C30" w:rsidR="00CB7CAD" w:rsidRDefault="00571642" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00571642">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2008 – </w:t>
+      </w:r>
+      <w:r w:rsidR="0019035C">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Today</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00571642">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Member of the environment committee of Kibbutz Mizra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D8AE45E" w14:textId="032F6572" w:rsidR="00210E14" w:rsidRDefault="007D1A64" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020-2024 </w:t>
+      </w:r>
+      <w:r w:rsidR="00443CD7">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Director </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF3ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at kibbutz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BF3ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mizra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BF3ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3196">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>directorate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E14DF9" w14:textId="70CE0089" w:rsidR="008E3196" w:rsidRPr="00082CB3" w:rsidRDefault="00443CD7" w:rsidP="00563CAE">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3196">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 – </w:t>
+      </w:r>
+      <w:r w:rsidR="008B0C0C" w:rsidRPr="008B0C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Member of the Senior Faculty Association Board</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C7AB10" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:keepNext/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="he-IL"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>PUBLICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64FA767A" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="004A52A2" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C489D94" w14:textId="325A0297" w:rsidR="00301FC3" w:rsidRPr="004A52A2" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D22D3A" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ph.D. Dissertation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621DEA94" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="004A52A2" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EECFE86" w14:textId="52FF24E9" w:rsidR="0050674A" w:rsidRDefault="0019035C" w:rsidP="0050674A">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-97"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2015. </w:t>
+      </w:r>
+      <w:r w:rsidR="0050674A" w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"Idea, Reality and in between: the Theoretical Gap regarding the Concepts of Border, Sovereignty and Security in the Negotiations between the Israelis and the Palestinians, 1993-2009"</w:t>
+      </w:r>
+      <w:r w:rsidR="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, September 2014, pp. 294, [Hebrew], The Hebrew University in Jerusalem, Supervised by Prof. Piki Ish-Shalom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="686FA90F" w14:textId="42D8DAA9" w:rsidR="00905C6C" w:rsidRDefault="00905C6C" w:rsidP="00905C6C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-97"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00905C6C">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Since </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">offered Lecturer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00905C6C">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rank</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="502EF7C2" w14:textId="76526EAF" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="0019035C">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F189F">
+      <w:r w:rsidRPr="00301FC3">
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Articles in Refereed Journals</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00210E14">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Articles in Refereed </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B167990" w14:textId="434AB952" w:rsidR="00301FC3" w:rsidRPr="0050674A" w:rsidRDefault="0050674A" w:rsidP="0050674A">
-[...1 lines deleted...]
-        <w:pStyle w:val="af0"/>
+    <w:p w14:paraId="0CFC2E21" w14:textId="2695892C" w:rsidR="003122CC" w:rsidRPr="003D5DE2" w:rsidRDefault="007D7C70" w:rsidP="00CC4DA8">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D5DE2">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">H-index = </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5DE2">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5DE2">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Total number of citations = </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5DE2">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5DE2">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (from Google Scholar)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13879862" w14:textId="77777777" w:rsidR="003D5DE2" w:rsidRDefault="000E0E65" w:rsidP="00CC4DA8">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D5DE2">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">H-index = 1 and Total number of citations = </w:t>
+      </w:r>
+      <w:r w:rsidR="003D5DE2" w:rsidRPr="003D5DE2">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5DE2">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (from Scopus)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E0042FB" w14:textId="47FB6CBE" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="003D5DE2">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Published</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01AA8CF5" w14:textId="4EBA5000" w:rsidR="00C023B8" w:rsidRPr="007205A5" w:rsidRDefault="00C023B8" w:rsidP="00C023B8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0050674A">
+      <w:r w:rsidRPr="007205A5">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0050674A">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ibrik, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk201229272"/>
+      <w:r w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Ish-Shalom </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>P.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2025). </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk186358665"/>
+      <w:r w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The humanitarian dilemma reaches Europe’s doorstep: The Belarus/Poland border crisis</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007205A5">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>International Relations</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0050674A">
+        <w:t>Politics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007205A5">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, May 2021.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CDC8798" w14:textId="0362CA39" w:rsidR="0050674A" w:rsidRDefault="0050674A" w:rsidP="0050674A">
-[...1 lines deleted...]
-        <w:pStyle w:val="af0"/>
+    <w:p w14:paraId="2C4714A2" w14:textId="43FF3739" w:rsidR="00852735" w:rsidRPr="007205A5" w:rsidRDefault="00FE48CD" w:rsidP="009B0621">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007205A5">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="007205A5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1177/02633957251321666</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="06EE3506" w14:textId="35E72C9C" w:rsidR="00C023B8" w:rsidRDefault="00C023B8" w:rsidP="002E6137">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(5-YR </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6137" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IF= 2.1, Q1 in International Relations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BAAD655" w14:textId="7B74EC7D" w:rsidR="00895BD2" w:rsidRDefault="00C023B8" w:rsidP="00C023B8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk201229227"/>
+      <w:r w:rsidRPr="00EF0004">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EF0004">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>#,Equal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EF0004">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contribution)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="7B167990" w14:textId="61880EC0" w:rsidR="00301FC3" w:rsidRDefault="003C1163" w:rsidP="00895BD2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0050674A">
+      <w:r w:rsidRPr="003C1163">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0050674A">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kibrik, R. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1163">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(2021). The state of concept: A new analytical tool for political research. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1163">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Strategic Assessment</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0050674A">
+        <w:t>International Relations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1163">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, Volume 23, No. 3, July 2020.</w:t>
+        <w:t>, 35(4), 593-612.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="649B54CC" w14:textId="0698C0B8" w:rsidR="0050674A" w:rsidRDefault="0050674A" w:rsidP="0050674A">
-[...1 lines deleted...]
-        <w:pStyle w:val="af0"/>
+    <w:p w14:paraId="1B52DAE1" w14:textId="77777777" w:rsidR="009B0621" w:rsidRDefault="009B0621" w:rsidP="009B0621">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00BE5C7C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1177/00471178211021477</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="177C750C" w14:textId="00E14278" w:rsidR="00202636" w:rsidRPr="00202636" w:rsidRDefault="0099631E" w:rsidP="002E6137">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099631E">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00202636" w:rsidRPr="00202636">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IF= 1.5, Q</w:t>
+      </w:r>
+      <w:r w:rsidR="00834D72">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00202636" w:rsidRPr="00202636">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in International Relations)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDC8798" w14:textId="3F2051F7" w:rsidR="0050674A" w:rsidRDefault="0050674A" w:rsidP="0050674A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00594623">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kibrik, </w:t>
+      </w:r>
+      <w:r w:rsidR="003C3126">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">R. </w:t>
+      </w:r>
+      <w:r w:rsidR="003C3126" w:rsidRPr="00005FEF">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(2020).</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3126">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="0050674A">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kibrik, Roee, "Sovereignty as It Should Be: Theoretical Gaps and Negotiations for Peace in Israel/Palestine," </w:t>
+        <w:t xml:space="preserve">The Unrealized Potential of Israel’s Relations with Arab States: Regional Cooperation Hindered by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Israeli-Palestinian</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Conflict</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3126">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0050674A">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>International Negotiation</w:t>
+        <w:t xml:space="preserve">Strategic </w:t>
+      </w:r>
+      <w:r w:rsidR="00A63E1F" w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Assessment</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63E1F" w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 23</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3126">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="0050674A">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 21 (2016): 440-472.</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3126">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="002C158C">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 130-136.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC3DFAD" w14:textId="2AC90E35" w:rsidR="00155A82" w:rsidRPr="007B353E" w:rsidRDefault="0050674A" w:rsidP="007B353E">
-[...1 lines deleted...]
-        <w:pStyle w:val="af0"/>
+    <w:p w14:paraId="649B54CC" w14:textId="42792A8B" w:rsidR="0050674A" w:rsidRDefault="0050674A" w:rsidP="0050674A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0074650E">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kibrik, R</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1916" w:rsidRPr="00005FEF">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00005FEF" w:rsidRPr="00005FEF">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(2016).</w:t>
+      </w:r>
+      <w:r w:rsidR="00005FEF">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="0050674A">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kibrik, Roee and Gilead Sher, "Public Legitimacy as a Necessary Condition for a Peace Process: A Test of the Third Netanyahu Government." </w:t>
+        <w:t>Sovereignty as It Should Be: Theoretical Gaps and Negotiations for Peace in Israel/Palestine</w:t>
+      </w:r>
+      <w:r w:rsidR="00005FEF">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0050674A">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Strategic Assessment</w:t>
+        <w:t>International Negotiation</w:t>
       </w:r>
       <w:r w:rsidRPr="0050674A">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 17.2 (2014): 17-31.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0050674A">
+        <w:t xml:space="preserve"> 21: 440-472.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F02DDF" w14:textId="30AD8B4E" w:rsidR="00DB5BFB" w:rsidRDefault="00EC7CE4" w:rsidP="00DB5BFB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl/>
-[...3 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC7CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00BE5C7C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1163/15718069-12341338</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="08D222CE" w14:textId="3F17D9FB" w:rsidR="00301FC3" w:rsidRPr="005F189F" w:rsidRDefault="00301FC3" w:rsidP="007B353E">
-      <w:pPr>
+    <w:p w14:paraId="736A4C99" w14:textId="1BA171E6" w:rsidR="00005FEF" w:rsidRDefault="00163B72" w:rsidP="00190E46">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:bidi w:val="0"/>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">Articles or Chapters in Scientific Books </w:t>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00163B72">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00190E46" w:rsidRPr="00190E46">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IF= 0.9, Q</w:t>
+      </w:r>
+      <w:r w:rsidR="00190E46">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00190E46" w:rsidRPr="00190E46">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Political Science and International Relations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00163B72">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="235F5BA9" w14:textId="1640D492" w:rsidR="00C3680E" w:rsidRPr="005F189F" w:rsidRDefault="0050674A" w:rsidP="005F189F">
-[...1 lines deleted...]
-        <w:pStyle w:val="af0"/>
+    <w:p w14:paraId="285717BF" w14:textId="4ED44669" w:rsidR="0050674A" w:rsidRDefault="0050674A" w:rsidP="0050674A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F189F">
+      <w:r w:rsidRPr="00912691">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005F189F">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kibrik, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00912691">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00912691" w:rsidRPr="00912691">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB70BA" w:rsidRPr="00923209">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00912691">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00912691" w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sher </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="00912691">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB70BA" w:rsidRPr="00923209">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00912691">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2014). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Public Legitimacy as a Necessary Condition for a Peace Process: A Test of the Third Netanyahu Government.</w:t>
+      </w:r>
+      <w:r w:rsidR="00912691">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050674A">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Spoiling and Coping with Spoilers: Israeli-Arab Negotiations</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005F189F">
+        <w:t>Strategic Assessment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050674A">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, (IUP, 2019).</w:t>
+        <w:t xml:space="preserve"> 17</w:t>
+      </w:r>
+      <w:r w:rsidR="00912691">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00912691">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17-31.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>‏</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62CD4C5D" w14:textId="72A0DDC3" w:rsidR="00301FC3" w:rsidRPr="005F189F" w:rsidRDefault="00301FC3" w:rsidP="005504B3">
+    <w:p w14:paraId="26A9D604" w14:textId="77777777" w:rsidR="00EB70BA" w:rsidRDefault="00EB70BA" w:rsidP="00EB70BA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF0004">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EF0004">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>#,Equal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EF0004">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contribution)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760745D4" w14:textId="77777777" w:rsidR="00EB70BA" w:rsidRPr="0050674A" w:rsidRDefault="00EB70BA" w:rsidP="00EB70BA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5938370A" w14:textId="77777777" w:rsidR="00CE0B34" w:rsidRPr="00A00223" w:rsidRDefault="00CE0B34" w:rsidP="00CE0B34">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-        <w:ind w:right="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45A34E22" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005F189F">
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
         <w:rPr>
           <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Other Works Connected with my Scholarly Field</w:t>
+        <w:t xml:space="preserve">E.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Articles or Chapters in Scientific Books </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27EA6848" w14:textId="2A70B9E2" w:rsidR="007B353E" w:rsidRDefault="007B353E" w:rsidP="005F189F">
-[...1 lines deleted...]
-        <w:pStyle w:val="af0"/>
+    <w:p w14:paraId="008DFB00" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRPr="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Published</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61E2F162" w14:textId="19525488" w:rsidR="00301FC3" w:rsidRPr="0050674A" w:rsidRDefault="0050674A" w:rsidP="0050674A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005504B3">
+      <w:r w:rsidRPr="00B16553">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="005F189F">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kibrik, Roee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050674A">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>M</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005504B3">
+        <w:t xml:space="preserve"> and Maya Kornberg</w:t>
+      </w:r>
+      <w:r w:rsidR="00872BE1">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">editerranean Partnership,” </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005504B3">
+        <w:t xml:space="preserve"> (2019). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050674A">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Leadership as a Spoiler," in Galia Golan and Gilead Sher (eds.) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050674A">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>IEMed</w:t>
-[...65 lines deleted...]
-      <w:r w:rsidRPr="005F189F">
+        <w:t xml:space="preserve">Spoiling and Coping with Spoilers: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0050674A">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mitvim</w:t>
-[...66 lines deleted...]
-      <w:r w:rsidRPr="00F976B4">
+        <w:t>Israeli-Arab</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0050674A">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Mitvim</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> Negotiations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0050674A">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, March 2022.</w:t>
+        <w:t>, IUP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3350DD83" w14:textId="24979301" w:rsidR="00F976B4" w:rsidRDefault="00F976B4" w:rsidP="005F189F">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="477E9293" w14:textId="376D0379" w:rsidR="00301FC3" w:rsidRDefault="00301FC3" w:rsidP="00991167">
+      <w:pPr>
         <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="360" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00025AC1">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Other Publications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495B4A8C" w14:textId="13C36121" w:rsidR="00641928" w:rsidRDefault="00FE1160" w:rsidP="00003BC3">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="426" w:firstLine="294"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00B4363C">
+          <w:rtl/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00400727" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00400727" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ibrik, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00400727" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>R.</w:t>
+      </w:r>
+      <w:r w:rsidR="00400727" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00400727" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Ish-Shalom </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00400727" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>P.</w:t>
+      </w:r>
+      <w:r w:rsidR="00400727" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00400727" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2025). </w:t>
+      </w:r>
+      <w:r w:rsidR="00400727" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Humanitarian Dilemma Has Reached Europe’s Doorstep: The Belarus/Poland Border Crisis</w:t>
+      </w:r>
+      <w:r w:rsidR="003418F7" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003D3FFC" w:rsidRPr="007205A5">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="005F189F">
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>Belarus Analytical Digest</w:t>
+      </w:r>
+      <w:r w:rsidR="003D3FFC" w:rsidRPr="007205A5">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00B4363C">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B511BE" w:rsidRPr="007205A5">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No. 05,</w:t>
+      </w:r>
+      <w:r w:rsidR="003D3FFC" w:rsidRPr="007205A5">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C75956" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Center for Security Studies (CSS), ETH Zürich</w:t>
+      </w:r>
+      <w:r w:rsidR="00F166D9" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C75956" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F166D9" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: 10.3929/ethz-c-000785286</w:t>
+      </w:r>
+      <w:r w:rsidR="00003BC3" w:rsidRPr="007205A5">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00F166D9" w:rsidRPr="007205A5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-IL"/>
+          </w:rPr>
+          <w:t>https://css.ethz.ch/en/publications/belarus-analytical-digest/belarus-analytical-digest-all-issues/details.html?id=/n/o/0/0/no_005_migration_crisis_on_the_belaruseu</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A643E41" w14:textId="1689193F" w:rsidR="00B4363C" w:rsidRDefault="00B4363C" w:rsidP="005F189F">
-[...238 lines deleted...]
-    <w:p w14:paraId="2C3CE881" w14:textId="77777777" w:rsidR="005F189F" w:rsidRPr="005F189F" w:rsidRDefault="005F189F" w:rsidP="005F189F">
+    <w:p w14:paraId="64F6F5A7" w14:textId="799C5956" w:rsidR="00C3680E" w:rsidRDefault="00B64B2E" w:rsidP="00FE1160">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="294"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3680E" w:rsidRPr="005E4D32">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Kibrik, R</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4D32">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94704">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2024).</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3680E" w:rsidRPr="005E4D32">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Exploring the Potential of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C3680E" w:rsidRPr="005E4D32">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Minilateralism</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C3680E" w:rsidRPr="005E4D32">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the Europe-Mediterranean Partnership</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94704">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3680E" w:rsidRPr="005E4D32">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C3680E" w:rsidRPr="00F94704">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IEMed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F94704">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3680E" w:rsidRPr="005E4D32">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C3680E" w:rsidRPr="005E4D32">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EuroMeSCo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C3680E" w:rsidRPr="005E4D32">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Papers, No. 65.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="782EC7AD" w14:textId="166F3D52" w:rsidR="005F189F" w:rsidRDefault="005F189F" w:rsidP="005F189F">
+    <w:p w14:paraId="3A558F6E" w14:textId="17C02C6D" w:rsidR="0000542D" w:rsidRDefault="00B64B2E" w:rsidP="0000542D">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="294"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...4 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...17 lines deleted...]
-        <w:t>Publications</w:t>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0000542D">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00594BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kibrik, R. (2016-2025). The Diplomatic </w:t>
+      </w:r>
+      <w:r w:rsidR="00D032EA">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Monthly Report, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D032EA" w:rsidRPr="00405954">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mitvim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00405954" w:rsidRPr="00405954">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – the Israeli Institute for Regional Foreign Policies</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42F50">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="750D7F23" w14:textId="213D9BDD" w:rsidR="005F189F" w:rsidRPr="005F189F" w:rsidRDefault="005F189F" w:rsidP="005F189F">
-[...110 lines deleted...]
-    <w:p w14:paraId="6061578D" w14:textId="77777777" w:rsidR="00653E56" w:rsidRPr="005504B3" w:rsidRDefault="00653E56" w:rsidP="005504B3">
+    <w:p w14:paraId="69426C6E" w14:textId="22BD089F" w:rsidR="00177A36" w:rsidRPr="001F0C3C" w:rsidRDefault="00B64B2E" w:rsidP="001F0C3C">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="294"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...5 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D032EA">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Kibrik R. (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A47C28">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2017-2025). Trends in Israel</w:t>
+      </w:r>
+      <w:r w:rsidR="00405954">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00A47C28">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s Regional Foreign Policies</w:t>
+      </w:r>
+      <w:r w:rsidR="00405954">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00405954" w:rsidRPr="00405954">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mitvim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00405954" w:rsidRPr="00405954">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – the Israeli Institute for Regional Foreign Policies</w:t>
+      </w:r>
+      <w:r w:rsidR="00405954">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00A8050B" w:rsidRPr="009E4399">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://mitvim.org.il/en/report_cat/trends-in-israels-regional-foreign-policies/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A8050B">
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4CF08477" w14:textId="25005FB3" w:rsidR="00430DD2" w:rsidRPr="005504B3" w:rsidRDefault="00071266" w:rsidP="005504B3">
+    <w:p w14:paraId="6F52D8ED" w14:textId="77777777" w:rsidR="00C3680E" w:rsidRPr="00C3680E" w:rsidRDefault="00C3680E" w:rsidP="00C3680E">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="294"/>
         <w:rPr>
-          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
-[...14 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00430DD2" w:rsidRPr="005504B3" w:rsidSect="00E12651">
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="00C3680E" w:rsidRPr="00C3680E" w:rsidSect="00E12651">
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="2523" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6678DB60" w14:textId="77777777" w:rsidR="008D580B" w:rsidRDefault="008D580B" w:rsidP="00301FC3">
+    <w:p w14:paraId="1CEDA7B9" w14:textId="77777777" w:rsidR="00117527" w:rsidRDefault="00117527" w:rsidP="00301FC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13E98D40" w14:textId="77777777" w:rsidR="008D580B" w:rsidRDefault="008D580B" w:rsidP="00301FC3">
+    <w:p w14:paraId="3EFD6C83" w14:textId="77777777" w:rsidR="00117527" w:rsidRDefault="00117527" w:rsidP="00301FC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="67A5C25E" w14:textId="77777777" w:rsidR="00117527" w:rsidRDefault="00117527">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="David">
+    <w:panose1 w:val="020E0502060401010101"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Guttman Yad-Brush">
-    <w:panose1 w:val="02010401010101010101"/>
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000801" w:usb1="40000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000020" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Narkisim">
     <w:panose1 w:val="020E0502050101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...33 lines deleted...]
-    <w:r>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1266379998"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>3</w:t>
-[...60 lines deleted...]
-  </w:p>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="5741F2EF" w14:textId="653C6D86" w:rsidR="00BD678D" w:rsidRDefault="00BD678D">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
   <w:p w14:paraId="7046A8AD" w14:textId="77777777" w:rsidR="00301FC3" w:rsidRDefault="00301FC3">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="446A05E0" w14:textId="77777777" w:rsidR="00155A82" w:rsidRPr="008815D1" w:rsidRDefault="00155A82" w:rsidP="00155A82">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9"/>
       </w:pBdr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008815D1">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008815D1">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008815D1">
       <w:rPr>
@@ -2907,95 +14592,102 @@
         <w:rtl/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="008815D1">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:color w:val="7F7F7F"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:rtl/>
       </w:rPr>
       <w:t>עמוד</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="621B17B9" w14:textId="77777777" w:rsidR="00155A82" w:rsidRPr="00155A82" w:rsidRDefault="00155A82" w:rsidP="00155A82">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B24A8F4" w14:textId="77777777" w:rsidR="008D580B" w:rsidRDefault="008D580B" w:rsidP="00301FC3">
+    <w:p w14:paraId="310191CA" w14:textId="77777777" w:rsidR="00117527" w:rsidRDefault="00117527" w:rsidP="00301FC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B22B8E5" w14:textId="77777777" w:rsidR="008D580B" w:rsidRDefault="008D580B" w:rsidP="00301FC3">
+    <w:p w14:paraId="3167FAF7" w14:textId="77777777" w:rsidR="00117527" w:rsidRDefault="00117527" w:rsidP="00301FC3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="780C7CA8" w14:textId="77777777" w:rsidR="00117527" w:rsidRDefault="00117527">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6622853A" w14:textId="083791CE" w:rsidR="00301FC3" w:rsidRDefault="00140F48" w:rsidP="00A9601C">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D182F84" wp14:editId="5DFB2E99">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D182F84" wp14:editId="5DFB2E99">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>821055</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>1179195</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4238625" cy="266700"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="128927810" name="תיבת טקסט 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4238625" cy="266700"/>
                       </a:xfrm>
@@ -3020,77 +14712,166 @@
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5D182F84" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="תיבת טקסט 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:64.65pt;margin-top:92.85pt;width:333.75pt;height:21pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4E3Wd4QEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lD142o6TQ2DSGN&#10;gTT4AY5jJxaJz5zdJuXXc3a6rsAb4sWy7y7ffd93l831NPRsr9AbsBVfLnLOlJXQGNtW/NvX+zdX&#10;nPkgbCN6sKriB+X59fb1q83oSlVAB32jkBGI9eXoKt6F4Mos87JTg/ALcMpSUgMOItAT26xBMRL6&#10;0GdFnq+zEbBxCFJ5T9G7Ocm3CV9rJcNnrb0KrK84cQvpxHTW8cy2G1G2KFxn5JGG+AcWgzCWmp6g&#10;7kQQbIfmL6jBSAQPOiwkDBlobaRKGkjNMv9DzVMnnEpayBzvTjb5/wcrH/dP7guyML2HiQaYRHj3&#10;APK7ZxZuO2FbdYMIY6dEQ42X0bJsdL48fhqt9qWPIPX4CRoastgFSECTxiG6QjoZodMADifT1RSY&#10;pOCqeHu1Li44k5Qr1uvLPE0lE+Xz1w59+KBgYPFScaShJnSxf/AhshHlc0lsZuHe9H0abG9/C1Bh&#10;jCT2kfBMPUz1RNVRRQ3NgXQgzHtCe02XDvAnZyPtSMX9j51AxVn/0ZIX75arVVyq9FhdXBb0wPNM&#10;fZ4RVhJUxQNn8/U2zIu4c2jajjrN7lu4If+0SdJeWB150x4kxcedjYt2/k5VL3/W9hcAAAD//wMA&#10;UEsDBBQABgAIAAAAIQBDD3eY3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyD&#10;NUjsqE2gTRPiVBWILagtILFz42kSNR5HsduEv2dY0d1czdF9FKvJdeKMQ2g9abifKRBIlbct1Ro+&#10;dq93SxAhGrKm84QafjDAqry+Kkxu/UgbPG9jLdiEQm40NDH2uZShatCZMPM9Ev8OfnAmshxqaQcz&#10;srnrZKLUQjrTEic0psfnBqvj9uQ0fL4dvr8e1Xv94ub96CclyWVS69ubaf0EIuIU/2H4q8/VoeRO&#10;e38iG0THOskeGOVjOU9BMJFmCx6z15AkaQqyLOTlhvIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAeBN1neEBAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAQw93mN4AAAALAQAADwAAAAAAAAAAAAAAAAA7BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="תיבת טקסט 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:64.65pt;margin-top:92.85pt;width:333.75pt;height:21pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4E3Wd4QEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lD142o6TQ2DSGN&#10;gTT4AY5jJxaJz5zdJuXXc3a6rsAb4sWy7y7ffd93l831NPRsr9AbsBVfLnLOlJXQGNtW/NvX+zdX&#10;nPkgbCN6sKriB+X59fb1q83oSlVAB32jkBGI9eXoKt6F4Mos87JTg/ALcMpSUgMOItAT26xBMRL6&#10;0GdFnq+zEbBxCFJ5T9G7Ocm3CV9rJcNnrb0KrK84cQvpxHTW8cy2G1G2KFxn5JGG+AcWgzCWmp6g&#10;7kQQbIfmL6jBSAQPOiwkDBlobaRKGkjNMv9DzVMnnEpayBzvTjb5/wcrH/dP7guyML2HiQaYRHj3&#10;APK7ZxZuO2FbdYMIY6dEQ42X0bJsdL48fhqt9qWPIPX4CRoastgFSECTxiG6QjoZodMADifT1RSY&#10;pOCqeHu1Li44k5Qr1uvLPE0lE+Xz1w59+KBgYPFScaShJnSxf/AhshHlc0lsZuHe9H0abG9/C1Bh&#10;jCT2kfBMPUz1RNVRRQ3NgXQgzHtCe02XDvAnZyPtSMX9j51AxVn/0ZIX75arVVyq9FhdXBb0wPNM&#10;fZ4RVhJUxQNn8/U2zIu4c2jajjrN7lu4If+0SdJeWB150x4kxcedjYt2/k5VL3/W9hcAAAD//wMA&#10;UEsDBBQABgAIAAAAIQBDD3eY3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyD&#10;NUjsqE2gTRPiVBWILagtILFz42kSNR5HsduEv2dY0d1czdF9FKvJdeKMQ2g9abifKRBIlbct1Ro+&#10;dq93SxAhGrKm84QafjDAqry+Kkxu/UgbPG9jLdiEQm40NDH2uZShatCZMPM9Ev8OfnAmshxqaQcz&#10;srnrZKLUQjrTEic0psfnBqvj9uQ0fL4dvr8e1Xv94ub96CclyWVS69ubaf0EIuIU/2H4q8/VoeRO&#10;e38iG0THOskeGOVjOU9BMJFmCx6z15AkaQqyLOTlhvIXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAeBN1neEBAAChAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAQw93mN4AAAALAQAADwAAAAAAAAAAAAAAAAA7BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="13A4A6A3" w14:textId="0CCA8B67" w:rsidR="00301FC3" w:rsidRPr="00C948FF" w:rsidRDefault="00301FC3" w:rsidP="00301FC3">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:color w:val="0066CC"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03114BF2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5ACA5028"/>
+    <w:lvl w:ilvl="0" w:tplc="20000011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03B5756E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="445C0CA0"/>
     <w:lvl w:ilvl="0" w:tplc="30F6953A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3137,51 +14918,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06C975B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="709EB704"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3226,51 +15007,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="082B1512"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A28A664"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3339,51 +15120,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B642529"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5400F262"/>
+    <w:lvl w:ilvl="0" w:tplc="2DC669D4">
+      <w:start w:val="21"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="David" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CEF6A54"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="932A14A0"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3428,51 +15322,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F6A044C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C89801DE"/>
     <w:lvl w:ilvl="0" w:tplc="877C2410">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="950" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3517,51 +15411,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4550" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5270" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5990" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="186103DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="665656A4"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3606,58 +15500,259 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DB978CC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82F213F4"/>
+    <w:lvl w:ilvl="0" w:tplc="568217F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21667AFA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6D9ED952"/>
+    <w:lvl w:ilvl="0" w:tplc="FA3676BC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="David" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20000001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="286902BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3364340"/>
     <w:lvl w:ilvl="0" w:tplc="4A82E2B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="hebrew1"/>
-      <w:pStyle w:val="6"/>
+      <w:pStyle w:val="Heading6"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:right="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
@@ -3727,51 +15822,51 @@
     <w:lvl w:ilvl="7" w:tplc="040D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:right="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:right="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="294D182B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A816CF90"/>
     <w:lvl w:ilvl="0" w:tplc="49DAC5C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="hebrew1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3816,51 +15911,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29F67DB5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82F213F4"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EE37D62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B10C880"/>
     <w:lvl w:ilvl="0" w:tplc="62AE4A3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1437" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3905,51 +16089,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5037" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5757" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6477" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="304B66F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="807C81E6"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3994,51 +16178,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30B267DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0512C466"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4107,51 +16291,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3360398D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A26706A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4220,51 +16404,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35037393"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3A36772A"/>
     <w:lvl w:ilvl="0" w:tplc="41F27496">
       <w:start w:val="1"/>
       <w:numFmt w:val="hebrew1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4309,51 +16493,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38527398"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E926D316"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39BA6119"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DAE63872"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4398,51 +16671,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A516A53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0D266CC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4487,51 +16760,146 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B1555E9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0FF208FA"/>
+    <w:lvl w:ilvl="0" w:tplc="3774DAA6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="*%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pt-PT"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B3B0886"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5238BF7C"/>
     <w:lvl w:ilvl="0" w:tplc="33FEF826">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1000001B" w:tentative="1">
@@ -4576,51 +16944,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="10000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="452A0E45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DC26DF2"/>
     <w:lvl w:ilvl="0" w:tplc="F390A40A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="558"/>
         </w:tabs>
         <w:ind w:left="558" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4716,51 +17084,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4518"/>
         </w:tabs>
         <w:ind w:left="4518" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5238"/>
         </w:tabs>
         <w:ind w:left="5238" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E18223B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="035A16A0"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4805,51 +17173,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52B8122F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="36B64502"/>
     <w:lvl w:ilvl="0" w:tplc="CC046430">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4896,51 +17264,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="530C46B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0234E2AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1110" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BE58AFDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1830" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Guttman Yad-Brush" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4985,51 +17353,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5430" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6150" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6870" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="533135D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2436B4C2"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5071,140 +17439,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F0A5CA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="70C0F922"/>
     <w:lvl w:ilvl="0" w:tplc="511AD442">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1000001B" w:tentative="1">
@@ -5249,51 +17528,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="10000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FB444C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD724D26"/>
     <w:lvl w:ilvl="0" w:tplc="3EF6BF0C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="David" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5361,51 +17640,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6117745C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="809E9634"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5474,51 +17753,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64F30AEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B12EE4A0"/>
     <w:lvl w:ilvl="0" w:tplc="EAF07D9E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2220" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5587,51 +17866,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65E43268"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D7A8C398"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68C2187A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F38F406"/>
     <w:lvl w:ilvl="0" w:tplc="FFCE05B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5676,51 +18068,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E561EB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C16A89DA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5789,51 +18181,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="742F7361"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E926D316"/>
     <w:lvl w:ilvl="0" w:tplc="9092DAA0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5878,51 +18270,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="762A0276"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="436CE954"/>
     <w:lvl w:ilvl="0" w:tplc="EB223134">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -5967,51 +18359,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="780366D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="258CF750"/>
     <w:lvl w:ilvl="0" w:tplc="F390A40A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="558"/>
         </w:tabs>
         <w:ind w:left="558" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6107,51 +18499,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4518"/>
         </w:tabs>
         <w:ind w:left="4518" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5238"/>
         </w:tabs>
         <w:ind w:left="5238" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78BA4A40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E2C982A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6220,303 +18612,639 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1900901359">
+  <w:num w:numId="1" w16cid:durableId="1820536871">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="771583315">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1916935890">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1083340167">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="17119615">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1686983291">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="486439873">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="863981514">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1721514125">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="448278249">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1462501494">
+  <w:num w:numId="11" w16cid:durableId="476608757">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1194922453">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="818420747">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="102921218">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="560214528">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1786388358">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="113837322">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1265766793">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="674380126">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1327510756">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="924844207">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1919096341">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="558131753">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1674916081">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2145156668">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="25" w16cid:durableId="940063277">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1231428988">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="26" w16cid:durableId="65223689">
+    <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2004967805">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="27" w16cid:durableId="2099213093">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="824974317">
+  <w:num w:numId="28" w16cid:durableId="1151941024">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="693574131">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1927182577">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1109466643">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1897928959">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1748267117">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="707266644">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="917640185">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1112358191">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="246421625">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="37" w16cid:durableId="66653959">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="819813631">
-[...17 lines deleted...]
-  <w:num w:numId="14" w16cid:durableId="490097486">
+  <w:num w:numId="38" w16cid:durableId="1618875770">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="793332157">
-[...26 lines deleted...]
-  <w:num w:numId="24" w16cid:durableId="649749598">
+  <w:num w:numId="39" w16cid:durableId="1497187432">
     <w:abstractNumId w:val="12"/>
-  </w:num>
-[...22 lines deleted...]
-    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="29"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00301FC3"/>
+    <w:rsid w:val="00003BC3"/>
+    <w:rsid w:val="0000542D"/>
     <w:rsid w:val="000059C1"/>
+    <w:rsid w:val="00005FEF"/>
+    <w:rsid w:val="00006A8C"/>
+    <w:rsid w:val="0001486B"/>
+    <w:rsid w:val="00014BEC"/>
+    <w:rsid w:val="00022CAD"/>
+    <w:rsid w:val="00025AC1"/>
+    <w:rsid w:val="00031B8F"/>
     <w:rsid w:val="00033B14"/>
-    <w:rsid w:val="000618D1"/>
+    <w:rsid w:val="00035E53"/>
+    <w:rsid w:val="0003672D"/>
+    <w:rsid w:val="00070F11"/>
     <w:rsid w:val="00071266"/>
+    <w:rsid w:val="00077677"/>
+    <w:rsid w:val="00077C29"/>
+    <w:rsid w:val="00082CB3"/>
     <w:rsid w:val="00090A26"/>
+    <w:rsid w:val="00092713"/>
     <w:rsid w:val="000940A9"/>
+    <w:rsid w:val="000B7801"/>
     <w:rsid w:val="000D3AED"/>
+    <w:rsid w:val="000E0E65"/>
+    <w:rsid w:val="000E196E"/>
+    <w:rsid w:val="000E1D5F"/>
+    <w:rsid w:val="000E4358"/>
+    <w:rsid w:val="000F14FD"/>
+    <w:rsid w:val="000F2067"/>
     <w:rsid w:val="000F30F6"/>
+    <w:rsid w:val="001119E7"/>
+    <w:rsid w:val="00112883"/>
+    <w:rsid w:val="00117527"/>
+    <w:rsid w:val="0012572A"/>
+    <w:rsid w:val="00127788"/>
     <w:rsid w:val="00140F48"/>
     <w:rsid w:val="001512BE"/>
+    <w:rsid w:val="001526C0"/>
     <w:rsid w:val="00155A82"/>
+    <w:rsid w:val="00163B72"/>
     <w:rsid w:val="00176FAC"/>
-    <w:rsid w:val="00190DD3"/>
+    <w:rsid w:val="00177A36"/>
+    <w:rsid w:val="00182295"/>
+    <w:rsid w:val="00183A6C"/>
+    <w:rsid w:val="0019035C"/>
+    <w:rsid w:val="00190E46"/>
+    <w:rsid w:val="00191862"/>
+    <w:rsid w:val="001A07C6"/>
     <w:rsid w:val="001B629D"/>
+    <w:rsid w:val="001C09ED"/>
     <w:rsid w:val="001C5386"/>
     <w:rsid w:val="001D1954"/>
+    <w:rsid w:val="001D2E73"/>
+    <w:rsid w:val="001F0C3C"/>
+    <w:rsid w:val="00202636"/>
+    <w:rsid w:val="002029A4"/>
+    <w:rsid w:val="00203320"/>
+    <w:rsid w:val="00210E14"/>
+    <w:rsid w:val="002131C5"/>
+    <w:rsid w:val="00213E2E"/>
+    <w:rsid w:val="00234758"/>
+    <w:rsid w:val="00234C25"/>
     <w:rsid w:val="00236B92"/>
     <w:rsid w:val="0025372A"/>
+    <w:rsid w:val="00253B3E"/>
+    <w:rsid w:val="00274173"/>
+    <w:rsid w:val="00277A8F"/>
     <w:rsid w:val="00281CD0"/>
+    <w:rsid w:val="002A3E71"/>
+    <w:rsid w:val="002B0DAB"/>
+    <w:rsid w:val="002C01F3"/>
+    <w:rsid w:val="002C1345"/>
+    <w:rsid w:val="002C158C"/>
+    <w:rsid w:val="002D3CBB"/>
+    <w:rsid w:val="002E6137"/>
+    <w:rsid w:val="002F5E9C"/>
     <w:rsid w:val="002F61CA"/>
     <w:rsid w:val="00301FC3"/>
+    <w:rsid w:val="00303120"/>
+    <w:rsid w:val="00306870"/>
+    <w:rsid w:val="00311C5C"/>
+    <w:rsid w:val="003122CC"/>
+    <w:rsid w:val="0031722C"/>
+    <w:rsid w:val="0033388B"/>
     <w:rsid w:val="00336A25"/>
+    <w:rsid w:val="003418F7"/>
+    <w:rsid w:val="003446CB"/>
+    <w:rsid w:val="0035082A"/>
+    <w:rsid w:val="00372532"/>
     <w:rsid w:val="00373983"/>
+    <w:rsid w:val="00380D15"/>
+    <w:rsid w:val="003864D3"/>
+    <w:rsid w:val="00395F48"/>
     <w:rsid w:val="003A3B8B"/>
-    <w:rsid w:val="003F0529"/>
+    <w:rsid w:val="003C1163"/>
+    <w:rsid w:val="003C212A"/>
+    <w:rsid w:val="003C3126"/>
+    <w:rsid w:val="003D3FFC"/>
+    <w:rsid w:val="003D5DE2"/>
+    <w:rsid w:val="003E5E0C"/>
+    <w:rsid w:val="00400727"/>
+    <w:rsid w:val="00405954"/>
+    <w:rsid w:val="00407338"/>
+    <w:rsid w:val="00416A16"/>
+    <w:rsid w:val="00423DDA"/>
+    <w:rsid w:val="0042467B"/>
     <w:rsid w:val="00425322"/>
     <w:rsid w:val="00430DD2"/>
+    <w:rsid w:val="00434C1D"/>
+    <w:rsid w:val="0044088B"/>
+    <w:rsid w:val="00443CD7"/>
     <w:rsid w:val="00450A50"/>
-    <w:rsid w:val="00461971"/>
     <w:rsid w:val="00466F0D"/>
+    <w:rsid w:val="00484989"/>
+    <w:rsid w:val="0048529F"/>
+    <w:rsid w:val="0049170A"/>
     <w:rsid w:val="00494A36"/>
+    <w:rsid w:val="00496FD7"/>
     <w:rsid w:val="004A52A2"/>
+    <w:rsid w:val="004B2BC7"/>
+    <w:rsid w:val="004B2DAF"/>
+    <w:rsid w:val="004C0063"/>
+    <w:rsid w:val="004C520B"/>
+    <w:rsid w:val="004C57A0"/>
+    <w:rsid w:val="004D08E1"/>
+    <w:rsid w:val="004F294A"/>
+    <w:rsid w:val="004F49BD"/>
     <w:rsid w:val="0050674A"/>
     <w:rsid w:val="00512E56"/>
-    <w:rsid w:val="005504B3"/>
+    <w:rsid w:val="005135E4"/>
+    <w:rsid w:val="005211CB"/>
+    <w:rsid w:val="00534564"/>
+    <w:rsid w:val="00537BF0"/>
+    <w:rsid w:val="00547ED5"/>
+    <w:rsid w:val="0055612F"/>
+    <w:rsid w:val="00560B64"/>
+    <w:rsid w:val="00563CAE"/>
+    <w:rsid w:val="00571642"/>
     <w:rsid w:val="005840A2"/>
-    <w:rsid w:val="005F189F"/>
+    <w:rsid w:val="00587173"/>
+    <w:rsid w:val="005929B4"/>
+    <w:rsid w:val="00594623"/>
+    <w:rsid w:val="00594BC6"/>
+    <w:rsid w:val="005B20F4"/>
+    <w:rsid w:val="005B43D0"/>
+    <w:rsid w:val="005D185C"/>
+    <w:rsid w:val="005D5A61"/>
+    <w:rsid w:val="005D6900"/>
+    <w:rsid w:val="005E4D32"/>
+    <w:rsid w:val="00605808"/>
+    <w:rsid w:val="006212F0"/>
+    <w:rsid w:val="00626553"/>
+    <w:rsid w:val="0062697F"/>
+    <w:rsid w:val="00637685"/>
+    <w:rsid w:val="00640C2C"/>
+    <w:rsid w:val="00641928"/>
+    <w:rsid w:val="00642552"/>
     <w:rsid w:val="00653E56"/>
+    <w:rsid w:val="00677800"/>
+    <w:rsid w:val="006809F0"/>
+    <w:rsid w:val="0068521A"/>
+    <w:rsid w:val="00691498"/>
+    <w:rsid w:val="006B42D9"/>
     <w:rsid w:val="006C0B97"/>
+    <w:rsid w:val="006C13CF"/>
     <w:rsid w:val="006E3E78"/>
     <w:rsid w:val="006F4A83"/>
+    <w:rsid w:val="006F56A0"/>
+    <w:rsid w:val="006F6236"/>
+    <w:rsid w:val="007016D3"/>
     <w:rsid w:val="007155BB"/>
+    <w:rsid w:val="007205A5"/>
+    <w:rsid w:val="00730914"/>
+    <w:rsid w:val="007314FD"/>
     <w:rsid w:val="007437BD"/>
+    <w:rsid w:val="0074650E"/>
+    <w:rsid w:val="00750D07"/>
+    <w:rsid w:val="007529AB"/>
     <w:rsid w:val="007571C7"/>
-    <w:rsid w:val="00767F76"/>
+    <w:rsid w:val="00765E37"/>
     <w:rsid w:val="007709C5"/>
+    <w:rsid w:val="00776C39"/>
+    <w:rsid w:val="0078440A"/>
+    <w:rsid w:val="00793D29"/>
     <w:rsid w:val="007A0B71"/>
     <w:rsid w:val="007A2641"/>
-    <w:rsid w:val="007B353E"/>
+    <w:rsid w:val="007A4866"/>
+    <w:rsid w:val="007A7BE1"/>
+    <w:rsid w:val="007B1916"/>
+    <w:rsid w:val="007C73F8"/>
     <w:rsid w:val="007C7B2A"/>
-    <w:rsid w:val="007D476C"/>
+    <w:rsid w:val="007D1A64"/>
+    <w:rsid w:val="007D7C70"/>
+    <w:rsid w:val="007F3E57"/>
+    <w:rsid w:val="00810294"/>
     <w:rsid w:val="008118D2"/>
+    <w:rsid w:val="00813955"/>
+    <w:rsid w:val="00817E96"/>
+    <w:rsid w:val="00827D06"/>
+    <w:rsid w:val="00833FA4"/>
+    <w:rsid w:val="00834D72"/>
+    <w:rsid w:val="00836900"/>
+    <w:rsid w:val="00852735"/>
+    <w:rsid w:val="00852B74"/>
+    <w:rsid w:val="008548E3"/>
     <w:rsid w:val="0086529D"/>
+    <w:rsid w:val="00867A81"/>
+    <w:rsid w:val="00872BE1"/>
+    <w:rsid w:val="0087700E"/>
+    <w:rsid w:val="00882D79"/>
     <w:rsid w:val="00887CF3"/>
-    <w:rsid w:val="008D580B"/>
+    <w:rsid w:val="00890FD4"/>
+    <w:rsid w:val="00895021"/>
+    <w:rsid w:val="00895BD2"/>
+    <w:rsid w:val="008A0147"/>
+    <w:rsid w:val="008B0C0C"/>
+    <w:rsid w:val="008B773D"/>
+    <w:rsid w:val="008C73F2"/>
+    <w:rsid w:val="008D0369"/>
+    <w:rsid w:val="008E24D3"/>
+    <w:rsid w:val="008E3196"/>
+    <w:rsid w:val="008F08E4"/>
+    <w:rsid w:val="008F730B"/>
+    <w:rsid w:val="008F7F11"/>
+    <w:rsid w:val="00901DDD"/>
+    <w:rsid w:val="00905C6C"/>
+    <w:rsid w:val="00911198"/>
+    <w:rsid w:val="00912691"/>
+    <w:rsid w:val="00917602"/>
+    <w:rsid w:val="00923209"/>
+    <w:rsid w:val="00927F39"/>
     <w:rsid w:val="00933A45"/>
+    <w:rsid w:val="0093475D"/>
+    <w:rsid w:val="00935BE4"/>
     <w:rsid w:val="009436F5"/>
+    <w:rsid w:val="00945235"/>
+    <w:rsid w:val="009566BE"/>
     <w:rsid w:val="00962212"/>
+    <w:rsid w:val="00967BB0"/>
+    <w:rsid w:val="00971E45"/>
     <w:rsid w:val="00975C42"/>
+    <w:rsid w:val="00980576"/>
+    <w:rsid w:val="00980BC3"/>
+    <w:rsid w:val="00983CF1"/>
+    <w:rsid w:val="00984010"/>
     <w:rsid w:val="00991167"/>
+    <w:rsid w:val="0099631E"/>
+    <w:rsid w:val="009B0621"/>
+    <w:rsid w:val="009B3834"/>
+    <w:rsid w:val="009B50BE"/>
+    <w:rsid w:val="009C20CD"/>
+    <w:rsid w:val="009C7780"/>
+    <w:rsid w:val="009D6658"/>
+    <w:rsid w:val="009D7D79"/>
     <w:rsid w:val="00A00223"/>
+    <w:rsid w:val="00A03B94"/>
+    <w:rsid w:val="00A03DD4"/>
+    <w:rsid w:val="00A2770F"/>
+    <w:rsid w:val="00A33639"/>
     <w:rsid w:val="00A348C1"/>
+    <w:rsid w:val="00A47C28"/>
     <w:rsid w:val="00A47C88"/>
     <w:rsid w:val="00A563B6"/>
-    <w:rsid w:val="00A56727"/>
+    <w:rsid w:val="00A567F1"/>
+    <w:rsid w:val="00A63E1F"/>
+    <w:rsid w:val="00A71245"/>
+    <w:rsid w:val="00A764D1"/>
+    <w:rsid w:val="00A8050B"/>
     <w:rsid w:val="00A9601C"/>
+    <w:rsid w:val="00AC17F8"/>
+    <w:rsid w:val="00AC2294"/>
+    <w:rsid w:val="00AC6540"/>
     <w:rsid w:val="00AE25C2"/>
     <w:rsid w:val="00AE672E"/>
+    <w:rsid w:val="00AF6895"/>
     <w:rsid w:val="00AF6DEA"/>
+    <w:rsid w:val="00AF70BE"/>
+    <w:rsid w:val="00B01070"/>
+    <w:rsid w:val="00B12017"/>
     <w:rsid w:val="00B15BF3"/>
+    <w:rsid w:val="00B16553"/>
+    <w:rsid w:val="00B170E7"/>
+    <w:rsid w:val="00B204D6"/>
     <w:rsid w:val="00B22B85"/>
-    <w:rsid w:val="00B4363C"/>
+    <w:rsid w:val="00B36370"/>
+    <w:rsid w:val="00B511BE"/>
+    <w:rsid w:val="00B53A91"/>
+    <w:rsid w:val="00B62F21"/>
+    <w:rsid w:val="00B64B2E"/>
+    <w:rsid w:val="00B74CD2"/>
+    <w:rsid w:val="00B813B1"/>
+    <w:rsid w:val="00B84321"/>
+    <w:rsid w:val="00B9438E"/>
     <w:rsid w:val="00BC1EB5"/>
     <w:rsid w:val="00BC6B82"/>
+    <w:rsid w:val="00BC7B2C"/>
+    <w:rsid w:val="00BD678D"/>
+    <w:rsid w:val="00BD751A"/>
     <w:rsid w:val="00BE19C5"/>
+    <w:rsid w:val="00BE4FE1"/>
+    <w:rsid w:val="00BF07E5"/>
+    <w:rsid w:val="00BF0856"/>
+    <w:rsid w:val="00BF3ED8"/>
+    <w:rsid w:val="00C023B8"/>
+    <w:rsid w:val="00C12BEC"/>
+    <w:rsid w:val="00C17D68"/>
     <w:rsid w:val="00C22210"/>
+    <w:rsid w:val="00C34350"/>
     <w:rsid w:val="00C3680E"/>
+    <w:rsid w:val="00C51D01"/>
+    <w:rsid w:val="00C653D5"/>
+    <w:rsid w:val="00C75956"/>
+    <w:rsid w:val="00CA3EF9"/>
+    <w:rsid w:val="00CB7CAD"/>
+    <w:rsid w:val="00CC4DA8"/>
     <w:rsid w:val="00CD039F"/>
+    <w:rsid w:val="00CD2802"/>
+    <w:rsid w:val="00CE0B34"/>
+    <w:rsid w:val="00CF3A7C"/>
+    <w:rsid w:val="00CF46ED"/>
+    <w:rsid w:val="00D032EA"/>
+    <w:rsid w:val="00D117A5"/>
+    <w:rsid w:val="00D15C23"/>
+    <w:rsid w:val="00D2039B"/>
+    <w:rsid w:val="00D23F0F"/>
+    <w:rsid w:val="00D242E3"/>
+    <w:rsid w:val="00D30EEA"/>
     <w:rsid w:val="00D3621D"/>
+    <w:rsid w:val="00D42F50"/>
+    <w:rsid w:val="00D458C5"/>
+    <w:rsid w:val="00D50DA4"/>
+    <w:rsid w:val="00D57149"/>
+    <w:rsid w:val="00D650D6"/>
+    <w:rsid w:val="00D73EB5"/>
+    <w:rsid w:val="00D77B80"/>
+    <w:rsid w:val="00D94602"/>
+    <w:rsid w:val="00DA3E77"/>
+    <w:rsid w:val="00DB2193"/>
+    <w:rsid w:val="00DB2FC2"/>
     <w:rsid w:val="00DB32DF"/>
+    <w:rsid w:val="00DB5BFB"/>
+    <w:rsid w:val="00DC33C2"/>
+    <w:rsid w:val="00DC7663"/>
     <w:rsid w:val="00DD12F4"/>
+    <w:rsid w:val="00DE0147"/>
+    <w:rsid w:val="00DF4139"/>
     <w:rsid w:val="00DF53A7"/>
+    <w:rsid w:val="00DF57B0"/>
+    <w:rsid w:val="00DF5F9C"/>
+    <w:rsid w:val="00E1215A"/>
     <w:rsid w:val="00E12651"/>
+    <w:rsid w:val="00E22372"/>
+    <w:rsid w:val="00E36BA1"/>
+    <w:rsid w:val="00E4002A"/>
+    <w:rsid w:val="00E4304D"/>
     <w:rsid w:val="00E43C50"/>
+    <w:rsid w:val="00E47112"/>
+    <w:rsid w:val="00E5105A"/>
+    <w:rsid w:val="00E70EC0"/>
     <w:rsid w:val="00E72B0B"/>
+    <w:rsid w:val="00E73141"/>
+    <w:rsid w:val="00E73D2F"/>
     <w:rsid w:val="00E80593"/>
+    <w:rsid w:val="00E9150D"/>
+    <w:rsid w:val="00E95198"/>
     <w:rsid w:val="00EA5594"/>
+    <w:rsid w:val="00EB6F7A"/>
+    <w:rsid w:val="00EB70BA"/>
+    <w:rsid w:val="00EC1D51"/>
+    <w:rsid w:val="00EC7CE4"/>
+    <w:rsid w:val="00ED01FF"/>
+    <w:rsid w:val="00ED629C"/>
+    <w:rsid w:val="00EE05C6"/>
+    <w:rsid w:val="00EE3A3D"/>
+    <w:rsid w:val="00EE4FF9"/>
+    <w:rsid w:val="00EF0004"/>
+    <w:rsid w:val="00EF13C1"/>
+    <w:rsid w:val="00F03EBF"/>
+    <w:rsid w:val="00F03F2A"/>
+    <w:rsid w:val="00F134F6"/>
+    <w:rsid w:val="00F13550"/>
     <w:rsid w:val="00F149B5"/>
+    <w:rsid w:val="00F160A7"/>
+    <w:rsid w:val="00F166D9"/>
+    <w:rsid w:val="00F16ED7"/>
+    <w:rsid w:val="00F322D9"/>
     <w:rsid w:val="00F33A65"/>
+    <w:rsid w:val="00F364D1"/>
+    <w:rsid w:val="00F40D9F"/>
+    <w:rsid w:val="00F41D34"/>
     <w:rsid w:val="00F53C1E"/>
+    <w:rsid w:val="00F572AD"/>
+    <w:rsid w:val="00F64CA1"/>
+    <w:rsid w:val="00F73C5E"/>
+    <w:rsid w:val="00F76D00"/>
     <w:rsid w:val="00F8560C"/>
     <w:rsid w:val="00F8611D"/>
-    <w:rsid w:val="00F976B4"/>
+    <w:rsid w:val="00F94704"/>
+    <w:rsid w:val="00F97B10"/>
+    <w:rsid w:val="00FA178E"/>
     <w:rsid w:val="00FA3702"/>
+    <w:rsid w:val="00FA3BC3"/>
+    <w:rsid w:val="00FA6635"/>
     <w:rsid w:val="00FC4882"/>
+    <w:rsid w:val="00FD589D"/>
+    <w:rsid w:val="00FE1160"/>
+    <w:rsid w:val="00FE48CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="71D9E0F6"/>
   <w15:docId w15:val="{B03BFF52-6674-429E-9189-5D5D57A9960A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:bidi/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6867,666 +19595,695 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="10"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Narkisim"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="20"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="5B9BD5"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="30"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Narkisim"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="50"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
     <w:qFormat/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Narkisim"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="6">
+  <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="60"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
     <w:qFormat/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Narkisim"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...2 lines deleted...]
-    <w:link w:val="1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Narkisim"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...2 lines deleted...]
-    <w:link w:val="2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="5B9BD5"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...2 lines deleted...]
-    <w:link w:val="3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Narkisim"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="50">
-[...2 lines deleted...]
-    <w:link w:val="5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Narkisim"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="60">
-[...2 lines deleted...]
-    <w:link w:val="6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Narkisim"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="11">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="1">
     <w:name w:val="ללא רשימה1"/>
-    <w:next w:val="a2"/>
+    <w:next w:val="NoList"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00301FC3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
     <w:name w:val="כותרת 21"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="5B9BD5"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="he-IL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="110">
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="11">
     <w:name w:val="ללא רשימה11"/>
-    <w:next w:val="a2"/>
+    <w:next w:val="NoList"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00301FC3"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:bidi w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="David"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...2 lines deleted...]
-    <w:link w:val="a3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="David"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:bidi w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="David"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-[...2 lines deleted...]
-    <w:link w:val="a5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="David"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="12">
+  <w:style w:type="table" w:customStyle="1" w:styleId="10">
     <w:name w:val="רשת טבלה1"/>
-    <w:basedOn w:val="a1"/>
-    <w:next w:val="a7"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:bidi w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...2 lines deleted...]
-    <w:link w:val="a9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="a9"/>
-[...1 lines deleted...]
-    <w:link w:val="ac"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
-[...2 lines deleted...]
-    <w:link w:val="ab"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="ae"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ae">
-[...2 lines deleted...]
-    <w:link w:val="ad"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
     <w:name w:val="מהדורה1"/>
-    <w:next w:val="af"/>
+    <w:next w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:bidi w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af1">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="af2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
-[...2 lines deleted...]
-    <w:link w:val="af1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af3">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalWeb1">
     <w:name w:val="Normal (Web)‎1"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:bidi w:val="0"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a7">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="a1"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:bidi w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00301FC3"/>
     <w:pPr>
       <w:bidi w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="210">
     <w:name w:val="כותרת 2 תו1"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00301FC3"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00991167"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af4">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00991167"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00082CB3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00082CB3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="130952225">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1509637972">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="120"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -7909,116 +20666,90 @@
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
         <w:div w:id="2054958846">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="175117152">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="403376270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="538514491">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="938564756">
+    <w:div w:id="922374705">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1025139027">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1190755478">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1346981227">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -8193,51 +20924,51 @@
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1396664705">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1418820854">
+    <w:div w:id="1569801061">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1584954874">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -8261,82 +20992,95 @@
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="415714667">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1610772464">
+    <w:div w:id="1663122504">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1663122504">
+    <w:div w:id="1928347758">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2014600758">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8303-2643" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://css.ethz.ch/en/publications/belarus-analytical-digest/belarus-analytical-digest-all-issues/details.html?id=/n/o/0/0/no_005_migration_crisis_on_the_belaruseu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Roee.kibrik@mail.huji.ac.il" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/15718069-12341338" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/00471178211021477" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Roeek@yvc.ac.il" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/02633957251321666" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mitvim.org.il/en/report_cat/trends-in-israels-regional-foreign-policies/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kclrcir.org/2016/03/08/sovereignty-in-jerusalem-from-concept-to-conflict/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ערכת נושא Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8609,151 +21353,152 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <_dlc_DocId xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19">CVK6SK37K4J5-1701531007-184264</_dlc_DocId>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7519c929-48b1-4b34-aa61-8d480b3cc7cd">
+    <_dlc_DocId xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19">CVK6SK37K4J5-1711138831-203655</_dlc_DocId>
+    <TaxCatchAll xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19" xsi:nil="true"/>
+    <_dlc_DocIdUrl xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19">
+      <Url>https://yvcac.sharepoint.com/sites/AcadAdmin/_layouts/15/DocIdRedir.aspx?ID=CVK6SK37K4J5-1711138831-203655</Url>
+      <Description>CVK6SK37K4J5-1711138831-203655</Description>
+    </_dlc_DocIdUrl>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="cdfb0db1-a4e2-44ae-a5c4-b6a7e8970f1c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19" xsi:nil="true"/>
-[...3 lines deleted...]
-    </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="מסמך" ma:contentTypeID="0x01010060491DEE65F94949B8E01F930C13094F" ma:contentTypeVersion="2713" ma:contentTypeDescription="צור מסמך חדש." ma:contentTypeScope="" ma:versionID="7d56b3996229e7b1edc098adcbc5d7c3">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bc24395-5445-4cf0-9cff-a32c215bef19" xmlns:ns3="7519c929-48b1-4b34-aa61-8d480b3cc7cd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e998486649e2accf848a454ef76b44be" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="מסמך" ma:contentTypeID="0x010100E74619C71D575845962647DBD52E1FC0" ma:contentTypeVersion="2714" ma:contentTypeDescription="צור מסמך חדש." ma:contentTypeScope="" ma:versionID="6c9edbea80876d19fd5c69568f6a1b3f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bc24395-5445-4cf0-9cff-a32c215bef19" xmlns:ns3="cdfb0db1-a4e2-44ae-a5c4-b6a7e8970f1c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dc9937f1cd842bb38599bc4288c774a4" ns2:_="" ns3:_="">
     <xsd:import namespace="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
-    <xsd:import namespace="7519c929-48b1-4b34-aa61-8d480b3cc7cd"/>
+    <xsd:import namespace="cdfb0db1-a4e2-44ae-a5c4-b6a7e8970f1c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
-                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bc24395-5445-4cf0-9cff-a32c215bef19" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="ערך של מזהה מסמך" ma:description="הערך של מזהה המסמך שהוקצה לפריט זה." ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="מזהה מסמך" ma:description="קישור קבוע למסמך זה." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -8780,117 +21525,122 @@
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="21" nillable="true" ma:displayName="משותף עם פרטים" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxCatchAll" ma:index="25" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e6b85013-cf2f-4fcc-bb93-cef8bef77e01}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="1bc24395-5445-4cf0-9cff-a32c215bef19">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7519c929-48b1-4b34-aa61-8d480b3cc7cd" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cdfb0db1-a4e2-44ae-a5c4-b6a7e8970f1c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="13" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="14" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...3 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="24" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="תגיות תמונה" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="e5cf2245-9dd4-4bf3-a411-dd9981303523" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="27" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="סוג תוכן"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="כותרת"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -8955,128 +21705,138 @@
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{088996D8-8F6F-4033-9765-3C085967F076}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
-    <ds:schemaRef ds:uri="7519c929-48b1-4b34-aa61-8d480b3cc7cd"/>
+    <ds:schemaRef ds:uri="cdfb0db1-a4e2-44ae-a5c4-b6a7e8970f1c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E222C16D-27A9-4DEC-A71F-30C72D66B696}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BC6A006-6E48-4B69-B87D-1D60949E4FDE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{801957E0-01A4-4799-AF39-01DD917D341B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14E6D84C-B8C2-4FDD-933F-838EE0755050}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
-    <ds:schemaRef ds:uri="7519c929-48b1-4b34-aa61-8d480b3cc7cd"/>
+    <ds:schemaRef ds:uri="cdfb0db1-a4e2-44ae-a5c4-b6a7e8970f1c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2959</Characters>
+  <Pages>12</Pages>
+  <Words>1756</Words>
+  <Characters>13036</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>108</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>שם</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3471</CharactersWithSpaces>
+  <CharactersWithSpaces>14763</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Efrat Sagy</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x01010060491DEE65F94949B8E01F930C13094F</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
+    <vt:lpwstr>32163126-67ba-4033-ad65-5f9822f56f88</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>81bc0c12-6db9-4906-87fc-8f943bbac886</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ContentTypeId">
+    <vt:lpwstr>0x010100E74619C71D575845962647DBD52E1FC0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>f5d9e41c-ed7d-4d94-95b7-b27fb41f464d</vt:lpwstr>
   </property>
 </Properties>
 </file>