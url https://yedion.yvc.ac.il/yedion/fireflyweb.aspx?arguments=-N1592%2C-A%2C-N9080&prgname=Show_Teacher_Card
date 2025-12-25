--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,2645 +1,5160 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00DC01F7" w:rsidRPr="00EE7C6D" w:rsidRDefault="00DC01F7" w:rsidP="00DC01F7">
-      <w:pPr>
+    <w:p w14:paraId="7EBCDC7F" w14:textId="0C76AC85" w:rsidR="005B39F3" w:rsidRPr="00B35CD8" w:rsidRDefault="005B39F3" w:rsidP="00E001F9">
+      <w:pPr>
+        <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B35CD8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Curriculum Vitae</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62FF0DD6" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. Nourit Segev, PhD, MA, BSW, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>B.Ed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, CBT Psychotherapist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DC2BB35" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...34 lines deleted...]
-        <w:r w:rsidR="005A540A" w:rsidRPr="00643639">
+        </w:rPr>
+        <w:t>Personal Details + Affiliation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6294D2BE" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Name: Dr. Nourit Segev</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0265B1D9" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Current Position: Head of the Central School of Training of Workers in Social Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="126477C0" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Institution: Ministry of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Labour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, Social Affairs and Social Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3352B0C8" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Address: 27 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Hayarmouch</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>st.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Yoqneam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0654C3B3" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Phone: 972-4-9591483 (Home), 972-4-6423656 (Office), 972-52-3597543 (Mobile)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE451BC" w14:textId="77777777" w:rsidR="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Email: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="0012202C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           </w:rPr>
           <w:t>nourits@yvc.ac.il</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005A540A" w:rsidRPr="00643639">
-[...73 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi" w:hint="cs"/>
+    </w:p>
+    <w:p w14:paraId="2DEEFDC4" w14:textId="005D47C9" w:rsidR="00B10287" w:rsidRPr="00B10287" w:rsidRDefault="00B10287" w:rsidP="00B10287">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B10287">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Certified Specialist Social Worker In the field of: Welfare Systems Management Specialist License Number: 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F00D34" w14:textId="01A1D518" w:rsidR="00B10287" w:rsidRPr="00B10287" w:rsidRDefault="00B10287" w:rsidP="00B10287">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B10287">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Social Workers Registry Number: 10552</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256AB647" w14:textId="77777777" w:rsidR="00B10287" w:rsidRPr="0012202C" w:rsidRDefault="00B10287" w:rsidP="00B10287">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E20A3D6" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[1. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...8 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi" w:hint="cs"/>
+        </w:rPr>
+        <w:t>Education]{</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...18 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi" w:hint="cs"/>
+        </w:rPr>
+        <w:t>.underline}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253A4367" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Ph.D</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, Graduate Studies Authority, University of Haifa, Israel (2015) Thesis: 'Not for Profit Competition: The Market Arena of Social Services and its Impact on Organizational Performance'</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47388728" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Ph.D. Completion Studies, Graduate Studies Authority, University of Haifa, Israel (2009)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA5E0F9" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>M.A., Department of Political Sciences, Bar-Ilan University, Israel (2003) Thesis: 'The turning point in the lives of battered women as seen by the Israeli entertainment media 1991-1999'</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CB48953" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>B.A., School of Social Work, University of Haifa, Israel (1996)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5504F8F6" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B.Ed., Teaching Certificate, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Mofet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Institute, Tel Aviv, Israel (2009)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ACFDDF8" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>CBT Psychotherapy, Psagot Institute, Open University, Tel Aviv, Israel (2021)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53833C73" w14:textId="77777777" w:rsidR="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>3rd Integrative CBT Psychotherapy, Psagot Institute, Open University, Tel Aviv, Israel (2022)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F7B866" w14:textId="77777777" w:rsidR="001F764E" w:rsidRPr="0012202C" w:rsidRDefault="001F764E" w:rsidP="001F764E">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CB2DAF2" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...12 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi" w:hint="cs"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[2. Academic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Experience]{</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>CBT</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi" w:hint="cs"/>
+        <w:t>.underline}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24866795" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2008 - Present: Lecturer, Max Stern </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Yezreel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Valley College, Dept. of Social Work</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="534087BC" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>2011 - 2016: Lecturer, Bar Ilan University, The Kinneret Branch, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA41182" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2005 - 2014: Lecturer, Oranim Academic College of Education, Kiryat </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Tiv'on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A409CBD" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...20 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[3. Academic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Activities]{</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>CBT</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>.underline}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC9E9E2" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...20 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Conference organizing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C1E5A2A" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>February 2016 - Co-organizer, "Transition programs for pupils with disabilities-learning from success and planning the future", Annual conference of the Ministry of Welfare and the Ministry of Education, Tel Aviv, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33760002" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>June 2016 - Co-organizer, "Workers with disabilities rights", Ministry of Welfare and the Workers National Union, Jerusalem, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50EB2537" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>October 2015 - Co-organizer, "Workers with disabilities", Rural Industrialist Association and the Ministry of Welfare, Migdal Ha Emeq, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67FF9CAC" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>January 2014 - Co-organizer, "From transition programs for pupils with disabilities to their significant army service", Ministry of Welfare, Ministry of Education, and IDF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="542A6FB0" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>PhD</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Administrative roles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B0BA0C7" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2017 - Present: Head of the Central School of Training of Workers in Social Services, Ministry of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Labour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, Social Affairs and Social Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0823FD70" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>2014 - 2017: National Supervisor, Ministry of Welfare and Social Affairs, Occupational Rehabilitation Department</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67BE7100" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>2012 - 2014: Regional Supervisor, Ministry of Welfare and Social Affairs, Occupational Rehabilitation Department</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1001F980" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>2007 - 2013: Head of Special Program for Working Students, Oranim Academic College of Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36CD5793" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...34 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Supervision of graduate students</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA58574" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>M.Ed. students: 1 completed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EFDB84A" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Carmit Rozenberg (2009): "Political and Professional approaches on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>parents</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> involvement in boarding schools"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5693C02E" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[4. Professional </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>PhD</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Experience]{</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...50 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.underline}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D40819E" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...34 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Teaching Activities (Recent Years)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB99398" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Oranim Academic College of Education (2005-2014):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> Marketing strategy; Advertising Strategies; Public Relations; Marketing, Customers' behavior and social branding; Advertising in education and community; Inter-professional team and its work with youth at risk; Creation of inter-organizational collaborations; Edutainment: the lives of battered women as seen in the entertainment media; Project management; Development of marketing concept in the human services organizations; Schools as organizations; Teaching strategies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="205FF82D" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>MA</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Max Stern </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...55 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Yezreel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Valley College (2008-Present):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> Development of marketing concept in the human services organizations; Public Relations for human services organizations; Corporate Social Responsibility; Career development for people with disabilities - Occupational Rehabilitation; Marketing Strategies for Health Care Services; Introduction to Welfare Policies and Social Services; Community Social Work and Social Change; Marketing Strategies for social services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CC0948A" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>MA</w:t>
-[...25 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>Bar Ilan University, Kinneret Branch (2011-2016):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> Development of marketing concept in human services organizations; Organizational politics; Public Image; Marketing strategy; Creation of inter-organizational collaborations; Advertising Strategies; Leadership; Organizational performance in competitive arenas; Social psychology; Corporate social responsibility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="230F42D5" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Conference Presentations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B83B0E9" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>BA</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>International Conferences:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="262691B8" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>June 2019 - Presenter, "Developing New Expertise in Management and Supervision in Social Work – Milestones and Training Programs for Managers", The Network for Social Work Management's 30th Annual Management Conference, Loyola University, Chicago, Illinois USA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B106BA" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>July 2017 - Presenter, "Towards collaboration between public welfare agencies and mass entertainment media to bring about a turning point stage in the lives of battered women", International Conference on Interdisciplinary Social Sciences, Hiroshima, Japan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125BE0F8" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>August 2015 - Presenter, "Non-profit competition: The social services market arena and its effect on organizational performance", EGPA Annual Conference, Toulouse, France</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69D243F0" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>June 2015 - Presenter, "Creating a future – A transition program for pupils with disabilities", Beit Issie Shapiro's International Conference on Disabilities – unity and diversity in action, Raanana, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="428530B8" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">September 2013 - Presenter, "Not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Profit Competition: The Market Arena </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Social Services", EGPA Annual Conference, Edinburgh, Scotland-UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AAAD737" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>August 2012 - Presenter, "Welfare State Facing Privatization: Welfare Agencies Adopt and Adapt Market Orientation", RC19 NOVA, Oslo, Norway</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570F20B0" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>September 2011 - Presenter, "Adoption of Market Orientation in Social welfare Agencies", EGPA Annual Conference, Bucharest University, Bucharest, Romania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A65D341" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>July 2011 - Presenter, "Organizational and Personal Antecedents in Adaptation of Market: An Empirical Study of Local Municipal Social-Welfare Agencies", International Conference on Interdisciplinary Social Sciences, University of New Orleans, USA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F666438" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">November 2010 - Presenter, "Adaptation of Market-Orientation in the Public Sector", The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>EuroMed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Academy of Business 3rd Annual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>EuroMed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Conference Research Business Institute, University of Nicosia, Nicosia, Cyprus</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="061F78B6" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">December 2009 - Presenter, "Organizational and Personal Antecedents in Adaptation of Market-Orientation in the Public Sector", The 5th annual graduate in political science, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>International</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relations and public policy in memory of Y. Rabin, Hebrew University, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006692B9" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">October 2009 - Presenter, "Organizational and Personal Antecedents in Adaptation of Market-Orientation in the Public Sector. An Empirical Study of Local Municipal Social-Welfare Agencies", Second Euro-Mediterranean Public Management Dialogue – EGPA, GEAP, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Emuni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> University, Portoroz, Slovenia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1763F3" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>October 2008 - Presenter, "Antecedences of Market Orientation in the Public Sector – The Case of Municipal Social Welfare Agencies", First Euro-Mediterranean Public Management Dialogue – EGPA, GEAP, Universite Paul Cezanne, Aix En Provence, France</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E624994" w14:textId="77777777" w:rsidR="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>National Conferences:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA57B03" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BAD94FF" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>November 2014 - Co-organizer &amp; Presenter, "Creating a Future- a transition program for pupils with disabilities-a program created by Ministry of welfare and the ministry of education", The 18th conference of the Social Workers Union, Tel-Aviv, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D39D992" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">November 2014 - Co-organizer &amp; Presenter, "The turning point in the lives of battered women as reflected on the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>edu-tainment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> media - collaboration between education professionals and the media", The 18th conference of the Social Workers Union, Tel-Aviv, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F5C9534" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">June 2013 - Key note speaker &amp; Organizer, "Occupational rehabilitation as a profession", Human Services department conference on Occupational Rehabilitation, Max Stern </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Yezreel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Valley College, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD4933A" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">June 2013 - Workshop Organizer, "Social marketing", Human Services department conference on Occupational Rehabilitation, Max Stern </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Yezreel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Valley College, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F20FFC6" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">May 2012 - Key note speaker, "Being a customer with disabilities", The annual conference of Human Services department, Max Stern </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Yezreel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Valley College, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00011165" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February 2011 - Presenter, "Organizational and personal antecedents in adaptation of market-orientation and competition approach in the welfare agencies", Espanet, Israel National conference on social politics-science, theory and practice, Max Stern </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Yezreel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Valley College, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44050797" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">June 2010 - Presenter, "The turning point in the lives of battered women as reflected on the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>edu-tainment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> media - collaboration between education professionals and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">media", 11th scientific conference, Oranim academic college of education, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Tiv'on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1000F2AB" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>June 2010 - Presenter, "Market orientation in social services", The annual conference of the Faculty of Social welfare &amp; health science, University of Haifa, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F6A3E0D" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>June 2010 - Presenter, "Adopting Marketing strategy in Welfare organizations", The 17th conference of the Social Workers Union, Tel Aviv, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DB277A" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">April 2010 - Presenter, "Being raised in good hands-The media influence on children", The annual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Isef</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fund conference, Ort Braude-Technion, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67865A58" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">June 2009 - Presenter, "Organizational and personal antecedents in adaptation of market-orientation in the public sector", 10th scientific conference, Oranim academic college of education, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Tiv'on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2844D8E2" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>May 2008 - Presenter, "Inter-Organizational Collaboration for youth at risk- Kadima Project", the Ministry of Welfare, Community Social Workers Opening Website Event, Tel Aviv, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="744113B1" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>February 2008 - Organizer &amp; Presenter, "Marketing strategy in Welfare organizations", the Ministry of Welfare, Community Social Workers Annual Forum, Tel Aviv, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9D52FA" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>November 2006 - Presenter, "CSR: Collaboration project between the Israeli Dentist Association and the Welfare Agency of Hadera", The annual conference of the Ministry of Welfare, Community Social Work Services, Jerusalem, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51852D64" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Invited Lectures</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D2B36CE" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">March - September 2016 - "Welfare policies at the era of competition", Workshops and lectures in the training of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Administrative</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> workers at the Ministry of Welfare and Social Affairs, Petach-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Tiqva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, Haifa &amp; Acre Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE28919" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>March 2013 - Key note speaker, "Social Marketing", The Ministry of Welfare and Social Affairs, North Region, Haifa, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B2857B" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>February 2013 - "Using media to advance social issues", Supervisors Forum, The Ministry of Welfare and Social Affairs, North Region, Haifa, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39B7B433" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>September 2012 - "Let's move to the commercials - Advertising Social", Opening year event, The Ministry of Welfare and Social Affairs, North Region, Haifa, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5788CD63" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>February 2012 - "Why do we need it? Inter organizational collaboration", Hadera Municipality, Hadera, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="363C2608" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February 2012 - "Principals of marketing strategies for Non </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Profit organizations", Bait-Ham non </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>for profit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organization for youth at risk-Workshop, Afula, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8BDD4B" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">March 2008 - "The importance of the market-orientation approach in welfare agencies", </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Giv'ataim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Welfare Agency forum, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Giv'ataim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Municipality, Israel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB55EA9" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:u w:val="single"/>
-[...8 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">[5. Grants and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Awards]{</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi" w:hint="cs"/>
+        </w:rPr>
+        <w:t>.underline}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FD601F" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>None reported</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="775D6039" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[6. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Publications]{</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.underline}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5441582D" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Ph.D. Dissertations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E09EB8" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Segev, N. (2015). Not for Profit Competition: The Market Arena of Social Services and its Impact on Organizational Performance. Ph.D. Dissertation, Graduate Studies Authority, University of Haifa. (Supervisors: Prof. Eran Vigoda-Gadot &amp; Prof. Amnon Boehm)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6935FA05" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Segev, N. (2009). Organizational and personal antecedents in adaptation of market-orientation in the public sector: An empirical study of municipal social-welfare agencies. Ph.D. Completion Studies, Graduate Studies Authority, University of Haifa. (Supervisors: Prof. Eran Vigoda-Gadot &amp; Prof. Amnon Boehm)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C57159" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...77 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>M.A. Thesis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9A53DF" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Segev, N. (2003). The turning point in the lives of battered women as seen by the Israeli entertainment media 1991-1999. M.A. Thesis, Department of Political Sciences, Bar-Ilan University. (Supervisor: Dr. Mira Moshe)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E908B79" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...4 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Articles in Refereed Journals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A43655E" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Boehm, A., Vigoda-Gadot, E., &amp; Segev, N. (2011). Market Orientation in Social Services: An Empirical Study of Motivating and Hindering Factors among Israeli Social Workers. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Administration in Social Work</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, 35(2), 138-160.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66949AC4" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Segev, N. (2010). Toward collaboration between public agencies preventing violence against women and the entertainment media to advance the turning point stage in the lives of battered women. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Public Administration and Social Policies Review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>, 1(3), 5-22.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E024650" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Articles in Process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68506797" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Segev, N., Vigoda-Gadot, E., &amp; Boehm, A. (In process). Political VS. Marketing approach in the non-for-profit sector: An empirical study of social service organizations in Israel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA307DC" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Segev, N., Vigoda-Gadot, E., &amp; Boehm, A. (In process). Competition and marketing in the non-for-profit sector: An empirical study of social service organizations in Israel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C71745D" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:rtl/>
-[...6 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Professional Experience Timeline</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0789EDED" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>2019-2021: CBT Specialist, Department for the Promotion of Learning Functions, Accessibility and Emotional Assistance, Dean's Office of Students, YVC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51796447" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2002-2007: Community Social Worker - Head of inter-organizational collaboration for children and youth at risk, Hadera Municipality</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3908E710" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>2000-2001: Vice Spokesperson, University of Haifa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2595208A" w14:textId="77777777" w:rsidR="0012202C" w:rsidRPr="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>1997-1999: Head of Research Department, Qesher Yashir Advertising Agency</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="650E0BCC" w14:textId="77777777" w:rsidR="0012202C" w:rsidRDefault="0012202C" w:rsidP="0012202C">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0012202C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>1995-1996: Social Worker, Shai Company</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DAF50CB" w14:textId="77777777" w:rsidR="00DE396F" w:rsidRDefault="00DE396F" w:rsidP="00DE396F">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D79CA98" w14:textId="35A4F1D0" w:rsidR="00DE396F" w:rsidRDefault="00DE396F" w:rsidP="00DE396F">
+      <w:pPr>
+        <w:bidi w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Fields of interest:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524C542F" w14:textId="77777777" w:rsidR="00DE396F" w:rsidRPr="00DE396F" w:rsidRDefault="00DE396F" w:rsidP="00DE396F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
+        </w:rPr>
+        <w:t>Workplace Bullying and Toxic Work Environments in Social Welfare Settings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>: Bullying of senior welfare professionals; human resource management and managerial accountability; impact on social workers, colleagues, managers, and clients; the relationship between workplace bullying and the professional crisis in social work; training and education of teams and managers to promote healthy work environments and prevent workplace abuse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55468071" w14:textId="77777777" w:rsidR="00DE396F" w:rsidRPr="00DE396F" w:rsidRDefault="00DE396F" w:rsidP="00DE396F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
+        </w:rPr>
+        <w:t>Lifelong Learning and Professional Development in Social Welfare Professions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>: Development of teaching and training programs throughout professional careers; Life Long Learning; Continuing Professional Development (CPD) in welfare professions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>2014</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CBA4213" w14:textId="77777777" w:rsidR="00DE396F" w:rsidRPr="00DE396F" w:rsidRDefault="00DE396F" w:rsidP="00DE396F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
+        </w:rPr>
+        <w:t>Career Development and Labor Market-Academic Linkages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>: Career pathways and the interface between labor markets and academia; accessibility for people with disabilities and educated populations; student development in welfare professions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> מפקחת ארצית, השירות לשיקום תעסוקתי , אגף השיקום , משרד העבודה, הרווחה והשירותים</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60859044" w14:textId="77777777" w:rsidR="00DE396F" w:rsidRPr="00DE396F" w:rsidRDefault="00DE396F" w:rsidP="00DE396F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
+        </w:rPr>
+        <w:t>Competitive Dynamics in Social Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>: The competitive arena of social services and its impact on organizational performance; organizational politics; political support and marketing as intervening and mediating variables in service delivery</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EFC77D6" w14:textId="77777777" w:rsidR="00DE396F" w:rsidRPr="00DE396F" w:rsidRDefault="00DE396F" w:rsidP="00DE396F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
+        </w:rPr>
+        <w:t>Marketing Orientation in Welfare Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>: Adoption of market-oriented approaches in welfare services; facilitating and inhibiting factors for implementation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>החברתיים</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="368E459A" w14:textId="77777777" w:rsidR="00DE396F" w:rsidRPr="00DE396F" w:rsidRDefault="00DE396F" w:rsidP="00DE396F">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
+        </w:rPr>
+        <w:t>Media Advocacy for Social Issues:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Utilizing media to advance social issues on the public agenda; case study of battered women's representation in entertainment media and its relationship to social change and turning points in public awareness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE396F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cs="Times New Roman"/>
           <w:rtl/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC01F7" w:rsidRPr="00643639" w:rsidRDefault="00DC01F7" w:rsidP="00697544">
-[...1150 lines deleted...]
-    <w:sectPr w:rsidR="00DC01F7" w:rsidRPr="00FB5817" w:rsidSect="007D3140">
+    <w:p w14:paraId="678BC6AF" w14:textId="6134EDD4" w:rsidR="005B39F3" w:rsidRPr="00B35CD8" w:rsidRDefault="005B39F3" w:rsidP="00DE396F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005B39F3" w:rsidRPr="00B35CD8" w:rsidSect="00EF6E97">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BAC4378"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="49D014DE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="203E14B0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8A869940"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60501552"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="31563CF8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68EA1736"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="711E0AFA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="749017FE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3C4CBE4C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E723E03"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CFD0EEE4"/>
+    <w:lvl w:ilvl="0" w:tplc="194CB6E4">
+      <w:start w:val="2018"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1000" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="532966347">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1842964155">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1413165506">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1868908938">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="12537022">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1091662288">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DC01F7"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00FB5817"/>
+    <w:rsidRoot w:val="005B39F3"/>
+    <w:rsid w:val="00007938"/>
+    <w:rsid w:val="000210C1"/>
+    <w:rsid w:val="0005134C"/>
+    <w:rsid w:val="00074E6F"/>
+    <w:rsid w:val="0012202C"/>
+    <w:rsid w:val="0012380E"/>
+    <w:rsid w:val="00141BD4"/>
+    <w:rsid w:val="00161B3F"/>
+    <w:rsid w:val="00173F2F"/>
+    <w:rsid w:val="00183C4C"/>
+    <w:rsid w:val="001A54A8"/>
+    <w:rsid w:val="001C432D"/>
+    <w:rsid w:val="001E7D57"/>
+    <w:rsid w:val="001F1E18"/>
+    <w:rsid w:val="001F226A"/>
+    <w:rsid w:val="001F764E"/>
+    <w:rsid w:val="00211AD3"/>
+    <w:rsid w:val="0026523E"/>
+    <w:rsid w:val="002E5538"/>
+    <w:rsid w:val="0035717E"/>
+    <w:rsid w:val="003731B9"/>
+    <w:rsid w:val="00373702"/>
+    <w:rsid w:val="00394471"/>
+    <w:rsid w:val="003A19C4"/>
+    <w:rsid w:val="004040DC"/>
+    <w:rsid w:val="004139CA"/>
+    <w:rsid w:val="004400B8"/>
+    <w:rsid w:val="00447CFD"/>
+    <w:rsid w:val="00475E5A"/>
+    <w:rsid w:val="00496460"/>
+    <w:rsid w:val="004B7987"/>
+    <w:rsid w:val="00511961"/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rsid w:val="005E2AA6"/>
+    <w:rsid w:val="00606490"/>
+    <w:rsid w:val="006202C3"/>
+    <w:rsid w:val="00653C87"/>
+    <w:rsid w:val="00664345"/>
+    <w:rsid w:val="006E7677"/>
+    <w:rsid w:val="006F44E4"/>
+    <w:rsid w:val="00727D22"/>
+    <w:rsid w:val="00766E73"/>
+    <w:rsid w:val="0079713C"/>
+    <w:rsid w:val="007B43D8"/>
+    <w:rsid w:val="007B45B7"/>
+    <w:rsid w:val="007D36C9"/>
+    <w:rsid w:val="00817AEE"/>
+    <w:rsid w:val="00822E9D"/>
+    <w:rsid w:val="008324B8"/>
+    <w:rsid w:val="00832B3A"/>
+    <w:rsid w:val="00855D30"/>
+    <w:rsid w:val="00882B7F"/>
+    <w:rsid w:val="008C1CD8"/>
+    <w:rsid w:val="00900985"/>
+    <w:rsid w:val="00956F1E"/>
+    <w:rsid w:val="009870DD"/>
+    <w:rsid w:val="00990472"/>
+    <w:rsid w:val="0099679F"/>
+    <w:rsid w:val="009B35C3"/>
+    <w:rsid w:val="00A05E48"/>
+    <w:rsid w:val="00A318EB"/>
+    <w:rsid w:val="00A3542C"/>
+    <w:rsid w:val="00A44A20"/>
+    <w:rsid w:val="00A73FBF"/>
+    <w:rsid w:val="00A874F9"/>
+    <w:rsid w:val="00AF00D9"/>
+    <w:rsid w:val="00B10287"/>
+    <w:rsid w:val="00B337D6"/>
+    <w:rsid w:val="00B35CD8"/>
+    <w:rsid w:val="00B53CE8"/>
+    <w:rsid w:val="00B57B63"/>
+    <w:rsid w:val="00BB0CD0"/>
+    <w:rsid w:val="00C142EE"/>
+    <w:rsid w:val="00C44188"/>
+    <w:rsid w:val="00C87C09"/>
+    <w:rsid w:val="00CC2DFF"/>
+    <w:rsid w:val="00D73682"/>
+    <w:rsid w:val="00D74C57"/>
+    <w:rsid w:val="00DA4C28"/>
+    <w:rsid w:val="00DD4DFE"/>
+    <w:rsid w:val="00DD6DEA"/>
+    <w:rsid w:val="00DE396F"/>
+    <w:rsid w:val="00E001F9"/>
+    <w:rsid w:val="00E07DE1"/>
+    <w:rsid w:val="00E249F1"/>
+    <w:rsid w:val="00E6414D"/>
+    <w:rsid w:val="00EB2E99"/>
+    <w:rsid w:val="00EF6E97"/>
+    <w:rsid w:val="00F01D70"/>
+    <w:rsid w:val="00F85229"/>
+    <w:rsid w:val="00FD5DD6"/>
+    <w:rsid w:val="00FF3646"/>
+    <w:rsid w:val="00FF79AA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="42919719"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{D72C30D7-7A1B-4D37-8088-3D47A47FE804}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F93692"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="כותרת 1 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="כותרת 2 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="כותרת 3 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="כותרת 4 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="כותרת 5 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="כותרת 6 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="כותרת 7 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="כותרת 8 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="כותרת 9 תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="כותרת טקסט תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="כותרת משנה תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="ציטוט תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="ציטוט חזק תו"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ad">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B39F3"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005A540A"/>
+    <w:rsid w:val="0012202C"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0012202C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nourits@yvc.ac.il" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nourits@yvc.ac.il" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ערכת נושא Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_x05ea__x05d9__x05d0__x05d5__x05e8_ xmlns="41aa2188-3a2f-4fba-a079-e85bc9aa5509" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="41aa2188-3a2f-4fba-a079-e85bc9aa5509">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19" xsi:nil="true"/>
+    <_x005f_x05de__x005f_x05d7__x005f_x05dc__x005f_x05e7__x005f_x05d4_ xmlns="41aa2188-3a2f-4fba-a079-e85bc9aa5509" xsi:nil="true"/>
+    <_dlc_DocId xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19">6MXRP7DT5JTY-711731843-1316468</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19">
+      <Url>https://yvcac.sharepoint.com/sites/SocialWork/_layouts/15/DocIdRedir.aspx?ID=6MXRP7DT5JTY-711731843-1316468</Url>
+      <Description>6MXRP7DT5JTY-711731843-1316468</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="מסמך" ma:contentTypeID="0x010100A355245F8A7E9548BF16F6BAB9441DFF" ma:contentTypeVersion="68" ma:contentTypeDescription="צור מסמך חדש." ma:contentTypeScope="" ma:versionID="2699812b6f24bf0198ac4f50894411e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bc24395-5445-4cf0-9cff-a32c215bef19" xmlns:ns3="41aa2188-3a2f-4fba-a079-e85bc9aa5509" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2b71d5a2834094b6139f7d152fd7900c" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
+    <xsd:import namespace="41aa2188-3a2f-4fba-a079-e85bc9aa5509"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:_x05ea__x05d9__x05d0__x05d5__x05e8_" minOccurs="0"/>
+                <xsd:element ref="ns3:_x005f_x05de__x005f_x05d7__x005f_x05dc__x005f_x05e7__x005f_x05d4_" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bc24395-5445-4cf0-9cff-a32c215bef19" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="ערך של מזהה מסמך" ma:description="הערך של מזהה המסמך שהוקצה לפריט זה." ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="מזהה מסמך" ma:description="קישור קבוע למסמך זה." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="מזהה תמידי" ma:description="השאר מזהה בעת הוספה." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="20" nillable="true" ma:displayName="משותף עם" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="21" nillable="true" ma:displayName="משותף עם פרטים" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="26" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{8a1ea8dc-ac18-49cb-98f9-dc87d914dc8f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="1bc24395-5445-4cf0-9cff-a32c215bef19">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="41aa2188-3a2f-4fba-a079-e85bc9aa5509" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_x05ea__x05d9__x05d0__x05d5__x05e8_" ma:index="11" nillable="true" ma:displayName="תיאור" ma:description="תיאור פריט" ma:internalName="_x05ea__x05d9__x05d0__x05d5__x05e8_" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_x005f_x05de__x005f_x05d7__x005f_x05dc__x005f_x05e7__x005f_x05d4_" ma:index="12" nillable="true" ma:displayName="מחלקה" ma:description="" ma:internalName="_x05de__x05d7__x05dc__x05e7__x05d4_" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="22" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="23" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="25" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="תגיות תמונה" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="e5cf2245-9dd4-4bf3-a411-dd9981303523" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="28" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="סוג תוכן"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="כותרת"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90B11815-85A7-4E23-A61D-56148F7F8968}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{185AD2A6-7A95-41B6-A442-BC037B18B1CC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="41aa2188-3a2f-4fba-a079-e85bc9aa5509"/>
+    <ds:schemaRef ds:uri="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3859A1F5-FA82-4AC8-A92D-54F80DC1279F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
+    <ds:schemaRef ds:uri="41aa2188-3a2f-4fba-a079-e85bc9aa5509"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94E0F4EC-607A-4D87-91CB-CA5B52E41986}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>6095</Characters>
+  <Pages>7</Pages>
+  <Words>1974</Words>
+  <Characters>12925</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>107</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7299</CharactersWithSpaces>
+  <CharactersWithSpaces>14870</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>איציק</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>gandalf</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>194d6029-13b0-45f6-806e-8e0f00d464cb</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100A355245F8A7E9548BF16F6BAB9441DFF</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>f965a8bf-3bb9-467e-8b53-8a1616617e60</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>