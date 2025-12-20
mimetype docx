--- v0 (2025-11-02)
+++ v1 (2025-12-20)
@@ -12,90 +12,108 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="062CC7A4" w14:textId="34E692BA" w:rsidR="003C08C4" w:rsidRDefault="003C08C4" w:rsidP="003C08C4">
+    <w:p w14:paraId="062CC7A4" w14:textId="5BFFA563" w:rsidR="003C08C4" w:rsidRDefault="003C08C4" w:rsidP="003C08C4">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00951CC5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005713D1">
+      <w:r w:rsidR="008E559A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>11/2023</w:t>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00333D0A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="008E559A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EC450F3" w14:textId="77777777" w:rsidR="003C08C4" w:rsidRDefault="003C08C4" w:rsidP="003C08C4">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D857D12" w14:textId="7BD8FB2C" w:rsidR="003C08C4" w:rsidRPr="003C08C4" w:rsidRDefault="00951CC5" w:rsidP="00B94FF3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -319,70 +337,69 @@
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00951CC5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Permanent Home Address:</w:t>
       </w:r>
       <w:r w:rsidR="003C08C4">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29674D83" w14:textId="11E93653" w:rsidR="00951CC5" w:rsidRPr="009C4E3C" w:rsidRDefault="005713D1" w:rsidP="00951CC5">
+    <w:p w14:paraId="29674D83" w14:textId="760F407C" w:rsidR="00951CC5" w:rsidRPr="009C4E3C" w:rsidRDefault="00A156B2" w:rsidP="00951CC5">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>דרך הארגמן 17/5 יוקנעם עלית</w:t>
+        <w:t>השיטה 15/14 יקנעם עלית</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39EFAD34" w14:textId="0C573E5F" w:rsidR="003C08C4" w:rsidRPr="009C4E3C" w:rsidRDefault="00951CC5" w:rsidP="00B94FF3">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00951CC5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cellular Phone:</w:t>
       </w:r>
       <w:r w:rsidR="00B94FF3">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1455,66 +1472,82 @@
             </w:pPr>
             <w:r w:rsidRPr="000F11A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>המכללה האקדמית עמק יזרעאל</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2FA86207" w14:textId="77777777" w:rsidR="000F11A1" w:rsidRPr="000F11A1" w:rsidRDefault="000F11A1" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F11A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>המכללה האקדמית צפת</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CBF7FFC" w14:textId="2326C6BF" w:rsidR="000F11A1" w:rsidRPr="000F11A1" w:rsidRDefault="000F11A1" w:rsidP="00951CC5">
+          <w:p w14:paraId="1DBC5793" w14:textId="77777777" w:rsidR="000F11A1" w:rsidRDefault="000F11A1" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F11A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>המרכז האקדמי רופין</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="5CBF7FFC" w14:textId="7AD86E05" w:rsidR="00577305" w:rsidRPr="000F11A1" w:rsidRDefault="00577305" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>המכללה האקדמית צפת</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2587" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CD5E3B3" w14:textId="11241721" w:rsidR="00951CC5" w:rsidRPr="000F11A1" w:rsidRDefault="000F11A1" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F11A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2003-2007</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E3DC362" w14:textId="77777777" w:rsidR="000F11A1" w:rsidRPr="000F11A1" w:rsidRDefault="000F11A1" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
@@ -1524,63 +1557,79 @@
             </w:pPr>
             <w:r w:rsidRPr="000F11A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2007-2018</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62948400" w14:textId="77777777" w:rsidR="000F11A1" w:rsidRPr="000F11A1" w:rsidRDefault="000F11A1" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F11A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2012-2013</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="399DBD64" w14:textId="79DD3A88" w:rsidR="000F11A1" w:rsidRPr="000F11A1" w:rsidRDefault="000F11A1" w:rsidP="00951CC5">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+          <w:p w14:paraId="45DC5027" w14:textId="77777777" w:rsidR="000F11A1" w:rsidRDefault="000F11A1" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F11A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="399DBD64" w14:textId="672FF173" w:rsidR="00577305" w:rsidRPr="000F11A1" w:rsidRDefault="00577305" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2021-2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00951CC5" w:rsidRPr="00951CC5" w14:paraId="1245BA4B" w14:textId="77777777" w:rsidTr="006A0237">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2592" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="479625FA" w14:textId="5CAEACD9" w:rsidR="00951CC5" w:rsidRPr="000F11A1" w:rsidRDefault="000F11A1" w:rsidP="00951CC5">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F11A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>סגל עמית</w:t>
             </w:r>
@@ -1589,63 +1638,71 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="663BCD7F" w14:textId="78D4A122" w:rsidR="00951CC5" w:rsidRPr="000F11A1" w:rsidRDefault="000F11A1" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F11A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>המכללה האקדמית עמק יזרעאל</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2587" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F476DA3" w14:textId="2A945BA2" w:rsidR="00951CC5" w:rsidRPr="000F11A1" w:rsidRDefault="000F11A1" w:rsidP="00951CC5">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+          <w:p w14:paraId="1F476DA3" w14:textId="29FFBCAD" w:rsidR="00951CC5" w:rsidRPr="000F11A1" w:rsidRDefault="000F11A1" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F11A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>2018-2021</w:t>
+              <w:t>2018-</w:t>
+            </w:r>
+            <w:r w:rsidR="00577305">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18088BF1" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DE1A5AF" w14:textId="5AA4CC46" w:rsidR="00951CC5" w:rsidRPr="00670D62" w:rsidRDefault="00951CC5" w:rsidP="007D2F11">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
@@ -1697,50 +1754,59 @@
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="000F11A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> מנהל</w:t>
       </w:r>
       <w:r w:rsidR="00664F66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ת</w:t>
       </w:r>
       <w:r w:rsidRPr="000F11A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> המרכז להכשרה וקריירה, המכללה האקדמית עמק יזרעאל.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="146512BF" w14:textId="77777777" w:rsidR="00A841ED" w:rsidRDefault="00A841ED" w:rsidP="00951CC5">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="161F6DB1" w14:textId="26968AEE" w:rsidR="00FE27A1" w:rsidRPr="00B30831" w:rsidRDefault="00951CC5" w:rsidP="00B30831">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00951CC5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
@@ -1993,50 +2059,51 @@
     </w:p>
     <w:p w14:paraId="22342BDB" w14:textId="77777777" w:rsidR="002B2F61" w:rsidRDefault="002B2F61" w:rsidP="002B2F61">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk96352095"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidR="00F7387D">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00F7387D">
@@ -2164,50 +2231,183 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D70E2">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">יו"ר אפיק קהילה, </w:t>
       </w:r>
       <w:r w:rsidR="00670D62">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>מועדון רוטרי ביוקנעם (חברה בצוות ההקמה של המועדון).</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3043A7" w14:textId="33D5076B" w:rsidR="008E559A" w:rsidRDefault="008E559A" w:rsidP="002B2F61">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> עד היום </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> שופטת ממליצה לוועדת המחקר, קרן שלם לפיתוח שירותים לאנשים עם מוגבלויות ברשויות המקומיות. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44322761" w14:textId="54D8865A" w:rsidR="00577305" w:rsidRDefault="00577305" w:rsidP="002B2F61">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025-היום </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> חברת הוועד המנהל בעמותת "שחרות", יקנעם עלית.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA007CE" w14:textId="77777777" w:rsidR="008E559A" w:rsidRDefault="008E559A" w:rsidP="002B2F61">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="3D4E5D65" w14:textId="77777777" w:rsidR="00670D62" w:rsidRDefault="00670D62" w:rsidP="002B2F61">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7935564F" w14:textId="77777777" w:rsidR="00670D62" w:rsidRDefault="00670D62" w:rsidP="00B30831">
       <w:pPr>
         <w:pStyle w:val="ac"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:i w:val="0"/>
@@ -2220,187 +2420,159 @@
     </w:p>
     <w:p w14:paraId="4EBFE429" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00951CC5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Participation in Scholarly Conferences</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32A0CFF6" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5E56ECC1" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00951CC5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a.   </w:t>
       </w:r>
       <w:r w:rsidRPr="00951CC5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Active Participation</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1727"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1331"/>
+        <w:gridCol w:w="1668"/>
+        <w:gridCol w:w="3030"/>
+        <w:gridCol w:w="1328"/>
         <w:gridCol w:w="1430"/>
-        <w:gridCol w:w="721"/>
+        <w:gridCol w:w="874"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A5C78" w:rsidRPr="00951CC5" w14:paraId="12C8CA64" w14:textId="77777777" w:rsidTr="00FB0A80">
-[...2 lines deleted...]
-            <w:tcW w:w="1737" w:type="dxa"/>
+      <w:tr w:rsidR="006A5C78" w:rsidRPr="00951CC5" w14:paraId="12C8CA64" w14:textId="77777777" w:rsidTr="00577305">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F85568A" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00951CC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Role</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3138" w:type="dxa"/>
+            <w:tcW w:w="3030" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3955FB9F" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00951CC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Subject of  Lecture/Discussion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32A2D69C" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00951CC5">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00951CC5">
               <w:rPr>
@@ -2421,852 +2593,1205 @@
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00951CC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name of Conference</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77765C88" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00951CC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A5C78" w:rsidRPr="00951CC5" w14:paraId="1E0D95D7" w14:textId="77777777" w:rsidTr="00FB0A80">
-[...2 lines deleted...]
-            <w:tcW w:w="1737" w:type="dxa"/>
+      <w:tr w:rsidR="006A5C78" w:rsidRPr="00951CC5" w14:paraId="1E0D95D7" w14:textId="77777777" w:rsidTr="00577305">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C0910E8" w14:textId="5ABE5B94" w:rsidR="00951CC5" w:rsidRPr="00FB0A80" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB0A80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מציגה בכנס</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3138" w:type="dxa"/>
+            <w:tcW w:w="3030" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42DA5F0F" w14:textId="421388CD" w:rsidR="00951CC5" w:rsidRPr="00FB0A80" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB0A80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:i/>
                 <w:iCs/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">, "מערכת היחסים בין המגזר השלישי למגזר הציבורי </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB0A80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:i/>
                 <w:iCs/>
                 <w:rtl/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB0A80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:i/>
                 <w:iCs/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> מקרה פר"ח"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E7DA6ED" w14:textId="65D048DD" w:rsidR="00951CC5" w:rsidRPr="00FB0A80" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB0A80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מלון הייאט ים מלח</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4579C231" w14:textId="19B5A86C" w:rsidR="00951CC5" w:rsidRPr="00FB0A80" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB0A80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:i/>
                 <w:iCs/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> כנס האביב של המרכז לחקר המגזר השלישי בישראל</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B1BA172" w14:textId="2F5AB1A4" w:rsidR="00951CC5" w:rsidRPr="00FB0A80" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB0A80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מרץ 2005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A5C78" w:rsidRPr="00951CC5" w14:paraId="61EBF005" w14:textId="77777777" w:rsidTr="00FB0A80">
-[...2 lines deleted...]
-            <w:tcW w:w="1737" w:type="dxa"/>
+      <w:tr w:rsidR="006A5C78" w:rsidRPr="00951CC5" w14:paraId="61EBF005" w14:textId="77777777" w:rsidTr="00577305">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A3A23AA" w14:textId="18BB63E7" w:rsidR="00951CC5" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מציגה בכנס</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3138" w:type="dxa"/>
+            <w:tcW w:w="3030" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7376D9F7" w14:textId="2CDCAA01" w:rsidR="00951CC5" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>אזרחות עירונית חדשה בישראל</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3194D530" w14:textId="5AF220B4" w:rsidR="00951CC5" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>המכללה האקדמית אשקלון</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35C3610A" w14:textId="5EDBF6E8" w:rsidR="00951CC5" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>כנס אספנט ישראל לחקר מדיניות חברתית</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="236E84DE" w14:textId="0E78DD03" w:rsidR="00951CC5" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מרץ 2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0A80" w:rsidRPr="00951CC5" w14:paraId="7EE7DFF4" w14:textId="77777777" w:rsidTr="00FB0A80">
-[...2 lines deleted...]
-            <w:tcW w:w="1737" w:type="dxa"/>
+      <w:tr w:rsidR="00FB0A80" w:rsidRPr="00951CC5" w14:paraId="7EE7DFF4" w14:textId="77777777" w:rsidTr="00577305">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B4C2465" w14:textId="3AA334AB" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מציגה בכנס</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3138" w:type="dxa"/>
+            <w:tcW w:w="3030" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="131D206B" w14:textId="2CF12AA9" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>אזרחות עירונית בישראל</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F7167A9" w14:textId="05FAA578" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>אוניברסיטת חיפה</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CA2A07A" w14:textId="7C5AB715" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>כנס האגודה למדע המדינה</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25F3393F" w14:textId="69DD038C" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מאי 2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0A80" w:rsidRPr="00951CC5" w14:paraId="7314E1A9" w14:textId="77777777" w:rsidTr="00FB0A80">
-[...2 lines deleted...]
-            <w:tcW w:w="1737" w:type="dxa"/>
+      <w:tr w:rsidR="00FB0A80" w:rsidRPr="00951CC5" w14:paraId="7314E1A9" w14:textId="77777777" w:rsidTr="00577305">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56C78EA8" w14:textId="728E293C" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מציגה בכנס</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3138" w:type="dxa"/>
+            <w:tcW w:w="3030" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40B8AC15" w14:textId="6F522C24" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Civic Engagement at Urban Sphere</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07AE6E6F" w14:textId="4D6BB774" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>המרכז הבינתחומי בהרצליה</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49CF52C5" w14:textId="4F7595B3" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rStyle w:val="ae"/>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Annual Scientific Meeting of the international society of political psychology ( ISPP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31A71D1E" w14:textId="6529C2B0" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>יולי 2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB0A80" w:rsidRPr="00951CC5" w14:paraId="6E594537" w14:textId="77777777" w:rsidTr="00FB0A80">
-[...2 lines deleted...]
-            <w:tcW w:w="1737" w:type="dxa"/>
+      <w:tr w:rsidR="00FB0A80" w:rsidRPr="00951CC5" w14:paraId="6E594537" w14:textId="77777777" w:rsidTr="00577305">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D74B75B" w14:textId="64125B51" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>חברה בוועדה המייעצת ומנחה פאנל</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3138" w:type="dxa"/>
+            <w:tcW w:w="3030" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51AAC924" w14:textId="3E53F885" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>נשים בחברה הישראלית</w:t>
             </w:r>
             <w:r w:rsidR="005071AC">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005071AC">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidR="005071AC">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> תמונת מצב.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1332" w:type="dxa"/>
+            <w:tcW w:w="1328" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FF354EE" w14:textId="076A0F7B" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>החוג למדע המדינה המכללה האקדמית עמק יזרעאל</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="550DE2AF" w14:textId="74643074" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>נשים בחברה הישראלית</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="693" w:type="dxa"/>
+            <w:tcW w:w="874" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10BE4492" w14:textId="1336FC84" w:rsidR="00FB0A80" w:rsidRPr="006A5C78" w:rsidRDefault="00FB0A80" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מאי 2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A5C78" w:rsidRPr="00951CC5" w14:paraId="75D96986" w14:textId="77777777" w:rsidTr="00FB0A80">
-[...2 lines deleted...]
-            <w:tcW w:w="1737" w:type="dxa"/>
+      <w:tr w:rsidR="006A5C78" w:rsidRPr="00951CC5" w14:paraId="75D96986" w14:textId="77777777" w:rsidTr="00577305">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22966D4C" w14:textId="7A033C3D" w:rsidR="006A5C78" w:rsidRPr="006A5C78" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>מארגנת, מנחה ומרצה</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3138" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4B172B60" w14:textId="3671D97D" w:rsidR="006A5C78" w:rsidRPr="006A5C78" w:rsidRDefault="006A5C78" w:rsidP="006A5C78">
+            <w:tcW w:w="3030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FEBC151" w14:textId="6DC46008" w:rsidR="006A5C78" w:rsidRPr="006A5C78" w:rsidRDefault="006A5C78" w:rsidP="00A113D1">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>עולם העבודה המשתנה</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">, התמחות כמשאב, </w:t>
             </w:r>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">בין הדרכה להנחיה </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ועוד</w:t>
             </w:r>
             <w:r w:rsidR="005B6916">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>..</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FEBC151" w14:textId="4F5A024D" w:rsidR="006A5C78" w:rsidRPr="006A5C78" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12642FEC" w14:textId="5774FFE8" w:rsidR="006A5C78" w:rsidRPr="006A5C78" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...7 lines deleted...]
-              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+            <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
+              <w:t>המכללה האקדמית עמק יזרעאל</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="288F2F00" w14:textId="00908351" w:rsidR="006A5C78" w:rsidRPr="006A5C78" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A5C78">
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>המכללה האקדמית עמק יזרעאל</w:t>
+              <w:t>כנסי המרכז להכשרה וקריירה</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="180AEAAB" w14:textId="36366B47" w:rsidR="006A5C78" w:rsidRPr="006A5C78" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A5C78">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2013-2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A0321" w:rsidRPr="00951CC5" w14:paraId="49006BB3" w14:textId="77777777" w:rsidTr="00577305">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ECE4518" w14:textId="4C728F4B" w:rsidR="001A0321" w:rsidRPr="006A5C78" w:rsidRDefault="00CD5EE7" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>מציגה בכנס</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3D8AE6" w14:textId="19978C7B" w:rsidR="001A0321" w:rsidRPr="006A5C78" w:rsidRDefault="00CD5EE7" w:rsidP="00CD5EE7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD5EE7">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>באין מדינה יש אזרחים - התארגנותו של מערך מתנדבים ספונטני בחירום במלחמת חרבות הברזל</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26068A06" w14:textId="2530E940" w:rsidR="001A0321" w:rsidRPr="006A5C78" w:rsidRDefault="00CD5EE7" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>המכללה האקדמית רמת גן.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1430" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="288F2F00" w14:textId="00908351" w:rsidR="006A5C78" w:rsidRPr="006A5C78" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
+          <w:p w14:paraId="63E9D461" w14:textId="17DCE53D" w:rsidR="001A0321" w:rsidRPr="006A5C78" w:rsidRDefault="00CD5EE7" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A5C78">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>הכנס השנתי של האגודה לחקר יחסי עבודה 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D9E6248" w14:textId="77777777" w:rsidR="001A0321" w:rsidRDefault="00CD5EE7" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>כנסי המרכז להכשרה וקריירה</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="180AEAAB" w14:textId="36366B47" w:rsidR="006A5C78" w:rsidRPr="006A5C78" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>יולי</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C858307" w14:textId="5BC63245" w:rsidR="00CD5EE7" w:rsidRPr="006A5C78" w:rsidRDefault="00CD5EE7" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006A5C78">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A113D1" w:rsidRPr="00951CC5" w14:paraId="6372B6BF" w14:textId="77777777" w:rsidTr="00577305">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6FE81A" w14:textId="74975C7F" w:rsidR="00A113D1" w:rsidRDefault="00A113D1" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>2013-2017</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>מציגה בכנס</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F27E26C" w14:textId="4A5DC6C6" w:rsidR="00A113D1" w:rsidRPr="00CD5EE7" w:rsidRDefault="00A113D1" w:rsidP="00CD5EE7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD5EE7">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>באין מדינה יש אזרחים - התארגנותו של מערך מתנדבים ספונטני בחירום במלחמת חרבות הברזל</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28260CD2" w14:textId="144FFB78" w:rsidR="00A113D1" w:rsidRDefault="00A113D1" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>האקדמית תל אביב יפו</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F676D8" w14:textId="77777777" w:rsidR="00A113D1" w:rsidRDefault="00A113D1" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">הכנס השנתי של </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+              </w:rPr>
+              <w:t>ESPAnet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56C6A7FC" w14:textId="3462B809" w:rsidR="00A113D1" w:rsidRDefault="00A113D1" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ישראל</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="778F86DD" w14:textId="77777777" w:rsidR="00A113D1" w:rsidRDefault="00A113D1" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>פברואר</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E274444" w14:textId="58C19730" w:rsidR="00A113D1" w:rsidRDefault="00A113D1" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00A156B2">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00577305" w:rsidRPr="00951CC5" w14:paraId="33002C91" w14:textId="77777777" w:rsidTr="00577305">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C5171A8" w14:textId="776DD389" w:rsidR="00577305" w:rsidRDefault="00577305" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>מציגה בכנס</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3030" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B821645" w14:textId="00A3ABC9" w:rsidR="00577305" w:rsidRPr="00CD5EE7" w:rsidRDefault="00577305" w:rsidP="00CD5EE7">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD5EE7">
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>באין מדינה יש אזרחים - התארגנותו של מערך מתנדבים ספונטני בחירום במלחמת חרבות הברזל</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1328" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="089D1F8D" w14:textId="201CFD05" w:rsidR="00577305" w:rsidRDefault="00577305" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>המכללה האקדמית צפת</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1430" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7794F696" w14:textId="77777777" w:rsidR="00577305" w:rsidRDefault="00577305" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>כנס "ארצות הגליל" ה-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ED00678" w14:textId="60D8CCA0" w:rsidR="00577305" w:rsidRDefault="00577305" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>האקדמית צפת</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="874" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D94DD71" w14:textId="05D9F0FE" w:rsidR="00577305" w:rsidRDefault="00577305" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>מאי 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3363D293" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
-[...42 lines deleted...]
-    </w:p>
     <w:p w14:paraId="050E0BED" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5183C880" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -4086,74 +4611,98 @@
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="025326DB" w14:textId="77777777" w:rsidR="006A5C78" w:rsidRPr="00951CC5" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B064240" w14:textId="60C16B13" w:rsidR="006A5C78" w:rsidRPr="00951CC5" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
+          <w:p w14:paraId="470FB3E5" w14:textId="77777777" w:rsidR="006A5C78" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ממ"ח עמק יזרעאל</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="4B064240" w14:textId="09E5E9F4" w:rsidR="00C63906" w:rsidRPr="00951CC5" w:rsidRDefault="00C63906" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>סגל עמית</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3762" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A286EEA" w14:textId="4B77444D" w:rsidR="006A5C78" w:rsidRPr="00951CC5" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
@@ -4173,72 +4722,96 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>פרקטיקום</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B432DA7" w14:textId="4B8259DD" w:rsidR="006A5C78" w:rsidRPr="00951CC5" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
+          <w:p w14:paraId="179D086D" w14:textId="77777777" w:rsidR="006A5C78" w:rsidRDefault="006A5C78" w:rsidP="00C63906">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2007-2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B432DA7" w14:textId="42453BEB" w:rsidR="00C63906" w:rsidRPr="00951CC5" w:rsidRDefault="00C63906" w:rsidP="00C63906">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2024-2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A5C78" w:rsidRPr="00951CC5" w14:paraId="3B3A748E" w14:textId="77777777" w:rsidTr="00536FA1">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33E85A64" w14:textId="77777777" w:rsidR="006A5C78" w:rsidRPr="00951CC5" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4364,159 +4937,231 @@
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49DE9716" w14:textId="77777777" w:rsidR="006A5C78" w:rsidRPr="00951CC5" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B56FD88" w14:textId="56927322" w:rsidR="006A5C78" w:rsidRPr="00951CC5" w:rsidRDefault="007C5967" w:rsidP="00951CC5">
+          <w:p w14:paraId="65D93651" w14:textId="77777777" w:rsidR="006A5C78" w:rsidRDefault="007C5967" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ממ"ח עמק יזרעאל</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="7B56FD88" w14:textId="7E600327" w:rsidR="00C63906" w:rsidRPr="00951CC5" w:rsidRDefault="00C63906" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>סגל עמית</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3762" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="534942BE" w14:textId="01C07036" w:rsidR="006A5C78" w:rsidRPr="00951CC5" w:rsidRDefault="007C5967" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>הרצאה (בעיקר בשירותי אנוש וסמסטר אחד במדע המדינה, וברב תחומי)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2057" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C924213" w14:textId="0EEE36B3" w:rsidR="006A5C78" w:rsidRPr="00951CC5" w:rsidRDefault="007C5967" w:rsidP="00951CC5">
+          <w:p w14:paraId="26BA4883" w14:textId="77777777" w:rsidR="006A5C78" w:rsidRDefault="007C5967" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ניהול ארגוני מגזר שלישי</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="3C924213" w14:textId="764515C9" w:rsidR="00C63906" w:rsidRPr="00951CC5" w:rsidRDefault="00C63906" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ניהול אלכ"רים</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51FD9E94" w14:textId="331B705B" w:rsidR="006A5C78" w:rsidRPr="00951CC5" w:rsidRDefault="007C5967" w:rsidP="00951CC5">
+          <w:p w14:paraId="13669AD0" w14:textId="77777777" w:rsidR="006A5C78" w:rsidRDefault="007C5967" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2009-2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51FD9E94" w14:textId="59E697E9" w:rsidR="00C63906" w:rsidRPr="00951CC5" w:rsidRDefault="00C63906" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2022-2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006A5C78" w:rsidRPr="00951CC5" w14:paraId="5C844280" w14:textId="77777777" w:rsidTr="00536FA1">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E5D6C04" w14:textId="77777777" w:rsidR="006A5C78" w:rsidRPr="00951CC5" w:rsidRDefault="006A5C78" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5743,72 +6388,83 @@
           </w:tcPr>
           <w:p w14:paraId="41AA98DE" w14:textId="77777777" w:rsidR="007C5967" w:rsidRDefault="007C5967" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5997E4A6" w14:textId="6A26CF46" w:rsidR="002B2F61" w:rsidRDefault="002B2F61" w:rsidP="00951CC5">
-[...20 lines deleted...]
-              <w:t>-2023</w:t>
+          <w:p w14:paraId="5997E4A6" w14:textId="45CB1BA9" w:rsidR="002B2F61" w:rsidRDefault="002B2F61" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="00C63906">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5967" w:rsidRPr="00951CC5" w14:paraId="781C1CA0" w14:textId="77777777" w:rsidTr="00536FA1">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37CA2607" w14:textId="4965386C" w:rsidR="007C5967" w:rsidRPr="00951CC5" w:rsidRDefault="00491360" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -6290,83 +6946,83 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ניהול ותכנון פרויקטים</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="985" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B7C70DD" w14:textId="7285A6E8" w:rsidR="00670D62" w:rsidRDefault="00670D62" w:rsidP="00951CC5">
+          <w:p w14:paraId="3B7C70DD" w14:textId="04715959" w:rsidR="00670D62" w:rsidRDefault="00670D62" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2021-202</w:t>
             </w:r>
-            <w:r w:rsidR="002B2F61">
-[...8 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00C63906">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B2F61" w:rsidRPr="00951CC5" w14:paraId="3207BDFA" w14:textId="77777777" w:rsidTr="00536FA1">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EE3E79D" w14:textId="77777777" w:rsidR="002B2F61" w:rsidRPr="00951CC5" w:rsidRDefault="002B2F61" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6508,72 +7164,83 @@
           </w:tcPr>
           <w:p w14:paraId="10B1C531" w14:textId="77777777" w:rsidR="002B2F61" w:rsidRDefault="002B2F61" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D61F52D" w14:textId="11D37AE3" w:rsidR="002B2F61" w:rsidRDefault="002B2F61" w:rsidP="00951CC5">
-[...20 lines deleted...]
-              <w:t>-2023</w:t>
+          <w:p w14:paraId="7D61F52D" w14:textId="6288A9EE" w:rsidR="002B2F61" w:rsidRDefault="002B2F61" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="00C63906">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B2F61" w:rsidRPr="00951CC5" w14:paraId="338906C6" w14:textId="77777777" w:rsidTr="00536FA1">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="638DF4E1" w14:textId="77777777" w:rsidR="002B2F61" w:rsidRPr="00951CC5" w:rsidRDefault="002B2F61" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6693,105 +7360,266 @@
           </w:tcPr>
           <w:p w14:paraId="1BBBA772" w14:textId="77777777" w:rsidR="002B2F61" w:rsidRDefault="002B2F61" w:rsidP="00951CC5">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12BE8F38" w14:textId="66B163C6" w:rsidR="002B2F61" w:rsidRDefault="002B2F61" w:rsidP="00951CC5">
-[...20 lines deleted...]
-              <w:t>-2023</w:t>
+          <w:p w14:paraId="12BE8F38" w14:textId="0D33292B" w:rsidR="002B2F61" w:rsidRDefault="002B2F61" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="00C63906">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C63906" w:rsidRPr="00951CC5" w14:paraId="345BDE38" w14:textId="77777777" w:rsidTr="00536FA1">
+        <w:trPr>
+          <w:trHeight w:val="488"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F11F826" w14:textId="77777777" w:rsidR="00C63906" w:rsidRPr="00951CC5" w:rsidRDefault="00C63906" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F69ADC2" w14:textId="77777777" w:rsidR="00C63906" w:rsidRDefault="00C63906" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3762" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="243BD128" w14:textId="5ABAC9C4" w:rsidR="00C63906" w:rsidRDefault="00C63906" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>החוג לשירותי אנוש</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2057" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25D3B1AB" w14:textId="4B5FC094" w:rsidR="00C63906" w:rsidRDefault="0021794B" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>יזמות ופיתוח ארגוני</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="985" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4553A132" w14:textId="67202005" w:rsidR="00C63906" w:rsidRDefault="0021794B" w:rsidP="00951CC5">
+            <w:pPr>
+              <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2025-2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="03EBD9FD" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="360" w:right="360"/>
         <w:outlineLvl w:val="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00951CC5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
           <w:lang w:eastAsia="he-IL"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3235AB88" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
+    <w:p w14:paraId="3235AB88" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Guttman Yad-Brush"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A04E757" w14:textId="77777777" w:rsidR="00A841ED" w:rsidRDefault="00A841ED" w:rsidP="00951CC5">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Guttman Yad-Brush"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D65A213" w14:textId="77777777" w:rsidR="00A841ED" w:rsidRPr="00951CC5" w:rsidRDefault="00A841ED" w:rsidP="00951CC5">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Guttman Yad-Brush"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50026170" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5" w:rsidP="00951CC5">
       <w:pPr>
         <w:bidi w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00951CC5">
         <w:rPr>
@@ -6880,51 +7708,50 @@
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> מרכז להכשרה וקריירה, האקדמית עמק יזרעאל</w:t>
       </w:r>
       <w:r w:rsidR="00E32C6C" w:rsidRPr="009F48D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50CF0E24" w14:textId="5049BE43" w:rsidR="009A710A" w:rsidRPr="009F48D9" w:rsidRDefault="009A710A" w:rsidP="00E32C6C">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F48D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2007-2013 </w:t>
       </w:r>
       <w:r w:rsidRPr="009F48D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David"/>
           <w:rtl/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="009F48D9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> מרכזת </w:t>
       </w:r>
       <w:r w:rsidR="00E80F21">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="David" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">ומובילה </w:t>
       </w:r>
       <w:r w:rsidRPr="009F48D9">
         <w:rPr>
@@ -7306,125 +8133,234 @@
         </w:rPr>
         <w:t>הרשות ללימודים מתקדמים</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009F48D9">
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> הוועדה הכלל אוניברסיטאית לתלמידי מחקר</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="David" w:hAnsi="David" w:cs="David" w:hint="cs"/>
           <w:rtl/>
         </w:rPr>
         <w:t>, אוניברסיטת חיפה.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F1BFD8" w14:textId="77777777" w:rsidR="009F48D9" w:rsidRDefault="009F48D9" w:rsidP="009F48D9">
+    <w:p w14:paraId="37F1BFD8" w14:textId="77777777" w:rsidR="009F48D9" w:rsidRPr="001A0321" w:rsidRDefault="009F48D9" w:rsidP="009F48D9">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15ECF9D4" w14:textId="5059A353" w:rsidR="009F48D9" w:rsidRDefault="009F48D9" w:rsidP="009F48D9">
+    <w:p w14:paraId="4C70A168" w14:textId="21FE3191" w:rsidR="009323DF" w:rsidRPr="009323DF" w:rsidRDefault="009323DF" w:rsidP="009323DF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A0321">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0321">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009323DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Submitted Publications</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6948F2AA" w14:textId="77777777" w:rsidR="009F48D9" w:rsidRPr="009F48D9" w:rsidRDefault="009F48D9" w:rsidP="009F48D9">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4D582770" w14:textId="7A5FD955" w:rsidR="009323DF" w:rsidRPr="001A0321" w:rsidRDefault="009323DF" w:rsidP="009323DF">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A0321">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Alfasi-Kakun, S.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0321">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0321">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0321">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Yanay-Ventura, G.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0321">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0321">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t> Stepping into the breach: Spontaneous** volunteering by citizens during the Iron Swords War in Israel.</w:t>
+      </w:r>
+      <w:r w:rsidR="00501197" w:rsidRPr="001A0321">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0321">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Under review). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009323DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Social Security</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0321">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0321">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>[Hebrew].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0321">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="39F093CE" w14:textId="77777777" w:rsidR="00633A95" w:rsidRPr="00633A95" w:rsidRDefault="00633A95" w:rsidP="00633A95">
-[...4 lines deleted...]
-          <w:rtl/>
+    <w:p w14:paraId="7782282C" w14:textId="77777777" w:rsidR="009323DF" w:rsidRPr="001A0321" w:rsidRDefault="009323DF">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FA0E2FC" w14:textId="77777777" w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidRDefault="00951CC5"/>
-    <w:sectPr w:rsidR="00951CC5" w:rsidRPr="00951CC5" w:rsidSect="00833916">
+    <w:sectPr w:rsidR="009323DF" w:rsidRPr="001A0321" w:rsidSect="00833916">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47030237" w14:textId="77777777" w:rsidR="005B3278" w:rsidRDefault="005B3278" w:rsidP="00FE27A1">
+    <w:p w14:paraId="444B18E8" w14:textId="77777777" w:rsidR="00A578A0" w:rsidRDefault="00A578A0" w:rsidP="00FE27A1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A725E56" w14:textId="77777777" w:rsidR="005B3278" w:rsidRDefault="005B3278" w:rsidP="00FE27A1">
+    <w:p w14:paraId="01F6122A" w14:textId="77777777" w:rsidR="00A578A0" w:rsidRDefault="00A578A0" w:rsidP="00FE27A1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7455,51 +8391,51 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="text" w:tblpXSpec="right" w:tblpY="1"/>
       <w:bidiVisual/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3737"/>
       <w:gridCol w:w="831"/>
       <w:gridCol w:w="3738"/>
     </w:tblGrid>
     <w:tr w:rsidR="00FE27A1" w14:paraId="49ECA04D" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="151"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2250" w:type="pct"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="5E6B49B0" w14:textId="77777777" w:rsidR="00FE27A1" w:rsidRDefault="00FE27A1">
           <w:pPr>
@@ -7638,70 +8574,70 @@
         </w:tcPr>
         <w:p w14:paraId="3864C503" w14:textId="77777777" w:rsidR="00FE27A1" w:rsidRDefault="00FE27A1">
           <w:pPr>
             <w:pStyle w:val="a3"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:b/>
               <w:bCs/>
               <w:rtl/>
               <w:cs/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0C5ECD5B" w14:textId="77777777" w:rsidR="00FE27A1" w:rsidRDefault="00FE27A1">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E03C1DC" w14:textId="77777777" w:rsidR="005B3278" w:rsidRDefault="005B3278" w:rsidP="00FE27A1">
+    <w:p w14:paraId="65F3B5B8" w14:textId="77777777" w:rsidR="00A578A0" w:rsidRDefault="00A578A0" w:rsidP="00FE27A1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EBFEF83" w14:textId="77777777" w:rsidR="005B3278" w:rsidRDefault="005B3278" w:rsidP="00FE27A1">
+    <w:p w14:paraId="00703ADE" w14:textId="77777777" w:rsidR="00A578A0" w:rsidRDefault="00A578A0" w:rsidP="00FE27A1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="808080"/>
         <w:rtl/>
       </w:rPr>
       <w:alias w:val="כותרת"/>
       <w:id w:val="77738743"/>
       <w:placeholder>
         <w:docPart w:val="631E1907A09B4F3A89B7FA1C52A74306"/>
       </w:placeholder>
       <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' xmlns:ns1='http://purl.org/dc/elements/1.1/'" w:xpath="/ns0:coreProperties[1]/ns1:title[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
       <w:text/>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="389FA73C" w14:textId="77777777" w:rsidR="00FE27A1" w:rsidRDefault="00FE27A1" w:rsidP="00FE27A1">
         <w:pPr>
           <w:pStyle w:val="a3"/>
           <w:pBdr>
             <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="1" w:color="622423" w:themeColor="accent2" w:themeShade="7F"/>
           </w:pBdr>
           <w:jc w:val="center"/>
@@ -7713,51 +8649,51 @@
             <w:cs/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00FE27A1">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="808080"/>
             <w:rtl/>
           </w:rPr>
           <w:t>המכללה האקדמית עמק יזרעאל ע"ש מקס שטרן</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5FDF724D" w14:textId="77777777" w:rsidR="00FE27A1" w:rsidRDefault="00FE27A1">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03B5756E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="445C0CA0"/>
     <w:lvl w:ilvl="0" w:tplc="30F6953A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7919,50 +8855,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E1C0A22"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D604ED8C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F6A044C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C89801DE"/>
     <w:lvl w:ilvl="0" w:tplc="877C2410">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -8007,51 +9056,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F245071"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="93ACCED6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23EE1E28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD62C93E"/>
     <w:lvl w:ilvl="0" w:tplc="3DC053AE">
       <w:start w:val="2018"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1512" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2232" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8120,51 +9282,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7272" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EE37D62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B10C880"/>
     <w:lvl w:ilvl="0" w:tplc="62AE4A3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1437" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -8209,51 +9371,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5037" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5757" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6477" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30B267DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0512C466"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8322,51 +9484,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46783DA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A66EAB8"/>
     <w:lvl w:ilvl="0" w:tplc="B3D2F2EE">
       <w:start w:val="2007"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8435,51 +9597,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52B8122F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="36B64502"/>
     <w:lvl w:ilvl="0" w:tplc="CC046430">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -8526,51 +9688,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="530C46B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0234E2AE"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1110" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BE58AFDE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1830" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Guttman Yad-Brush" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -8615,51 +9777,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5430" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6150" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6870" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6117745C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="809E9634"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8728,51 +9890,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61F25397"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9410A124"/>
     <w:lvl w:ilvl="0" w:tplc="154C6C92">
       <w:start w:val="1995"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="408" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="David" w:eastAsia="Times New Roman" w:hAnsi="David" w:cs="David" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1128" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8841,51 +10003,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5448" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6168" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E561EB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C16A89DA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8954,51 +10116,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73293C8A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="92FC4EBA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="786"/>
+        </w:tabs>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1506"/>
+        </w:tabs>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2226"/>
+        </w:tabs>
+        <w:ind w:left="2226" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2946"/>
+        </w:tabs>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3666"/>
+        </w:tabs>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4386"/>
+        </w:tabs>
+        <w:ind w:left="4386" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5106"/>
+        </w:tabs>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5826"/>
+        </w:tabs>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6546"/>
+        </w:tabs>
+        <w:ind w:left="6546" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="742F7361"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E926D316"/>
     <w:lvl w:ilvl="0" w:tplc="9092DAA0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -9043,51 +10318,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78BA4A40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E2C982A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9160,200 +10435,228 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1734156919">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2089224146">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1513228532">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1927961322">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2067214323">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2141914448">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1427723884">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="766732792">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="106391368">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2070686980">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="449518023">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="432826593">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2067214323">
+  <w:num w:numId="13" w16cid:durableId="1407723029">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2141914448">
+  <w:num w:numId="14" w16cid:durableId="655230046">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1400591558">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1427723884">
+  <w:num w:numId="16" w16cid:durableId="1302612045">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1809856089">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...19 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00951CC5"/>
     <w:rsid w:val="000101F2"/>
     <w:rsid w:val="00091AFF"/>
     <w:rsid w:val="000F11A1"/>
+    <w:rsid w:val="001A0321"/>
+    <w:rsid w:val="0021794B"/>
     <w:rsid w:val="0023392B"/>
     <w:rsid w:val="002413B0"/>
     <w:rsid w:val="002B2F61"/>
     <w:rsid w:val="002C24C4"/>
+    <w:rsid w:val="00333D0A"/>
     <w:rsid w:val="003C08C4"/>
     <w:rsid w:val="00417246"/>
     <w:rsid w:val="004230A5"/>
     <w:rsid w:val="00476B35"/>
     <w:rsid w:val="004864F6"/>
     <w:rsid w:val="00491360"/>
     <w:rsid w:val="004D70E2"/>
     <w:rsid w:val="004E0D64"/>
+    <w:rsid w:val="00501197"/>
     <w:rsid w:val="005071AC"/>
     <w:rsid w:val="00516285"/>
+    <w:rsid w:val="00522FAA"/>
     <w:rsid w:val="005713D1"/>
+    <w:rsid w:val="00577305"/>
     <w:rsid w:val="005920E2"/>
     <w:rsid w:val="005B3278"/>
     <w:rsid w:val="005B6916"/>
     <w:rsid w:val="0060150D"/>
     <w:rsid w:val="00607CB1"/>
+    <w:rsid w:val="0062117E"/>
     <w:rsid w:val="00633A95"/>
     <w:rsid w:val="00664F66"/>
     <w:rsid w:val="00670D62"/>
     <w:rsid w:val="006A0237"/>
     <w:rsid w:val="006A5C78"/>
     <w:rsid w:val="00796F1C"/>
     <w:rsid w:val="007C08B1"/>
     <w:rsid w:val="007C5967"/>
+    <w:rsid w:val="007E73DC"/>
     <w:rsid w:val="00833916"/>
     <w:rsid w:val="008434A3"/>
+    <w:rsid w:val="008D51C0"/>
+    <w:rsid w:val="008D670F"/>
+    <w:rsid w:val="008E559A"/>
+    <w:rsid w:val="009323DF"/>
     <w:rsid w:val="0093662C"/>
     <w:rsid w:val="00951CC5"/>
     <w:rsid w:val="00961614"/>
     <w:rsid w:val="0099546D"/>
     <w:rsid w:val="009A710A"/>
     <w:rsid w:val="009C4E3C"/>
     <w:rsid w:val="009F48D9"/>
+    <w:rsid w:val="00A113D1"/>
+    <w:rsid w:val="00A156B2"/>
+    <w:rsid w:val="00A578A0"/>
     <w:rsid w:val="00A83969"/>
+    <w:rsid w:val="00A841ED"/>
     <w:rsid w:val="00B12C27"/>
+    <w:rsid w:val="00B1654A"/>
     <w:rsid w:val="00B30831"/>
     <w:rsid w:val="00B34A8E"/>
     <w:rsid w:val="00B94FF3"/>
+    <w:rsid w:val="00C63906"/>
+    <w:rsid w:val="00CD5EE7"/>
     <w:rsid w:val="00CE70B6"/>
     <w:rsid w:val="00D56C14"/>
     <w:rsid w:val="00E32C6C"/>
     <w:rsid w:val="00E80F21"/>
     <w:rsid w:val="00F7387D"/>
     <w:rsid w:val="00FB0A80"/>
     <w:rsid w:val="00FE27A1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2B9AEA70"/>
   <w15:docId w15:val="{3428B274-3875-4C2B-9077-9133CB7A6B3C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9899,122 +11202,310 @@
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B94FF3"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B94FF3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="8148470">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1334527097">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="172648639">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="182477093">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1227914763">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="182524838">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2142914815">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="200868416">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1142425168">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="961493391">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1284657696">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2049910618">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1406368834">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="1767772415">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1872722348">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shania@yvc.ac.il" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="631E1907A09B4F3A89B7FA1C52A74306"/>
         <w:category>
           <w:name w:val="כללי"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{902DAD2A-C17A-481F-9C20-36D484599498}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00BD11AD" w:rsidRDefault="008848F5" w:rsidP="008848F5">
           <w:pPr>
             <w:pStyle w:val="631E1907A09B4F3A89B7FA1C52A74306"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:rtl/>
               <w:cs/>
               <w:lang w:val="he-IL"/>
             </w:rPr>
             <w:t>[הקלד את כותרת המסמך]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -10041,112 +11532,124 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000801" w:usb1="40000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000020" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008848F5"/>
     <w:rsid w:val="00073816"/>
+    <w:rsid w:val="000777AC"/>
     <w:rsid w:val="00284F60"/>
     <w:rsid w:val="00297272"/>
     <w:rsid w:val="00332502"/>
     <w:rsid w:val="003C7F44"/>
     <w:rsid w:val="0048185A"/>
+    <w:rsid w:val="006034FF"/>
     <w:rsid w:val="00640E16"/>
+    <w:rsid w:val="007E73DC"/>
     <w:rsid w:val="008848F5"/>
+    <w:rsid w:val="008D51C0"/>
+    <w:rsid w:val="008D670F"/>
     <w:rsid w:val="0098058D"/>
+    <w:rsid w:val="00A23ABD"/>
     <w:rsid w:val="00BB3EEC"/>
     <w:rsid w:val="00BD11AD"/>
+    <w:rsid w:val="00C61579"/>
     <w:rsid w:val="00DA52AB"/>
     <w:rsid w:val="00E03AFE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="he-IL"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10541,51 +12044,51 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="631E1907A09B4F3A89B7FA1C52A74306">
     <w:name w:val="631E1907A09B4F3A89B7FA1C52A74306"/>
     <w:rsid w:val="008848F5"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ערכת נושא Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -10849,50 +12352,73 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_x05ea__x05d9__x05d0__x05d5__x05e8_ xmlns="41aa2188-3a2f-4fba-a079-e85bc9aa5509" xsi:nil="true"/>
+    <_x005f_x05de__x005f_x05d7__x005f_x05dc__x005f_x05e7__x005f_x05d4_ xmlns="41aa2188-3a2f-4fba-a079-e85bc9aa5509" xsi:nil="true"/>
+    <_dlc_DocId xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19">2X6MU76S5KSR-1661669765-1284232</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="1bc24395-5445-4cf0-9cff-a32c215bef19">
+      <Url>https://yvcac.sharepoint.com/sites/Health/_layouts/15/DocIdRedir.aspx?ID=2X6MU76S5KSR-1661669765-1284232</Url>
+      <Description>2X6MU76S5KSR-1661669765-1284232</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="מסמך" ma:contentTypeID="0x010100A355245F8A7E9548BF16F6BAB9441DFF" ma:contentTypeVersion="101" ma:contentTypeDescription="צור מסמך חדש." ma:contentTypeScope="" ma:versionID="68d729530eb7f38f063fea994d8dd6d1">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bc24395-5445-4cf0-9cff-a32c215bef19" xmlns:ns3="41aa2188-3a2f-4fba-a079-e85bc9aa5509" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7d9b78d0fe6a46a3b9a658b627b46c9a" ns2:_="" ns3:_="">
     <xsd:import namespace="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
     <xsd:import namespace="41aa2188-3a2f-4fba-a079-e85bc9aa5509"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:_x05ea__x05d9__x05d0__x05d5__x05e8_" minOccurs="0"/>
                 <xsd:element ref="ns3:_x005f_x05de__x005f_x05d7__x005f_x05dc__x005f_x05e7__x005f_x05d4_" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
@@ -11104,199 +12630,176 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B12FF27-F8E1-4E08-971B-7EA3A75ECCCC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{203A968C-C526-4A23-B2F9-113D2174A40F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="41aa2188-3a2f-4fba-a079-e85bc9aa5509"/>
+    <ds:schemaRef ds:uri="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E223B52E-55EC-4556-B87D-7DE42EA18B23}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
     <ds:schemaRef ds:uri="41aa2188-3a2f-4fba-a079-e85bc9aa5509"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{992C813C-603F-443B-BA28-B8990A764FB1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="1bc24395-5445-4cf0-9cff-a32c215bef19"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>5016</Characters>
+  <Pages>7</Pages>
+  <Words>1166</Words>
+  <Characters>5832</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>שם</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>המכללה האקדמית עמק יזרעאל ע"ש מקס שטרן</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6007</CharactersWithSpaces>
+  <CharactersWithSpaces>6985</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>המכללה האקדמית עמק יזרעאל ע"ש מקס שטרן</dc:title>
   <dc:creator>Inbal Granov</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A355245F8A7E9548BF16F6BAB9441DFF</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>11ef09b7-b485-474e-a814-86441b94354e</vt:lpwstr>
   </property>